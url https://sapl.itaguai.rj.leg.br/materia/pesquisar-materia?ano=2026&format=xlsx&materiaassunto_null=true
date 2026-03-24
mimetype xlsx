--- v0 (2026-02-01)
+++ v1 (2026-03-24)
@@ -10,422 +10,4090 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2608" uniqueCount="1179">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>5403</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>ATA</t>
+  </si>
+  <si>
+    <t>Ata das Sessões Plenárias</t>
+  </si>
+  <si>
+    <t>Secretaria do Legislativo - SecLeg</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5403/ata_s.o._1_1p_2026_03-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>ATA PRIMEIRA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE DOIS MIL E VINTE E SEIS DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
+  </si>
+  <si>
+    <t>5427</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5427/ata_s.o._2_1p_2026_10-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>ATA SEGUNDA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE DOIS MIL E VINTE E SEIS DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
+  </si>
+  <si>
+    <t>5470</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5470/ata_s.o._3_1p_2026_12-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>ATA TERCEIRA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE DOIS MIL E VINTE E SEIS DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
+  </si>
+  <si>
+    <t>5494</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5494/ata_s.o._4_1p_2026_24-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>ATA QUARTA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE DOIS MIL E VINTE E SEIS DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
+  </si>
+  <si>
+    <t>5528</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5528/ata_s.o._5_1p_2026_03-03-2026.pdf</t>
+  </si>
+  <si>
+    <t>ATA QUINTA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE DOIS MIL E VINTE E SEIS DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
+  </si>
+  <si>
+    <t>5574</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5574/ata_s.o._6_1p_2026_10-03-2026.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA SEXTA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE DOIS MIL E VINTE E SEIS DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
+  </si>
+  <si>
+    <t>5623</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5623/ata_s.o._7_1p_2026_12-03-2026.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA SÉTIMA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE DOIS MIL E VINTE E SEIS DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
+  </si>
+  <si>
+    <t>5656</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5656/ata_s.o._8_1p_2026_17-03-2026.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA OITAVA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE DOIS MIL E VINTE E SEIS DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
+  </si>
+  <si>
+    <t>5659</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5659/ata_s.o._9_1p_2026_19-03-2026.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA NONA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE DOIS MIL E VINTE E SEIS DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
+  </si>
+  <si>
+    <t>5529</t>
+  </si>
+  <si>
+    <t>AEx</t>
+  </si>
+  <si>
+    <t>Ata das Sessões Plenárias Extraordinárias</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5529/ata_1a_s.e._-03-03-2025.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA PRIMEIRA SESSÃO EXTRAORDINÁRIA DO ANO DE 2026 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
+  </si>
+  <si>
+    <t>5624</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5624/ata_2a_s.e._-12-03-2025.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA SEGUNDA SESSÃO EXTRAORDINÁRIA DO ANO DE 2026 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
+  </si>
+  <si>
+    <t>5402</t>
+  </si>
+  <si>
+    <t>ASol</t>
+  </si>
+  <si>
+    <t>Ata das Sessões Solenes</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Solene de Instalação do Primeiro Período do ano de 2026 da Câmara Municipal de Itaguaí - RJ</t>
+  </si>
+  <si>
+    <t>5471</t>
+  </si>
+  <si>
+    <t>URG</t>
+  </si>
+  <si>
+    <t>Mensagem do Poder Executivo com Pedido de Urgência</t>
+  </si>
+  <si>
+    <t>Haroldo Rodrigues Jesus Neto</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5471/mensagem_02-2026_-_estrutura.pdf</t>
+  </si>
+  <si>
+    <t>Mensagem do Poder Executivo nº 02/2026, encaminhando o Projeto de Lei que ESTABELECE A ESTRUTURA DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado em regime de urgência.</t>
+  </si>
+  <si>
+    <t>5537</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5537/mensagem_003_2026.pdf</t>
+  </si>
+  <si>
+    <t>Mensagem do Poder Executivo nº 003/2026, encaminhando o Projeto de Lei que APROVA O PLANO MUNICIPAL DE CULTURA (PMC) E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado em regime de urgência.</t>
+  </si>
+  <si>
+    <t>5538</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5538/mensagem_004_2026.pdf</t>
+  </si>
+  <si>
+    <t>Mensagem do Poder Executivo nº 004/2026, encaminhando o Projeto de Lei que ALTERA A REDAÇÃO DO INCISO II DO ART. 150 DA LEI Nº 2.412/2003, a fim de que o mesmo seja apreciado em regime de urgência.</t>
+  </si>
+  <si>
+    <t>5539</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5539/mensagem_006_2026.pdf</t>
+  </si>
+  <si>
+    <t>Mensagem do Poder Executivo nº 006/2026, encaminhando o Projeto  de Lei que AUTORIZA O PODER EXECUTIVO DO MUNICÍPIO DE ITAGUAÍ A RECEBER, A TÍTULO DE DOAÇÃO, BENS IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado em regime de urgência.</t>
+  </si>
+  <si>
+    <t>5540</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5540/mensagem_009_2026.pdf</t>
+  </si>
+  <si>
+    <t>Mensagem do Poder Executivo nº 009/20226, encaminhando o Projeto de Lei que INSTITUI O PROGRAMA ESPECIAL DE REGULARIZAÇÃO FISCAL (REFIS) E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado em regime de urgência.</t>
+  </si>
+  <si>
+    <t>5657</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5657/mensagem_014_2026.pdf</t>
+  </si>
+  <si>
+    <t>Mensagem do Poder Executivo nº 014/2026, encaminhando o Projeto de Lei que AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITOS ADICIONAIS AOS ÓRGÃOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado em regime de Urgência.</t>
+  </si>
+  <si>
     <t>5390</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Guilherme Farias</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5390/mocao_do_rafael_de_farias_rocha_.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5390/mocao_do_rafael_de_farias_rocha_.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Rafael de Farias Rocha, Secretário Municipal de Ciência, Tecnologia, Inovação e Comunicação.</t>
   </si>
   <si>
     <t>5397</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Rachel Secundo</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5397/mocao_-_ana_paula_de_santa_maria_ribeiro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5397/mocao_-_ana_paula_de_santa_maria_ribeiro.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Ana Paula de Santa Maria Ribeiro.</t>
   </si>
   <si>
     <t>5398</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>Sandro da Hermínio</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5398/adelson_soares_monteiro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5398/adelson_soares_monteiro.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Adelson Soares Monteiro</t>
   </si>
   <si>
+    <t>5418</t>
+  </si>
+  <si>
+    <t>Fabinho Rocha</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5418/mocao_turma_sensacao.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Turma Sensação.</t>
+  </si>
+  <si>
+    <t>5419</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5419/mocao_turma_batebolacast.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Turma Batebolacast.</t>
+  </si>
+  <si>
+    <t>5422</t>
+  </si>
+  <si>
+    <t>Dra. Karine Brandão</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5422/02_-_mocao_de_congratulacoes_e_elogios_a_sra._paola_maia..pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Paola Luzia Maia Lima Akitomi.</t>
+  </si>
+  <si>
+    <t>5423</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5423/01_-_mocao_de_congratulacoes_e_elogios_ao_sr._yandro_silva.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Yandro Luiz Teixeira Silva.</t>
+  </si>
+  <si>
+    <t>5428</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5428/mocao_turma_sonho_de_infancia.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Turma Sonho de Infância.</t>
+  </si>
+  <si>
+    <t>5429</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5429/mocao_turma_pais_e_filhos.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Turma Pais e Filhos.</t>
+  </si>
+  <si>
+    <t>5447</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5447/requerimento_-_wendel_nego_bom.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Wendel Paulo Rodrigues.</t>
+  </si>
+  <si>
+    <t>5448</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5448/requerimento_-_lucilia.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Lucília Gevu dos Santos.</t>
+  </si>
+  <si>
+    <t>5449</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Fabinho Taciano</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5449/requerimento_mocao_sergio_henrique_santiago_veiga.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao 2º Tenente da Polícia Militar do Estado do Rio de Janeiro, Sr. Sérgio Henrique Santiago Veiga.</t>
+  </si>
+  <si>
+    <t>5473</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5473/requerimento_henry_-_drica.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Atleta de Futebol Henry Campos Barbosa.</t>
+  </si>
+  <si>
+    <t>5476</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5476/mocao_turma_brotheirs_de_itaguai..pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Turma Brotheir’s de Itaguaí.</t>
+  </si>
+  <si>
+    <t>5477</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5477/requerimento_-_mocao_patricia_hiraocka.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Patrícia Hiraocka.</t>
+  </si>
+  <si>
+    <t>5495</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5495/requerimentos_de_mocao_-_junior_da_vera_.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Malem da Silva Tinoco, conhecido como Júnior da Vera.</t>
+  </si>
+  <si>
+    <t>5496</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5496/mocao_-marcia_cristina_soares_dulce.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Márcia Cristina Soares Dulce.</t>
+  </si>
+  <si>
+    <t>5514</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5514/02_-_mocao_de_congratulacoes_e_elogios_wesley_ferreira_moraes_viana.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Wesley Ferreira Moraes Viana.</t>
+  </si>
+  <si>
+    <t>5515</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5515/01_-_mocao_de_congratulacoes_e_elogios_cb_pm_joao_gabriel_pereira_de_freitas.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao CB PM, Sr. João Gabriel Pereira de Freitas.</t>
+  </si>
+  <si>
+    <t>5531</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5531/thais_ribeiro_correa_pinto.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Thaís Ribeiro Corrêa Pinto.</t>
+  </si>
+  <si>
+    <t>5534</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5534/ingrid_carvalho_costa.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Ingrid Carvalho Costa.</t>
+  </si>
+  <si>
+    <t>5535</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5535/mocao_-_ronaldo_jose_vaz_filho.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Ronaldo José Vaz Filho.</t>
+  </si>
+  <si>
+    <t>5536</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5536/mocao_-_antonio_carlos_pires_da_conceicao.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Antônio Carlos Pires da Conceição.</t>
+  </si>
+  <si>
+    <t>5548</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5548/mocao_-_izabel_farias.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Izabel Farias.</t>
+  </si>
+  <si>
+    <t>5549</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5549/requerimento_mocao_claudio_marcelo__de_lima_lopes.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao 2º Sargento da Polícia Militar do Estado do Rio de Janeiro, Sr. Claudio Marcelo de Lima Lopes.</t>
+  </si>
+  <si>
+    <t>5550</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5550/dayana_ferreira_fernandes_grifo.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Dayana Ferreira Fernandes Grifo.</t>
+  </si>
+  <si>
+    <t>5551</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5551/maria_das_gracas_pimenta_barbosa_de_oliviera.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Maria das Graças Pimenta Barbosa de Oliveira.</t>
+  </si>
+  <si>
+    <t>5571</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5571/requerimento_-_thalles_silva_aguilar_de_souza.docx.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Thalles Silva Aguilar de Souza.</t>
+  </si>
+  <si>
+    <t>5572</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5572/requerimento_-_alana_dos_santos_escarani.docx.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Alana dos Santos Escarani.</t>
+  </si>
+  <si>
+    <t>5603</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5603/mocao_nicoly.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à SD Fuzileiro Naval – NIP 25.1202.47, Sra. Nicoly de Oliveira Fonseca Paloquine Heinsen.</t>
+  </si>
+  <si>
+    <t>5605</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Noel da SOS</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5605/mocao_yago_rocha.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Yago Jesus Cicarino Rocha.</t>
+  </si>
+  <si>
+    <t>5613</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5613/francisco_carlos_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Francisco Carlos da Silva.</t>
+  </si>
+  <si>
+    <t>5614</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5614/cristiano_de_assis_silva.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Cristiano de Assis Silva.</t>
+  </si>
+  <si>
+    <t>5619</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5619/03_-_mocao_de_congratulacoes_e_elogios_a_dra._roselidia_de_jesus.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Dra. Roselidia de Jesus Cabral.</t>
+  </si>
+  <si>
+    <t>5620</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5620/04_-_mocao_de_congratulacoes_e_elogios_ao_sr._raimundo_torquato.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Raimundo Torquato.</t>
+  </si>
+  <si>
+    <t>5649</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Natalina Alves Batista.</t>
+  </si>
+  <si>
+    <t>5650</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Rafael Ribeiro Menezes.</t>
+  </si>
+  <si>
+    <t>5651</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>Julinho</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Andreza Azevedo dos Santos.</t>
+  </si>
+  <si>
+    <t>5652</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Renata Mendes Valverde de Oliveira Gonçalves.</t>
+  </si>
+  <si>
+    <t>5653</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Thais Silva de Souza.</t>
+  </si>
+  <si>
+    <t>5654</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Thais Ribeiro Corrêa Pinto.</t>
+  </si>
+  <si>
+    <t>5655</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5655/debora_domingos_carneiro.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Debora Domingos Carneiro.</t>
+  </si>
+  <si>
+    <t>5676</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5676/05_-_mocao_de_congratulacoes_e_elogios_a_sra._isis_teixeira.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Isis Teixeira.</t>
+  </si>
+  <si>
+    <t>5677</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5677/06_-_mocao_de_congratulacoes_e_elogios_a_pizzaria_la_filiara.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Pizzaria La Filiara.</t>
+  </si>
+  <si>
+    <t>5682</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5682/mocao_-_rosaria_de_freitas_martins.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Rosária de Freitas Martins.</t>
+  </si>
+  <si>
+    <t>5683</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5683/mocao_-_sueli_de_barros_clarindo.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Sueli de Barros Clarindo.</t>
+  </si>
+  <si>
+    <t>5684</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5684/tamiris_braga.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Tamiris Braga.</t>
+  </si>
+  <si>
+    <t>5685</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5685/sandro_caetano.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios ao Sr. Sandro Caetano Corrêa.</t>
+  </si>
+  <si>
+    <t>5695</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5695/espelho_deyse.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Elogios à Sra. Deisy Santana de Moraes.</t>
+  </si>
+  <si>
     <t>5386</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Alex Alves</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5386/indicacao_0022026.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5386/indicacao_0022026.pdf</t>
   </si>
   <si>
     <t>Solicitando a Criação de um Centro Municipal de Imagem.</t>
   </si>
   <si>
     <t>5387</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5387/indicacao_0012026.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5387/indicacao_0012026.pdf</t>
   </si>
   <si>
     <t>Solicitando a Criação de um Centro de Hemodiálise Municipal, com capacidade de atendimento de 150 à 200 pacientes.</t>
   </si>
   <si>
     <t>5388</t>
   </si>
   <si>
-    <t>Fabinho Rocha</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5388/manutencao_asfaltica_coroa_grande.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5388/manutencao_asfaltica_coroa_grande.pdf</t>
   </si>
   <si>
     <t>Solicitando em caráter de urgência manutenção asfáltica na Rua Alencastro Guimarães, bairro _x000D_
 Coroa Grande.</t>
   </si>
   <si>
     <t>5389</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5389/republica_federativa_do_brasil_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5389/republica_federativa_do_brasil_1.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma do ESF Brisamar.</t>
   </si>
   <si>
     <t>5391</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5391/reparo_asfaltico_odnit_maia.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5391/reparo_asfaltico_odnit_maia.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizada a manutenção asfáltica, na Rua Equador, ao lado da USF Odnit Maia, bairro Jardim América.</t>
   </si>
   <si>
     <t>5392</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5392/indicacao_guilherme.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5392/indicacao_guilherme.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja Implantado Box Fixo para os Ambulantes que Trabalham na Praça Vicente Cicarino e na Rua Moisés Abraão, ao lado da Caixa Econômica Federal, no Centro de Itaguaí.</t>
   </si>
   <si>
     <t>5393</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>Paty Bumerangue</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5393/indicacao_77.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5393/indicacao_77.pdf</t>
   </si>
   <si>
     <t>Solicitando a limpeza do Valão às margens da Av. São Francisco Xavier, em toda sua extensão, iniciando no bairro Monte Serrat.</t>
   </si>
   <si>
     <t>5394</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5394/indicacao_78.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5394/indicacao_78.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja retomado o Projeto de Equoterapia em nosso Município, previsto na Lei 3.506/2017, com a finalidade de atender às necessidades das pessoas com deficiência ou a sua reabilitação.</t>
   </si>
   <si>
     <t>5395</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5395/cras_coroa_grande.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5395/cras_coroa_grande.pdf</t>
   </si>
   <si>
     <t>Solicitando a implantação de um Centro de Referência de Assistência Social (CRAS) no bairro Coroa Grande.</t>
   </si>
   <si>
     <t>5396</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5396/indicacao_2026_-_campanha_permanente_de_diu.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5396/indicacao_2026_-_campanha_permanente_de_diu.pdf</t>
   </si>
   <si>
     <t>Solicitando a Campanha Permanente de informação, orientação e conscientização sobre o Dispositivo Intrauterino (DIU), bem como ampliar e fortalecer a oferta de sua inserção na rede pública municipal de saúde.</t>
   </si>
   <si>
+    <t>5399</t>
+  </si>
+  <si>
+    <t>Zé Domingos</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5399/rocada_no_campo_de_futebol_manuel_mateus-_bairro_leandro.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando roçada no Campo de Futebol Manoel Mateus, localizado no bairro Leandro.</t>
+  </si>
+  <si>
+    <t>5400</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5400/rocada_na_estrada_do_mazomba_no_bairro_leandro.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando roçada na Estrada do Mazomba, no bairro Leandro.</t>
+  </si>
+  <si>
+    <t>5404</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5404/indicacao_0032026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando atenção especial quanto a distribuição de Medicamentos Especiais, feito pela Rio Farmes  no âmbito do Município.</t>
+  </si>
+  <si>
+    <t>5405</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5405/indicacao_004_2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a Criação de uma (ESF) Estratégia de Saúde da Família, no bairro Jardim Weda.</t>
+  </si>
+  <si>
+    <t>5406</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5406/quadra_esportiva_escola_santa_rosa.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a construção de uma Quadra Esportiva na Escola Estadual Municipalizada Santa Rosa, bairro Piranema.</t>
+  </si>
+  <si>
+    <t>5407</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5407/operacao_tapa_buraco_casinhas_.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando operação tapa buraco ao longo da Rua Silvana Rodrigues da Silva de Oliveira, (casinhas) bairro São Salvador.</t>
+  </si>
+  <si>
+    <t>5408</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5408/indicacao_-_ponte_brisamar_.docx</t>
+  </si>
+  <si>
+    <t>Solicitando estudo de viabilidade para criação de uma Ponte para pedestres, entre a Av. Arapucaia e a Rua Transversal Cinquenta e Um, no bairro Brisamar.</t>
+  </si>
+  <si>
+    <t>5409</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5409/indicacao_-_campanha_de_conscientizacao_.docx</t>
+  </si>
+  <si>
+    <t>Solicitando estudo de viabilidade para Campanha Municipal permanente nas unidades escolares e departamentos da prefeitura de conscientização com o objetivo de prevenir violência contra mulher e combater estigma sobre pessoas com deficiência.</t>
+  </si>
+  <si>
+    <t>5410</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5410/indicacao_82-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada a construção de calçadas padronizadas com Rampas de Acesso aos Cadeirantes, em toda extensão da Av. Airton Senna (antiga Reta de Santa Cruz).</t>
+  </si>
+  <si>
+    <t>5411</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5411/indicacao_80-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando reparo e desentupimento na Rede de Esgoto localizada na Rua Sebastião Costa Filho, bairro Teixeira.</t>
+  </si>
+  <si>
+    <t>5412</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5412/campanha_de_enfreatamento_ao_assedio_e_violencia_sexual.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a criação de Campanha Permanente de Enfrentamento ao Assédio e à Violência Sexual Contra a Mulher, com o objetivo de conscientizar e enfrentar tais crimes em Itaguaí.</t>
+  </si>
+  <si>
+    <t>5413</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5413/indicacao_-_campanha_de_limpeza_nas_praias_de_itaguai.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que promova a implantação de campanha permanente de orientação ambiental, bem como o reforço das_x000D_
+ações de limpeza, conservação e manutenção das praias, incluindo as ilhas, do município de Itaguaí.</t>
+  </si>
+  <si>
+    <t>5414</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5414/desassoreamento_do_canal_rua_um.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o desassoreamento do Canal na Rua Um, localizado no bairro Chaperó.</t>
+  </si>
+  <si>
+    <t>5415</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5415/colocacao_de_quebra-mola.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando estudo de viabilidade para colocação de quebra-molas e placa de redução de velocidade na Rua Vinte e Sete, no bairro Leandro.</t>
+  </si>
+  <si>
+    <t>5416</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5416/indicacao_bairro_santana.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando roçada por toda extensão da Rua Vivail da Silveira, bairro Santana - Itaguaí.</t>
+  </si>
+  <si>
+    <t>5417</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5417/indicacao_bairro_brisamar.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando roçada e limpeza por toda extensão da Rua Três, bairro Brisamar - Itaguaí.</t>
+  </si>
+  <si>
+    <t>5420</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5420/cacamba_de_lixo_coroa_grande.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando em caráter de urgência que seja colocada caçambas de lixo, na Rua Vereador _x000D_
+Levindo Silva, no bairro Coroa Grande.</t>
+  </si>
+  <si>
+    <t>5421</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5421/cacamba_de_lixo_estrela_do_ceu.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando em caráter de urgência que seja colocada caçamba de lixo, na Rua Eduardo de _x000D_
+Oliveira Júnior, altura do número 59, Praça Estrela do Céu, no bairro Estrela do Céu.</t>
+  </si>
+  <si>
+    <t>5424</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5424/img_0001.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando operação tapa buraco ao Iongo da Rua José Pinto, no bairro do Engenho.</t>
+  </si>
+  <si>
+    <t>5425</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5425/img_0002.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando reparo de iluminação pública na Rua José Pinto, após o número 22, bairro Engenho.</t>
+  </si>
+  <si>
+    <t>5430</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5430/indicacao_0052026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a criação de uma Praça com quadra de esportes, pista de skate, campo society e equipamentos de ginástica para a terceira idade, na área pública existente em frente à Clínica da Família, no bairro Ibirapitanga.</t>
+  </si>
+  <si>
+    <t>5431</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5431/indicacao_0062026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a reforma do Campo e construção de vestiários, localizado  no bairro Monte Serrat.</t>
+  </si>
+  <si>
+    <t>5432</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5432/briquedos_e_academina_ao_ar_livre_santana.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a Implantação de Brinquedos e Academia ao Ar Livre na Praça Jucelino, localizada na Rua Dalery Carvalho da Cunha com a Rua Santo Antônio,  no bairro Santana.</t>
+  </si>
+  <si>
+    <t>5433</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5433/campo_de_grama_sintetica_santana.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a Construção de um Campo de Grama Sintética com Alambrado na Praça Nadir Vargas, localizada na Rua Wallace Coutinho com a Rua Acidir Pinto Monteiro, no bairro Santana.</t>
+  </si>
+  <si>
+    <t>5434</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5434/004-26_iluminacao.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada reparo de iluminação pública na Rua Dona Geny Reis.</t>
+  </si>
+  <si>
+    <t>5435</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5435/003-26_retirada_de_entulhos.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada a retirada de entulhos na Estrada Ary Parreiras, próximo ao número 1314.</t>
+  </si>
+  <si>
+    <t>5436</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5436/indicacao_79-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a construção de uma Praça com equipamentos de ginástica, quadra e brinquedos infantis em espaço público, localizado na Rua Júlio Verne bairro Vila Margarida.</t>
+  </si>
+  <si>
+    <t>5437</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5437/indicacao_83-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a construção de uma Praça com equipamento de ginástica, equipamentos adaptados à Terceira Idade, brinquedos infantis, uma Quadra Poliesportiva e manutenção de campo de futebol já existente no local, no Condomínio Frontal das Ilhas, bairro Coroa Grande.</t>
+  </si>
+  <si>
+    <t>5438</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5438/indicacao_2026_-_jardim_sensorial.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a adoção de estudos e providências visando a implantação de um Jardim Sensorial, como espaço de estímulo, inclusão e bem-estar da população, em especial de crianças, idosos e pessoas com deficiência.</t>
+  </si>
+  <si>
+    <t>5439</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5439/indicacao_2026_-_dragagem_do_canal_da_travessa_uniao_-_gleba_a.docx</t>
+  </si>
+  <si>
+    <t>Solicitando a dragagem de toda extensão do Canal da Travessa União, localizado na Gleba A, bairro Chaperó.</t>
+  </si>
+  <si>
+    <t>5440</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5440/revitalizacao_da_praca_brisamar.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a revitalização da Praça na Rua Manoel Araújo dos Santos, no bairro Brisamar (ao lado da Escola Estadual Municipalizada Carmem Menezes Direito).</t>
+  </si>
+  <si>
+    <t>5441</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5441/troca_de_manilha_brisamar.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a troca de manilhas na Rua Irene Castro e Souza, lote 03, quadra 133, no bairro Brisamar.</t>
+  </si>
+  <si>
+    <t>5442</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5442/indicacao_bairro_santa_candida.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando  limpeza e roçada por toda extensão da Rua Altamiro Domiciano da Cruz, bairro Santa Cândida.</t>
+  </si>
+  <si>
+    <t>5443</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5443/indicacao_bairro_engenho.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando reparo e tapa buraco por toda extensão da Rua Bertrand Russel, no bairro Engenho.</t>
+  </si>
+  <si>
+    <t>5444</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5444/indicacao_-_justica_movel_.docx</t>
+  </si>
+  <si>
+    <t>Solicitando que seja feito o estudo de viabilidade para criação do programa Justiça Móvel Itinerante.</t>
+  </si>
+  <si>
+    <t>5445</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5445/03_-_indicacao_-_instalacao_de_sistemas_de_comunicacao.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o estudo de viabilidade de implementação de instalação de sistemas de comunicação aumentativa e alternativa de baixa tecnologia em espaços públicos e abertos ao público, com vistas à promoção da acessibilidade da pessoa com necessidades complexas de comunicação, conforme Lei nº 15.249 de 3 de novembro de 2025 de autoria do Presidente da República.</t>
+  </si>
+  <si>
+    <t>5450</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5450/indicacao_0072026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a troca de Manilhas na Rua Iracema de Alencar, altura da Quadra 66, do Lote 34 ao 36, no bairro Engenho.</t>
+  </si>
+  <si>
+    <t>5451</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5451/indicacao_0082026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a reforma do Campo e construção de vestiários, no bairro Chaperó, Gleba C.</t>
+  </si>
+  <si>
+    <t>5452</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5452/retirda_de_galhos_e_entulhos.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando em caráter de urgência ,retirada de galhos e entulhos da Rua Wesley Martins Arcanjo nº 38, no bairro Chaperó.</t>
+  </si>
+  <si>
+    <t>5453</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5453/fornecimento_de_agua.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando em caráter de urgência, extensão da rede de fornecimento de água por toda Rua Transversal, nº 23 (Próximo à MRS Logística), no bairro Brisamar.</t>
+  </si>
+  <si>
+    <t>5454</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5454/transporte_escolar_rua_rio_grande_do_sul.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a inclusão da rota escolar às Ruas Rio Grande do Sul, Geremoabo e Mato Grosso, no bairro do Amendoeira.</t>
+  </si>
+  <si>
+    <t>5455</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>Solicitando a criação de um retorno para o sentido Coroa Grande, embaixo do Viaduto da Nuclep, bairro Brisamar.</t>
+  </si>
+  <si>
+    <t>5456</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5456/implantacao_de_ciclovia.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a implantação de ciclovia em toda a extensão da Av. Prefeito Cavalcante, em paralelo à linha férrea.</t>
+  </si>
+  <si>
+    <t>5457</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5457/tapa_buraco_california.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada operação tapa buraco na Rua Nossa Senhora das Graças, número 405, bairro Califórnia.</t>
+  </si>
+  <si>
+    <t>5458</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5458/indicacao_-__nucleo_apoio_tea.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja feito estudo de viabilidade para criação de um Núcleo de Apoio à Inclusão de Alunos com TEA nas unidades escolares.</t>
+  </si>
+  <si>
+    <t>5459</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5459/indicacao_-_praca_vila_margarida.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja feito estudo de viabilidade para criação de uma praça com quadra poliesportiva na Rua Alzira Feital, aparelhos para ginástica e rampa de skate que atenda o bairro de Vila Margarida.</t>
+  </si>
+  <si>
+    <t>5460</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5460/indicacao_84-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizado tapa buracos e limpeza do valão, na Rua José Pinto, em toda sua extensão, localizada no bairro Engenho.</t>
+  </si>
+  <si>
+    <t>5461</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5461/indicacao_86-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada a troca de manilhas e recuperação asfáltica na Rua Canadá Oeste, localizada no bairro Jardim América.</t>
+  </si>
+  <si>
+    <t>5462</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5462/centro_municipal_de_ortopedia.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a implantação de um Centro Municipal de Ortopedia.</t>
+  </si>
+  <si>
+    <t>5463</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5463/revitalizacao_da_praca_jose_luzia_-_gleba_a_-_chapero.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a revitalização da Praça José Luzia de Sousa, situada na Gleba A, no bairro Chaperó.</t>
+  </si>
+  <si>
+    <t>5464</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5464/analise_de_possibildade_de_instac.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando estudo de viabilidade para instalação de um gerador de energia no Abrigo Casa Lar do Idoso Anézia de Aguiar, na Rua Adalgisa Lemos, nº 383, no bairro Vila Geni.</t>
+  </si>
+  <si>
+    <t>5465</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5465/dessassoreamento_de_canal_na_rua_helena.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o desassoreamento do Canal localizado na Rua Helena Galliaço Prata, no bairro Santa Cândida.</t>
+  </si>
+  <si>
+    <t>5466</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5466/indicacao_bairro_leandro.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a construção de uma Praça pública na Estrada do Mazomba, ao lado do Posto de Saúde no bairro Leandro, com equipamentos de ginástica, quadra poliesportiva e brinquedos infantis.</t>
+  </si>
+  <si>
+    <t>5467</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5467/indicacao_bairro_vila_margarida.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a construção de uma Praça pública na Rua Ivo Ciuffo Cicarino, no bairro Vila Margarida, com equipamentos de ginástica, quadra poliesportiva e brinquedos infantis.</t>
+  </si>
+  <si>
+    <t>5468</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5468/006-26_limpeza_de_bueiros.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada a limpeza de bueiros na Rua Padre Cézare Vegezze, próximo ao número 165.</t>
+  </si>
+  <si>
+    <t>5469</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5469/005-26_limpeza_de_bueiros.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada a limpeza de bueiros na Avenida Ary Parreiras.</t>
+  </si>
+  <si>
+    <t>5474</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5474/indicacao_0092026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a reforma do campo e construção de vestiário no bairro Mazomba.</t>
+  </si>
+  <si>
+    <t>5475</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5475/indicacao_0102026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a reforma da Orla e do Píer da Ilha da Madeira, localizado na Rua Miguel Corrêa.</t>
+  </si>
+  <si>
+    <t>5478</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza e roçada por toda a extensão da Rua Aladim Maia de Andrade, bairro Coroa Grande.</t>
+  </si>
+  <si>
+    <t>5479</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>Solicitando a troca de lâmpadas queimadas na Rua Aladim Maia de Andrade, esquina com a Rua Onze, bairro Coroa Grande.</t>
+  </si>
+  <si>
+    <t>5480</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5480/indicacao_-_conscientizacao_e_combater_a_violencia_contra_mulher.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja feito a distribuição por meio de cartilha, a fim de conscientizar e combater a violência contra mulher em departamentos públicos e setores privados.</t>
+  </si>
+  <si>
+    <t>5481</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5481/indicacao_-_implentacao_lei_15.284.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja feita a implementação da Lei 15.284, de 18 de dezembro de 2025, que Assegura o exame de mamografia gratuito pelo Sistema Único de Saúde (SUS) para mulheres a partir dos 40 anos de idade, sancionada pelo Governo Federal.</t>
+  </si>
+  <si>
+    <t>5498</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5498/indicacao_99-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada pavimentação asfáltica na Rua Dr. Lucio de Souza Carvalho e Rua Nair Alves Cortinovis, localizadas bairro Coroa Grande.</t>
+  </si>
+  <si>
+    <t>5499</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5499/indicacao_98-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada pavimentação asfáltica na Rua Sebastião Bruno de Oliveira, antiga Rua Antônio Martins, localizada no bairro Coroa Grande.</t>
+  </si>
+  <si>
+    <t>5484</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5484/indicacao_no_bairro_vila_margarida.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza e roçada por toda extensão na Rua José Lourenço, bairro Vila Margarida.</t>
+  </si>
+  <si>
+    <t>5485</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5485/indicacao_no_bairro_ibirapitanga.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza e roçada por toda extensão da Rua Miguel Couto, localizada no bairro Ibirapitanga.</t>
+  </si>
+  <si>
+    <t>5486</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5486/indicacao_entulhos.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a retirada de entulhos na Rua Almirante Barroso, próximo ao número 165, (em frente à igreja evangélica Assembléia de Deus), bairro Parque Paraíso.</t>
+  </si>
+  <si>
+    <t>5487</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5487/indicacao_tapa_entulhos.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada operação tapa buraco na Rua Leopoldo Geyer, no bairro Somel, próximo a igreja Ceo).</t>
+  </si>
+  <si>
+    <t>5488</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5488/programa_horta_comunitaria.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a criação e implementação do Programa Horta Comunitária, no município de Itaguaí.</t>
+  </si>
+  <si>
+    <t>5489</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5489/indicacao_-_revitalizacao_da_praca_do_skate.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a revitalização da Praça do Skate, situada na Gleba A, bairro Chaperó, incluindo a instalação de brinquedos, academia ao ar livre e a reforma da quadra e da pista de skate.</t>
+  </si>
+  <si>
+    <t>5490</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5490/indicacao_f._rocha.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando em caráter de urgência a troca de manilhas em frente ao nº 1.371, no bairro Engenho.</t>
+  </si>
+  <si>
+    <t>5491</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5491/indicacao_f._rocha.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando em caráter de urgência, que seja colocado 2 (dois) redutores de velocidade, na Rua Mário Higino, altura do n º662 (entre a igreja Católica e a igreja Batista), no bairro Piranema.</t>
+  </si>
+  <si>
+    <t>5492</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5492/servico_de_limpeza_e_rocagem..pdf</t>
+  </si>
+  <si>
+    <t>Solicitando serviço de limpeza e roçagem em toda a extensão da Rua Décio Muniz, trecho que se inicia no fim da Rua 13 na gleba A até a Praça Céu, _x000D_
+localizada na Gleba B, no bairro Chaperó.</t>
+  </si>
+  <si>
+    <t>5493</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>Solicitando serviços de limpeza e Desassoreamento de bueiro com caminhão Vacoll, no bueiro localizado Rua Décio Muniz, no início da Rua 12 de julho na Gleba B, no bairro Chaperó.</t>
+  </si>
+  <si>
+    <t>5482</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5482/indicacao_88-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando reparo na Iluminação pública da Rua Presidente Vargas, do nº 386 ao 428, dentre outros pontos da mesma Rua, localizada no bairro Centro.</t>
+  </si>
+  <si>
+    <t>5483</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5483/indicacao_87-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando reparo na iluminação pública em toda extensão da Rua Seis (Rua do Rio Cai Tudo) localizada no bairro Chaperó.</t>
+  </si>
+  <si>
+    <t>5516</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5516/indicacao_0112026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja criada a Casa do Curativo e Lesões em nosso Município.</t>
+  </si>
+  <si>
+    <t>5530</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5530/indicacao_-_rio_cacao.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada limpeza e dragagem do Rio Cação, na altura da Avenida Arapucáia beirando o Rio Mazomba, localizado no bairro Brisamar.</t>
+  </si>
+  <si>
+    <t>5518</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5518/praca_komeketo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando em caráter de urgência, a reforma e revitalização da Praça Komeketo, localizada na Orla do bairro Coroa Grande com (calçamento, bancos, quadra esportiva, brinquedos, aparelhos de ginástica e iluminação).</t>
+  </si>
+  <si>
+    <t>5519</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5519/cras_brisamar.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a manutenção do CRAS, localizado na Rua Soldado Luiz Mendonça Santos, bairro Brisamar.</t>
+  </si>
+  <si>
+    <t>5520</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5520/012-26_asfaltamento.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizado o asfaltamento por toda extensão da Avenida Brisamar.</t>
+  </si>
+  <si>
+    <t>5521</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5521/011-26_limpeza_de_bueiros.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada a limpeza de bueiros na Rua Maria Soares da Silva, bairro Parque Paraíso.</t>
+  </si>
+  <si>
+    <t>5522</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5522/02_-_revitalizacao_do_campo_localizado_entre_a_rua_madressilva.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando estudo de viabilidade para revitalização do campo localizado entre a Rua Madressilva, nas proximidades do nº 100, no bairro Parque Primavera.</t>
+  </si>
+  <si>
+    <t>5523</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5523/01_-_consultorio_odontologico_movel_itinerante.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a realização de estudo de viabilidade para implantação de Consultório Odontológico Móvel Itinerante.</t>
+  </si>
+  <si>
+    <t>5524</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5524/indicacao_2026_-_farmacia_na_ubs_gleba_a.docx</t>
+  </si>
+  <si>
+    <t>Solicitando a implantação de Farmácia na UBS Gleba A, no bairro Chaperó.</t>
+  </si>
+  <si>
+    <t>5525</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5525/acolhe-rj.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a implantação de um Ambulatório do ACOLHE-RJ, Programa de Prevenção a Gravidez Não Planejada, em parceria com o Governo do Estado do Rio de Janeiro, através da Secretaria de Estado de Saúde.</t>
+  </si>
+  <si>
+    <t>5526</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5526/recapeamento_em_torno_do_abrigo_casa_lar.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o recapeamento asfáltico em torno do abrigo Casa Lar do Idoso Anézia de Aguiar Rua Adalgisa Lemos, nº 383, bairro Vila Geny.</t>
+  </si>
+  <si>
+    <t>5527</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5527/faixa_de_pedestre_cemes.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o estudo de viabilidade para inclusão de uma faixa de pedestre em frente ao CEMES (Centro Municipal de Especialidade) na Rua Dr. Curvelo Cavalcante, bairro Engenho.</t>
+  </si>
+  <si>
+    <t>5532</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5532/limpeza_e_rocada_no_engenho_itaguai.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza e roçada por toda extensão da Rua Barão do Rio Branco , bairro Engenho.</t>
+  </si>
+  <si>
+    <t>5533</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5533/conserto_ou_substituicao_de_manilha_no_bairro_parque__primavera.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando conserto ou substituição de manilha na Rua Manacá , altura do lote 38, Quadra 07, localizada no bairro Parque Primavera.</t>
+  </si>
+  <si>
+    <t>5604</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5604/indicacao_-_caminhao_vacuo.pdf.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando desentupimento de esgoto com utilização de caminhão Vácuo, na Rua Ezequiel dos Santos nº 40, no bairro Amendoeira.</t>
+  </si>
+  <si>
+    <t>5552</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5552/indicacao_018.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a desobstrução de toda a rede de esgoto da Rua México (esquina com a Rua Costa Rica), no bairro Jardim América.</t>
+  </si>
+  <si>
+    <t>5553</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5553/indicacao_016.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a criação de uma Clínica de Saúde Especial para os Idosos, no município de Itaguaí.</t>
+  </si>
+  <si>
+    <t>5554</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5554/rocada_rua_madre_cabrini.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza e roçada de mato em toda extensão da Rua Madre Cabrini, bairro Vila Geni.</t>
+  </si>
+  <si>
+    <t>5555</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5555/rocada.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza e roçada de mato em toda extensão da Av. Monteiro Lobado, bairro Vila Geni.</t>
+  </si>
+  <si>
+    <t>5556</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5556/troca_de_manilhas_alziral_feital.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada a troca de manilhas na Rua Alzira Feital com a Júlio Verner, bairro Vila Margarida.</t>
+  </si>
+  <si>
+    <t>5557</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5557/rua_vinte_e_sete_brisamar.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada a limpeza e desassoreamento das  bocas de lobo, com o auxílio do caminhão vacall, por toda extensão da Rua Vinte e Sete, entre as Ruas Praia da Salina e Transversal Trinta e Quatro, localizada no bairro Brisamar.</t>
+  </si>
+  <si>
+    <t>5558</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5558/indicacao_97-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando  estudo de viabilidade afim de fomentar o evento denominado Expo Saúde, no mês de maio, evento este que já consta em nosso Calendário Anual de Eventos, Lei nº 4.224/2025.</t>
+  </si>
+  <si>
+    <t>5559</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5559/indicacao_94-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando  limpeza e roçada na Rua Barão de Mauá, localizada no bairro Coroa Grande.</t>
+  </si>
+  <si>
+    <t>5560</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5560/fornecimento_de_anticoncepcionais.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o fornecimento de anticoncepcionais em pílulas e injetáveis, com prescrição médica e disponibilizados pelo SUS, em todas as Unidades Básicas de Saúde (UBSs) e Estrátégias de Saúde da Família (ESFs) do município de Itaguaí.</t>
+  </si>
+  <si>
+    <t>5561</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5561/mamografo_movel.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que sejam tomadas as providências necessárias para disponibilidade e atendimento do Mamógrafo Móvel, programa da Secretaria do Estado de Saúde, no município de Itaguaí.</t>
+  </si>
+  <si>
+    <t>5562</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5562/cacamba_no_abrigo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando uma caçamba de lixo ao lado do Abrigo Casa Lar do Idoso Anézia de Aguiar, na Rua Adalgisa Lemos nº 383, no bairro Vila Geni.</t>
+  </si>
+  <si>
+    <t>5563</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5563/cacamba_escola_amauri_ferreira.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando uma caçamba de lixo em frente a Escola Municipal Amauri Ferreira, na Rua Guilherme Serrano s/nº, no bairro Vila Geni.</t>
+  </si>
+  <si>
+    <t>5567</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5567/limpeza_e_rocada_na_rua_sebastiao_libralesco_bairro_engenho.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza e roçada na Rua Sebastião Libralesco, no bairro do Engenho.</t>
+  </si>
+  <si>
+    <t>5568</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5568/manutencao_e_reparo_de_esgoto_em_coroa_grande.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando manutenção e reparo na rede esgoto na Rua Cintia Costa LT 05, QD 02, no bairro Coroa Grande.</t>
+  </si>
+  <si>
+    <t>5569</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5569/00-_indicacao_-_creche_santa_candida.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando  estudo de viabilidade dos órgãos competentes para Criação de uma Creche no bairro Santa Cândida.</t>
+  </si>
+  <si>
+    <t>5573</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5573/indicacao_-_casa_terceira_idade.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando Criação de uma Casa com serviços essenciais destinados à Terceira Idade.</t>
+  </si>
+  <si>
+    <t>5570</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5570/010-26_iluminacao.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizado reparo de iluminação pública na Rua Massom Jaques, localizada no bairro Somel.</t>
+  </si>
+  <si>
+    <t>5597</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5597/indicacao_017.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a criação de um Centro de Tratamento Oncológico dentro do nosso Município.</t>
+  </si>
+  <si>
+    <t>5598</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5598/indicacao_013.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando estudo de viabilidade da Prefeitura em oferecer aulas de Defesa Pessoal, assim como orientação pedagógica para mulheres com a intenção de prepara-las física e mentalmente em possíveis casos de agressão.</t>
+  </si>
+  <si>
+    <t>5599</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5599/recapeamento.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o recapeamento asfáltico na Rua 12, próximo a Quadra 5, Lote 15, bairro Vila Geni.</t>
+  </si>
+  <si>
+    <t>5600</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5600/recapeamento_leopoldo_geyer.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o recapeamento asfáltico na Rua Leopoldo Geyer, próximo a Igreja Ministério Ceo, bairro Somel.</t>
+  </si>
+  <si>
+    <t>5601</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5601/rua_nambuco_porte_preta.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada a desobstrução e limpeza dos bueiros da Rua Nambuco, bairro Ponte Preta.</t>
+  </si>
+  <si>
+    <t>5602</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5602/rua_aloisio_aragao.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada a manutenção asfáltica na Rua Aloísio Aragão Santos, bairro Brisamar.</t>
+  </si>
+  <si>
+    <t>5607</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5607/indicacao_91-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando estudo de viabilidade de Projeto para revitalização da Cachoeira do Itimirim, entrada pela Rua Vanilda Amorim, localizada no bairro Itimirim.</t>
+  </si>
+  <si>
+    <t>5608</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5608/indicacao_93-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza e desassoreamento começando da Cachoeira do Itimirim, passando embaixo da Rodovia Rio Santos, seguindo até o Mar, localizada no bairro Itimirim e Coroa Grande.</t>
+  </si>
+  <si>
+    <t>5609</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5609/base_paa_agentes_de_transito_e_escola_de_transito.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a implantação de base para os Agentes de Trânsito e da Escola de Trânsito e Cidadania, em imóvel da Prefeitura de Itaguaí, que fica localizado na esquina da Avenida Deputado Octávio Cabral com a Rua Vivail da Silveira, antiga garagem da Expresso Mangaratiba, Bairro Santana.</t>
+  </si>
+  <si>
+    <t>5610</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5610/indicacao_2026_-_praca_lilas.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a implementação da Praça Lilás no Município de Itaguaí, com o objetivo de criar um espaço público voltado à conscientização, prevenção e enfrentamento à violência contra a mulher, bem como à promoção da igualdade de gênero e valorização dos direitos femininos.</t>
+  </si>
+  <si>
+    <t>5611</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5611/desassoreamento_do_canal_rua_castro_alves.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o desassoreamento do Canal na Rua Castro Alves, bairro Monte Serrat.</t>
+  </si>
+  <si>
+    <t>5612</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5612/limpeza_bairro_itingucu.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza com roçada em toda a extensão no bairro Itinguçu.</t>
+  </si>
+  <si>
+    <t>5615</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5615/solicitando_iluminacao_publica_no_bairro_monte_serrat.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando reparo na Iluminação Pública na Rua Valdir Ribeiro de Novaes, em frente ao nº 249, bairro Monte Serrat.</t>
+  </si>
+  <si>
+    <t>5616</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5616/solicitando_limpeza_e_rocada_no_bairro_somel.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza e roçada na Rodovia Rio Santos nº 602, 02 (duas) Ruas antes do Hotel Charles, bairro Somel.</t>
+  </si>
+  <si>
+    <t>5617</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5617/poda_de_arvores_ciep_496.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando poda de árvores no Ciep 496 - Municipalizado Maestro Francisco Mignone , localizado na Rua Kaiser Abraão, no bairro Monte Serrat.</t>
+  </si>
+  <si>
+    <t>5618</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5618/reparo_e_manutencao_calcada_ciep_496.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando, em caráter de urgência, reparo e manutenção das calçadas do Ciep 496 - Municipalizado Maestro Francisco Mignone, localizado na Rua Kaiser Abraão, no bairro Monte Serrat.</t>
+  </si>
+  <si>
+    <t>5621</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5621/014-26_retirada_de_entulho.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada  a retirada de entulhos na Rua Beatriz Brandão (em frente ao nº 613), bairro Centro.</t>
+  </si>
+  <si>
+    <t>5622</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5622/017-26_capina_e_rocada.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada capina e roçada na Rua Osmar Medeiros, bairro Jardim América.</t>
+  </si>
+  <si>
+    <t>5625</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5625/03_-_indicacao_-_revitalizacao_e_reforma_da_ponte_da_mangueira_localizada_na_rua_ponte_preta_no_municipio_de_itaguai.docx.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando revitalização e reforma da Ponte da Mangueira, localizada na Rua Ponte Preta, no município de _x000D_
+Itaguaí.</t>
+  </si>
+  <si>
+    <t>5626</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5626/02_-_indicacao_-_implantacao_de_prioridade_no_atendimento_psicologico_e_na_realizacao_de_cirurgias.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando estudo de viabilidade para a implantação de prioridade no atendimento psicológico e na realização de cirurgias reparadoras pelo Sistema Único de Saúde (SUS) para mulheres vítimas de violência, no âmbito do município de Itaguaí.</t>
+  </si>
+  <si>
+    <t>5635</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5635/ind_22.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a instalação de um novo ponto de táxi, próximo ao novo Supermercado Rio Sul, localizado na Av. Isoldackson Cruz de Brito - Vila Margarida, CEP: 23.825-840.</t>
+  </si>
+  <si>
+    <t>5636</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5636/ind_19.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a limpeza do Valão do Guanabara, localizado no Centro da Cidade.</t>
+  </si>
+  <si>
+    <t>5637</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5637/doaco_de_cabelo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a Implantação e imediata execução da Lei Municipal nº 4.187/2024, que Institui a Campanha de Incentivo à Doação de Cabelo para Pessoas Carentes em Tratamento de Câncer.</t>
+  </si>
+  <si>
+    <t>5638</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5638/odontomovel_novo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a Implantação e imediata execução da Lei Municipal nº 3.997/2021, que Dispõe Sobre a Criação do "Programa Odonto-Móvel" no Município de Itaguaí.</t>
+  </si>
+  <si>
+    <t>5639</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5639/015-26_retirada_de_entulho.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada  a retirada de entulhos na Rua Coronel Costa Pereira (próximo ao nº 357), bairro Centro.</t>
+  </si>
+  <si>
+    <t>5640</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5640/013-26_capina_e_rocada.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada capina e roçada na Avenida Bahia (em frente a Creche Municipal Prof. Maria de Lurdes Souza Garcia), bairro Vila Ibirapitanga.</t>
+  </si>
+  <si>
+    <t>5641</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5641/indicacao_92-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a revitalização, manutenção e paisagismo da Rua Rosalina Gonçalves, localizada no bairro Itimirim.</t>
+  </si>
+  <si>
+    <t>5642</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5642/indicacao_100-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza e dragagem do Rio que passa ao lado do Condomínio Girassol, localizado bairro Chaperó.</t>
+  </si>
+  <si>
+    <t>5643</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5643/indicacao_2026_-_aplicativo_municipal_de_orientacao_e_enfrentamento_a_violencia_contra_a_mulher.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a adoção de estudos e providências visando à implantação de um Aplicativo Municipal de Orientação e Enfrentamento à Violência contra a Mulher.</t>
+  </si>
+  <si>
+    <t>5644</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5644/indicacao_-__implantacao_do_bicicletario_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a implantação do Bicicletário Municipal de Itaguaí, a fim de oferecer estacionamento transitório gratuito, seguro e eficiente para bicicletas.</t>
+  </si>
+  <si>
+    <t>5645</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5645/maquina_patrol_mazomba.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a passagem de máquina niveladora (Patrol) na Estrada do Mazomba até a CEDAE, localizada no bairro Mazomba.</t>
+  </si>
+  <si>
+    <t>5646</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5646/alambrado_area_da_expo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o estudo de viabilidade para colocação de alambrado em torno do Canal da Área da Expo, Estrada do Trapiche s/nº, bairro Centro.</t>
+  </si>
+  <si>
+    <t>5647</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5647/rua_domingos_felix_vidal.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a realização de serviços de roçada e limpeza na Rua Domingos Félix Vidal, no bairro Vila Margarida.</t>
+  </si>
+  <si>
+    <t>5648</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5648/rua_ivo_ciufo_cicarino.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a realização de serviços de roçada e limpeza na Rua Ivo Ciufo Cicarino, no bairro Vila Margarida.</t>
+  </si>
+  <si>
+    <t>5674</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5674/ind_20.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o desentupimento de bueiros na Rua Nossa Senhora das Graças, no bairro Califórnia.</t>
+  </si>
+  <si>
+    <t>5675</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5675/ind_21.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o desentupimento de bueiros na Rua Prefeito Morais Dias, no bairro Ibirapitanga.</t>
+  </si>
+  <si>
+    <t>5678</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5678/iluminacao_monte_serrat_ok.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando manutenção da iluminação pública da Rua Sagrado Coração nº 03 (Rua sem saída), no bairro Monte Serrat.</t>
+  </si>
+  <si>
+    <t>5679</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5679/tapa_buraco_brisamar_ok.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando em caráter de urgência, "Operação Tapa-Buraco" no bairro Brisamar.</t>
+  </si>
+  <si>
+    <t>5680</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5680/indicacao_101-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando visita técnica, na ponte localizada na Rua Amauri Lima Benedito, ao lado do Condomínio Girassol, localizado bairro Chaperó, pois a mesma encontra-se com enorme buraco.</t>
+  </si>
+  <si>
+    <t>5681</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5681/indicacao_95-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando estudo de viabilidade, de aplicação do carro do Fumassê no bairro Coroa Grande.</t>
+  </si>
+  <si>
+    <t>5686</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5686/indicacao_2026_-_fornecimento_de_absorventes_e_kits_de_higiene.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a implementação de programa para a distribuição gratuita de absorventes higiênicos e kits de higiene pessoal às mulheres em situação de vulnerabilidade social.</t>
+  </si>
+  <si>
+    <t>5687</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5687/indicacao_2026_-_resultados_de_mamografia.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando adoção de medidas administrativas visando descentralizar a entrega dos resultados de exames de mamografia, de modo que possam ser retirados nas unidades de saúde mais próximas do domicílio das pacientes.</t>
+  </si>
+  <si>
+    <t>5688</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5688/05_-_indicacao_-_realizacao_de_acao_social_com_oferta_de_servicos_publicos_essenciais_no_bairro_somel.docx.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o estudo de viabilidade para a realização de ação social com oferta de serviços públicos essenciais, no Bairro Somel, neste município, visando atender às demandas da população em situação de vulnerabilidade social.</t>
+  </si>
+  <si>
+    <t>5689</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5689/05_-_indicacao_-_realizacao_de_acao_social_com_oferta_de_servicos_publicos_essenciais_no_bairro_somel.docx.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando o estudo de viabilidade para criação e implantação da Subsecretaria da Pessoa com Deficiência Itinerante, com atendimento móvel em todos os bairros do município de Itaguaí, visando ampliar o acesso a serviços públicos, orientações e suporte especializado às pessoas com deficiência.</t>
+  </si>
+  <si>
+    <t>5690</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5690/iptu_verde.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a implementação e execução da Lei Municipal nº 4.188/2024, que institui o Programa "IPTU e ITR VERDE" no Município de Itaguaí.</t>
+  </si>
+  <si>
+    <t>5691</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5691/016-26_retirada_de_entulho.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a retirada de entulhos na Rua Coronel Costa Pereira (próximo ao nº 167), bairro Centro.</t>
+  </si>
+  <si>
+    <t>5692</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5692/ind.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza com roçada na Escola Municipal Prefeito Otoni Rocha.</t>
+  </si>
+  <si>
+    <t>5693</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5693/limpeza_e_rocada_no_bairro_cantao.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando  limpeza e roçada na Rua Leila da Gama Figueira, localizada no bairro Cantão.</t>
+  </si>
+  <si>
+    <t>5694</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5694/solicitando_limpeza_e_rocada_no_bairro_amendoeira.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando limpeza e roçada na Rua Capitulina Sereno da Silva, bairro Amendoeira.</t>
+  </si>
+  <si>
+    <t>5401</t>
+  </si>
+  <si>
+    <t>VETO</t>
+  </si>
+  <si>
+    <t>Razões do Veto</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5401/veto_01_2026.pdf</t>
+  </si>
+  <si>
+    <t>Veto nº 01/2026 ao Projeto de Lei nº 49/2025, que ALTERA A LEI Nº 4.064/2023 QUE DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 3º DA LEI Nº 1.207, DE 31 DE AGOSTO DE 1987, que DISPÕE SOBRE A BANDA MUNICIPAL DE ITAGUAÍ E INSTITUI O PROGRAMA DE APOIO À FORMAÇÃO MUSICAL DA BANDA MUNICIPAL DE ITAGUAÍ - BAMITA, ao qual opomos nosso veto parcial, alcançando a totalidade do Art. 8 (caput e incisos I e II).</t>
+  </si>
+  <si>
+    <t>5426</t>
+  </si>
+  <si>
+    <t>PAR</t>
+  </si>
+  <si>
+    <t>Parecer</t>
+  </si>
+  <si>
+    <t>CSP - Comissão de Segurança Pública</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5426/parecer_csp_pl_95_2025.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Segurança Pública._x000D_
+Assunto: Projeto de Lei nº 95/2025 de autoria da Vereadora Rachel Secundo._x000D_
+Ementa: AUTORIZA A CRIAÇÃO DO PROGRAMA SOS MULHER NO MUNICÍPIO DE ITAGUAÍ, VISANDO FACILITAR A COMUNICAÇÃO DA MULHER VÍTIMA DE VIOLÊNCIA DOMÉSTICA, FÍSICA, PSICOLÓGICA OU SEXUAL, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relator: Vereador Alexandro Valença de Paula._x000D_
+Analisando o projeto de Lei em epígrafe, opino favoravelmente quanto a sua Aprovação._x000D_
+Sala da Comissões, 10 de outubro de 2025._x000D_
+(ass.) _x000D_
+Presidente - Alex Alves;_x000D_
+Relator - Sandro da Hermínio;_x000D_
+Membro - Fabinho Taciano.</t>
+  </si>
+  <si>
+    <t>5472</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5472/parecer_csp_2026.pdf</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE SEGURANÇA PÚBLICA._x000D_
+Assunto: Projeto de Lei nº 124/2025 de autoria do Vereador Agenor Teixeira._x000D_
+Ementa: DISPÕE SOBRE O USO DE CÂMERAS CORPORAIS PELOS POLICIAIS DO PROGRAMA PROEIS E PELOS AGENTES MUNICIPAIS DE TRÂNSITO NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relator: Vereador Alexandro Valença de Paula_x000D_
+Analisando o projeto de Lei em epígrafe, opina favoravelmente quanto a sua Aprovação._x000D_
+Sala das Comissões, 08 de dezembro de 2025._x000D_
+(aa) Ver. Alex Alves - Presidente; Ver. Sandro da Hermínio - Relator; Ver. Guilherme Farias - Membro.</t>
+  </si>
+  <si>
+    <t>5497</t>
+  </si>
+  <si>
+    <t>CS - Comissão de Saúde</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5497/parecer_cs_-_pl_no_94-2025.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Saúde_x000D_
+Assunto: Projeto de Lei nº 94 de 2025 de autoria da Vereadora Rachel Secundo._x000D_
+Ementa: AUTORIZA A INSTITUIÇÃO DO PROGRAMA DE TRATAMENTO ODONTOLÓGICO ESPECIALIZADO, GRATUITO, HUMANIZADO E PRIORITÁRIO VOLTADO ÀS MULHERES VÍTIMAS DE VIOLÊNCIA, NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relatora: Vereadora Karine Brandão._x000D_
+Analisando o projeto de lei em epígrafe, opino favoravelmente quanto a sua Aprovação. _x000D_
+É o Parecer._x000D_
+Sala das Comissões, 24 de fevereiro de 2026._x000D_
+Rachel Secundo da Silva - Presidente;_x000D_
+Karine Brandão - Relatora;_x000D_
+Noel Pedrosa de Mello - Membro.</t>
+  </si>
+  <si>
+    <t>5500</t>
+  </si>
+  <si>
+    <t>CCJR - Comissão de Constituição, Justiça e Redação</t>
+  </si>
+  <si>
+    <t>Comissão de Constituição, Justiça e Redação PARECER Assunto: Projeto de Lei n° 016/2026 de autoria da Verª. Rachel Secundo. Ementa: Altera dispositivo da Lei n° 2.192 de 20 de novembro de 2001, que institui o "Prêmio a Mulher Dinâmica" no Município de Itaguaí e dá outras providências. Relatora: Verª. Kaine Brandão Barbosa de Lima. Analizando o projeto de Lei em epígrafe, opino pela sua  constitucionalidade. É o Parecer. Sala das Comissões, 23 de dezembro de 2025. (aa) Ver. Zé Domingos - Presidente; Ver. Karine Brandão - Relatora; Ver. Julinho - Membro.</t>
+  </si>
+  <si>
+    <t>5501</t>
+  </si>
+  <si>
+    <t>CFOCPC - Comissão de Finanças, Orçamento, Controle e Prestação de Contas</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS_x000D_
+PARECER_x000D_
+Assunto: Projeto de Lei nº 16 de 2026 de autoria da Vereadora Rachel Secundo._x000D_
+Ementa: ALTERA DISPOSITIVOS DA LEI Nº 2.192 DE 20 DE NOVEMBRO DE 2001 QUE INSTITUI O “PRÊMIO A MULHER DINÂMICA”, NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relatora: Ver. Julinho_x000D_
+Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
+Sala das Comissões, 03 de março de 2026. (aa) JOSÉ DOMINGOS DO ROZÁRIO - Presidente; JÚLIO CEZAR JOSÉ DE ANDRADE FILHO - Relator; GUILHERME SEVERINO CAMPOS DE FARIAS KIFER RIBEIRO - Membro.</t>
+  </si>
+  <si>
+    <t>5502</t>
+  </si>
+  <si>
+    <t>CDM - Comissão de Defesa da Mulher</t>
+  </si>
+  <si>
+    <t>Comissão de Defesa da Mulher_x000D_
+Assunto: Projeto de Lei nº 16 de 2026 de autoria da Vereadora Rachel Secundo._x000D_
+Ementa: ALTERA DISPOSITIVOS DA LEI Nº 2.192, DE 20 DE NOVEMBRO DE 2001, QUE INSTITUI O “PRÊMIO A MULHER DINÂMICA”, NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relatora: Vereadora Patrícia Fernanda Kuchenbecker._x000D_
+Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
+Sala das Comissões, 03 de março de 2026._x000D_
+(aa) Rachel Secundo da Silva - Presidente; Patrícia Fernanda Kuchenbecker - Relatora; Karine Brandão Barbosa de Lima - Membro.</t>
+  </si>
+  <si>
+    <t>5564</t>
+  </si>
+  <si>
+    <t>Comissão de Constituição, Justiça e Redação_x000D_
+Assunto: Projeto de Lei nº 31 de 2025 de autoria do Poder Executivo._x000D_
+Ementa: INSTITUI O PROGRAMA ESPECIAL DE REGULARIZAÇÃO FISCAL (REFIS) NO MUNICÍPIO DE ITAGUAÍ._x000D_
+Relator: Vereador Guilherme Farias._x000D_
+Analisando o Projeto de Lei em epígrafe, opino pela sua Constitucionalidade._x000D_
+É o Parecer._x000D_
+Sala das Comissões, 10 de março de 2026._x000D_
+(ass.)_x000D_
+Vereador José Domingos - Presidente;_x000D_
+Vereador Guilherme Farias - Relator;_x000D_
+Vereadora Karine Brandão - Membro.</t>
+  </si>
+  <si>
+    <t>5565</t>
+  </si>
+  <si>
+    <t>CAPD - Comissão de Atenção a Pessoa com Deficiência</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5565/parecer_118_-2025.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Atenção a Pessoa com Deficiência._x000D_
+Assunto: Projeto de Lei nº 118 de 2025 de autoria da Ver.  Patrícia Fernanda kuchenbecker_x000D_
+Ementa: AUTORIZA O PODER EXECUTIVO A DISPONIBILIZAR UMA VAGA PARA UM ACOMPANHANTE DE PACIENTES IDOSOS OU PESSOAS DEFICIENTES, NA OCORRÊNCIA DE VIAGENS PARA PROCEDIMENTOS MÉDICOS FORA DO MUNICIPIO DE ITAGUAÍ DÁ OUTRAS PROVIDÊNCIA._x000D_
+Relatora: Ver. KARINE BRANDÃO._x000D_
+Analisando o Projeto de Lei em epígrafe, opino favoravelmente quanto a sua Aprovação._x000D_
+É o Parecer._x000D_
+Sala das Comissões, 05 de março de 2026._x000D_
+(ass.)_x000D_
+Ver.ª Patrícia Fernanda kuchenbecker - Presidente;_x000D_
+Ver.ª Karine Brandão - Relatora; _x000D_
+Ver. Sandro da Hermínio - Membro.</t>
+  </si>
+  <si>
+    <t>5566</t>
+  </si>
+  <si>
+    <t>CDDA - Comissão de Defesa e Direitos dos Animais</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5566/parecer_pl_116_cdda.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Defesa e Direitos dos Animais._x000D_
+Assunto: Projeto de Lei nº 116 de 2025 de autoria da vereadora Paty Bumerangue._x000D_
+Ementa: Dispõe sobre a criação de aplicativo para denunciar maus-tratos de animais no âmbito do município de Itaguaí e dá outras providências._x000D_
+Relatora: Ver Rachel Secundo._x000D_
+Analisando o Projeto de Lei em epígrafe, opino favoravelmente quanto a sua Aprovação. _x000D_
+É o parecer._x000D_
+Sala das Comissões, 11 de dezembro de 2025._x000D_
+(aa.) _x000D_
+Ver. Guilherme Farias- Presidente; _x000D_
+Ver. Patrícia Fernanda - Membro;_x000D_
+ Ver. Rachel Secundo- Relator.</t>
+  </si>
+  <si>
+    <t>5579</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5579/parecer_cfocpc_pl_31_2026.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas._x000D_
+Assunto: Projeto de Lei nº 031/2026 de autoria do Poder Executivo._x000D_
+Ementa: Institui o Programa de Regularização Fiscal (REFIS) e dá outras providências. _x000D_
+Relator: Ver. Julinho. _x000D_
+Analisando o Projeto de Lei em epígrafe, opino favoravelmente quanto a sua Aprovação. _x000D_
+É o Parecer. _x000D_
+Sala das Comissões, 10 março de 2026._x000D_
+(ass.)_x000D_
+Zé Domingos - Presidente;_x000D_
+Julinho - Relator;_x000D_
+Guilherme Farias - Membro.</t>
+  </si>
+  <si>
+    <t>5580</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5580/parecer_ccjr_ao_veto01-26_1.pdf</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
+PARECER AO VETO PARCIAL Nº 01/2026 (PROJETO DE LEI Nº 49/2025)_x000D_
+ASSUNTO: Veto Parcial aposto pelo Poder Executivo a o Art. 8 º (caput e incisos) do Projeto de Lei n °49/2025._x000D_
+EMENTA DO PL: ALTERA A LEI Nº 4.064/2023 E A LEI Nº 1.207/1987, DISPONDO SOBRE A BANDA_x000D_
+MUNICIPAL DE ITAGUAÍ (BAMITA) E INSTITUINDO O PROGRAMA DE APOIO À FORMAÇÃO MUSICAL._x000D_
+RELATOR: Vereador Guilherme Farias_x000D_
+1 - RELATÓRIO_x000D_
+Trata-se da análise do Veto Parcial n° 01/2026, encaminhado pelo Exmo. Sr. Prefeito em Exercício,_x000D_
+incidente sobre o Artigo 89 do Projeto de Lei nº 49/2025. O Executivo justifica o veto alegando que o_x000D_
+dispositivo pretendia indexar o valor das bolsas dos integrantes da BAMITA ao salário mínimo. Argumenta_x000D_
+que a recente recomposição do salário mínimo pelo Governo Federal e a superveniência d a Lei Municipal_x000D_
+n º 4.300/2025 (que fixou valores nominais para as bolsas) tornam a indexação contrária ao interesse_x000D_
+público, prejudicando o planejamento orçamentário._x000D_
+II - ANÁLISE JURÍDICA_x000D_
+Competência e Tempestividade: O veto foi interposto dentro do prazo legal e devidamente comunicado a_x000D_
+esta Casa Legislativa, conforme rito previsto na Lei Orgânica do Município e no Regimento Interno._x000D_
+Mérito do Veto: O Poder Executivo fundamentou sua decisão no Art. 80, §1° da Lei Orgânica, que permite_x000D_
+o veto por razões de inconstitucionalidade ou contrariedade ao interesse público._x000D_
+Indexação ao Salário Mínimo: A jurisprudência dos Tribunais Superiores (Súmula Vinculante n° 4 do STF)_x000D_
+veda, via de regra, a utilização do salário mínimo como indexador de base de cálculo para vantagens de_x000D_
+servidores ou benefícios, o que reforça a legalidade jurídica do veto._x000D_
+Previsibilidade Orçamentária: A justificativa de que a fixação de valores fixos (Lei n° 4.30/2025) garante_x000D_
+melhor planejamento financeiro é legítima e atende aos princípios da Lei de Responsabilidade Fiscal._x000D_
+IlI - VOTO DO RELATOR_x000D_
+Diante da fundamentação apresentada, verifico que o veto parcial preenche os requisitos de legalidade e_x000D_
+juridicidade, além de estar em harmonia com a gestão fiscal do município. Assim, esta Relatoria manifesta-_x000D_
+se pela MANUTENÇÃO DO VETO PARCIAL ao Art. 8 º do Projeto de Lei nº 49/2025, opinando pelo seu_x000D_
+acolhimento em plenário._x000D_
+É o parecer._x000D_
+Sala das Comissões, 03 de Março de 2026_x000D_
+(aa) José Domingos do Rozário - Presidente_x000D_
+Guilherme Farias - Relator_x000D_
+Karine Brandão - Membro</t>
+  </si>
+  <si>
+    <t>5581</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5581/parecer_ccjr_ao_pl_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
+PARECER AO PROJETO DE LEI (MENSAGEM Nº 001/2026)_x000D_
+CÂMARA MUNICIPAL DE ITAGUAÍ_x000D_
+ASSUNTO: Projeto de Lei de autoria do Poder Executivo (Prefeito em Exercício Haroldo Rodrigues Jesus_x000D_
+Neto)._x000D_
+EMENTA: PROÍBE O USO DE LOGOMARCAS, SLOGANS, OU DE QUAISQUER OUTROS SÍMBOLOS QUE_x000D_
+IDENTIFIQUEM A GESTÃO NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+RELATOR: Vereador Guilherme Farias_x000D_
+1- RELATÓRIO_x000D_
+Encaminhado a esta Comissão pelo Exmo. Sr. Prefeito em Exercício, o Projeto de Lei em tela visa_x000D_
+regulamentar a identificação de bens públicos (móveis e imóveis), veículos e documentos oficiais no_x000D_
+Município de Itaguaí. A proposta veda a utilização de marcas personalistas de gestores, determinando que_x000D_
+sejam utilizados apenas os símbolos oficiais permanentes, quais sejam: o brasão e a bandeira oficial do_x000D_
+município._x000D_
+I - ANÁLISE JURÍDICA_x000D_
+Fundamentação Constitucional: A proposição encontra-se em total consonância com o Art. 37, §1° da_x000D_
+Constituição Federal de 1988, que estabelece que a publicidade dos atos públicos deve ter caráter_x000D_
+educativo, informativo ou de orientação social, não podendo constar nomes, símbolos ou imagens que_x000D_
+caracterizem promoção pessoal de autoridades._x000D_
+Moralidade e Impessoalidade: Ao proibir slogans de gestão, o projeto fortalece os princípios da_x000D_
+moralidade e eficiência administrativa. Evita-se, assim, o gasto desnecessário do erário com a substituição_x000D_
+de adesivagens e placas a cada troca de governo._x000D_
+Competência e Iniciativa: Por tratar da organização administrativa e dos bens do Município, a iniciativa do_x000D_
+Poder Executivo é legítima e correta conforme a Lei Orgânica._x000D_
+Técnica Legislativa: O texto é claro e a justificativa apresenta fatos concretos sobre danos a o patrimônio_x000D_
+público (como placas danificadas pela remoção de slogans) que reforçam a necessidade da lei._x000D_
+III - VOTO DO RELATOR_x000D_
+Pelo exposto, considerando que a matéria é um imperativo do direito administrativo moderno e visa a_x000D_
+proteção do patrimônio público e a observância dos preceitos constitucionais, manifesto meu voto pela_x000D_
+CONSTITUCIONALIDADE_x000D_
+É o parecer._x000D_
+Sala das Comissões, 03 de Março de 2026._x000D_
+_x000D_
+(aa) José Domingos do Rozário - Presidente_x000D_
+Guilherme Farias - Relator_x000D_
+Karine Brandão -Membro</t>
+  </si>
+  <si>
+    <t>5582</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5582/parecer_ccjr_ao_ses_11-2025.pdf</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
+PARECER AO SUBSTITUTIVO Nº 11/25 DO PROJETO DE LEI Nº 19/2025_x000D_
+CÂMARA MUNICIPAL DE ITAGUAÍ_x000D_
+ASSUNTO: Substitutivo de nº11/25 de autoria do Vereador Agenor de Oliveira Teixeira_x000D_
+INSTITUI O DIA MUNICIPAL DA CAVALGADA NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE_x000D_
+ITAGUAÍ._x000D_
+AUTOR: Vereador Agenor de Oliveira Teixeira._x000D_
+RELATOR: Vereador Guilherme Farias_x000D_
+1. RELATÓRIO_x000D_
+Submete-se a esta Comissão de Constituição, Justiça e Redação, para exame de admissibilidade, o_x000D_
+Substitutivo de nº11/25 ao Projeto de Lei n º 119/2025. A proposição visa instituir o Dia Municipal da_x000D_
+Cavalgada, a ser celebrado anualmente e m 1º de maio._x000D_
+O projeto define objetivos de valorização cultural, fomento ao turismo e , primordialmente, o incentivo ao_x000D_
+manejo responsável e bem-estar animal. Além disso, estabelece vedações contra maus-tratos e autoriza_x000D_
+parcerias para a viabilização do evento._x000D_
+2. FUNDAMENTAÇÃO TEÓRICA E JURÍDICA_x000D_
+I- Da Competência e Iniciativa_x000D_
+A matéria insere-se a competência suplementar do Município para legislar sobre assuntos de interesse_x000D_
+local. A instituição de datas comemorativas e calendários de eventos é matéria de competência comum,_x000D_
+não havendo vício de iniciativa, uma vez que não gera atribuições específicas ou aumento de despesa_x000D_
+obrigatória imediata a o Poder Executivo que extrapole a gestão orçamentária comum._x000D_
+II- Da Constitucionalidade Material_x000D_
+O projeto demonstra especial cuidado com o Art. 225, §1°, VI da Constituição Federal, que veda práticas que submetam animais a crueldade._x000D_
+* O Art. 3° e o Art. 4º da proposição reforçam a obrigatoriedade de observância das normas de bem-_x000D_
+estar animal._x000D_
+* A proibição explícita de instrumentos que causem sofrimento físico ou psicológico garante a_x000D_
+juridicidade da proposta frente aos órgãos de controle._x000D_
+II- Da Técnica Legislativa_x000D_
+O Substitutivo apresentado atende aos preceitos da Lei Complementar n ° 95/1998. O texto é claro, os_x000D_
+artigos estão logicamente organizados e a ementa define com precisão o objeto da lei_x000D_
+ 3. VOTO DO RELATOR_x000D_
+Diante do exposto, por não apresentar vícios de inconstitucionalidade ou ilegalidade, esta Relatoria_x000D_
+manifesta-se pela CONSTITUCIONALIDADE, JURIDICIDADE E LEGALIDADE do referido Projeto de Lei,_x000D_
+opinando por sua regular tramitação neste Poder Legislativo._x000D_
+É o parecer._x000D_
+Sala das Comissões, 10 de Março de 2026._x000D_
+(aa) José Domingos do Rozário - Presidente_x000D_
+Guilherme Farias - Relator_x000D_
+Karine Brandão - Membro</t>
+  </si>
+  <si>
+    <t>5583</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5583/parecer_ccjr_ao_pl_112-2025.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Constituição, Justiça e Redação._x000D_
+Assunto: Projeto de Lei nº 112 de 2025 de autoria do Ver. Alex Alves_x000D_
+Ementa: "DISPÕE SOBRE A PROIBIÇÃO DO CORTE DOS SERVIÇOS DE FORNECIMENTO DE ENERGIA ELÉTRICA E ÁGUA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS"_x000D_
+Relator: Ver. Adilson Pimpo_x000D_
+Analisando o Projeto de de Lei em epígrafe, opino pela sua Constitucionalidade. _x000D_
+É o Parecer._x000D_
+Sala das Comissões, 3 de Março de 2026._x000D_
+(aa) José Domingos do Rozário - Presidente_x000D_
+Guilherme Farias - Membro_x000D_
+Karine Brandão - Membro</t>
+  </si>
+  <si>
+    <t>5584</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5584/parecer_ccjr_ao_pl_126-2025.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Constituição, Justiça e Redação._x000D_
+Assunto: Projeto de Lei nº 126 de 2025 de autoria da Mesa Diretora._x000D_
+Ementa: DISPÕE SOBRE A INCLUSÃO DO PARÁGRAFO ÚNICO AO ARTIGO 6° DA LEI Nº 4.183/2024, QUE REGULAMENTA O SISTEMA DE_x000D_
+DESPESAS ESPECÍFICAS CONCEDIDAS AOS AGENTES POLÍTICOS E SERVIDORES DO PODER LEGISTATIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relator: Verª. Karine Brandão Barbosa._x000D_
+Analisando o Projeto de Lei em epígrafe, opino pela sua Constitucionalidade. _x000D_
+É o Parecer._x000D_
+Sala das Comissões, 03 de março de 2026._x000D_
+(aa) José Domingos do Rozário - Presidente_x000D_
+Karine Brandão - Relatora_x000D_
+Guilherme Farias- Membro</t>
+  </si>
+  <si>
+    <t>5585</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5585/parecer_ccjr_ao_pl_127-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Comissão de Constituição, Justiça e Redação._x000D_
+Assunto: Projeto de Lei nº 127 de 2025 de autoria da Ver. Fabinho Taciano._x000D_
+Ementa: DISPÕE SOBRE REGULAMENTAR NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ A PRÁTICA DE TELEMEDICINA._x000D_
+Relator: Verª. Karine Brandão._x000D_
+Analisando o projeto de lei em epigrafe, opino pela sua Constitucionalidade._x000D_
+ É o Parecer._x000D_
+Sala das Comissões, 03 de março de 2026._x000D_
+(aa) José Domingos - Presidente_x000D_
+Karine Brandão - Relatora_x000D_
+Guilherme Farias - Membro</t>
+  </si>
+  <si>
+    <t>5586</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5586/parecer_ccjr_ao_pl_128-25.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Constituição, Justiça e Redação._x000D_
+Assunto: Projeto de Lei nº 128 de 2025 de autoria da Ver. Fabinho Taciano._x000D_
+Ementa: DISPÕE SOBRE CRIAR O VALE SAÚDE NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relator: Vera. Karine Brandão Barbosa de Lima._x000D_
+Analisando o Projeto de Lei em epígrafe, opino pela sua Constitucionalidade. _x000D_
+É o Parecer._x000D_
+Sala das Comissões, 03 de março de 2026_x000D_
+(aa) José Domingos - Presidente_x000D_
+Karine Brandão - Relatora_x000D_
+Guilherme Farias - Membro</t>
+  </si>
+  <si>
+    <t>5587</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5587/parecer_ccjr_ao_pl129-2025.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Constituição. Justiça e Redação._x000D_
+Assunto: Projeto de Lei n° 129 de 2025 de autoria da Ver. Agenor Teixeira._x000D_
+Ementa: DISPÕE SOBRE O USO DE IDENTIFICAÇÃO FUNCIONAL DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO E DO PODER LEGISLATIVO_x000D_
+MUNICIPAL QUANDO EM ATIVIDADES EXTERNAS DE VISTORIA, FISCALIZAÇÃO, INSPEÇÃO E INAUGURAÇÃO NO ÂMBITO DO MUNICÍPIO_x000D_
+DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relator: Vera. Karine Brandão._x000D_
+Analisando o projeto de lei em epígrafe, opino pela sua Constitucionalidade. _x000D_
+É o Parecer._x000D_
+Sala das Comissões, 03 de março de 2026._x000D_
+(aa) José Domingos - Presidente_x000D_
+Karine Brandão - Relatora_x000D_
+Guilherme Farias - Membro</t>
+  </si>
+  <si>
+    <t>5588</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5588/parecer_ccj_ao_pl_134-25_1.pdf</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
+PARECER AO PROJETO DE LEI Nº 134/2025_x000D_
+CÂMARA MUNICIPAL DE ITAGUAÍ_x000D_
+ASSUNTO: Projeto de Lei de nº134/25 de autoria da Vereadora Karine Brandão Barbosa de Lima._x000D_
+EMENTA: INSTITUI O EVENTO "VIRADA INCLUSIVA" NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS._x000D_
+RELATOR: Vereador Guilherme Farias_x000D_
+I - RELATÓRIO_x000D_
+Vem a esta Comissão de Constituição, Justiça e Redação, para análise de admissibilidade e legalidade, a proposição_x000D_
+que visa instituir a "Virada Inclusiva" no Município de Itaguai. O evento posui caráter cultural, artístico, esportivo e_x000D_
+social, com o objetivo central de promover a inclusão, valorização e visibilidade das pessoas com deficiência._x000D_
+A proposta define objetivos claros, como a conscientização da sociedade e o fomento a o uso de espaços públicos_x000D_
+acessíveis, sugerindo que o evento ocorra preferencialmente no primeiro fim de semana de dezembro._x000D_
+I - ANÁLISE JURÍDICA_x000D_
+Competência Legislativa: A matéria trata de interesse local e proteção de pessoas com deficiência, temas que_x000D_
+encontram amparo no Art. 30 da Constituição Federal e na Lei Brasileira de Inclusão (Estatuto da Pessoa com_x000D_
+Deficiência)._x000D_
+Iniciativa e Autonomia: O Projeto apresenta natureza autorizativa, estabelecendo que o Poder Executivo "fica_x000D_
+autorizado" a apoiar a realização do evento. Adicionalmente, o Art. 3°, inciso IV, veda expressamente a transferência_x000D_
+obrigatória de recursos públicos, o que preserva a autonomia orçamentária do Executivo e evita vício de iniciativa_x000D_
+Constitucionalidade: A proposição atende aos princípios da dignidade da pessoa humana e da igualdade,_x000D_
+promovendo a integração social sem criar cargos ou novas atribuições administrativas permanentes._x000D_
+Técnica Legislativa: O texto guarda clareza e precisão terminológica, estando em conformidade com as normas de_x000D_
+redação legislativa._x000D_
+III - VOTO DO RELATOR_x000D_
+Diante do exposto, por não apresentar óbices de ordem constitucional, jurídica ou de técnica legislativa, esta_x000D_
+Relatoria manifesta-se pela CONSTITUCIONALIDADE, JURIDICIDADE E LEGALIDADE do Projeto de Lei em tela,_x000D_
+opinando por sua regular tramitação neste Poder Legislativo._x000D_
+É o parecer._x000D_
+Sala das Comissões, 03 de Março de 2026._x000D_
+_x000D_
+(aa) José Domingos do Rozário - Presidente_x000D_
+Guilheme Farias - Relator _x000D_
+Karine Brandão- Membro</t>
+  </si>
+  <si>
+    <t>5589</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5589/parecer_cfocpc_ao_pl_117-25_1.pdf</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS_x000D_
+ASSUNTO: Projeto de Lei de nº117/25 de autoria da Vereadora Patricia Kuchenbecker._x000D_
+EMENTA: CONSIDERA A BANDA MUNICIPAL DE ITAGUAÍ - BAMITA COMO BEM CULTURAL E IMATERIALDE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+RELATOR: Vereador Guilherme Farias_x000D_
+1 - RELATÓRIO_x000D_
+Vem a esta Comissão de Finanças, Orçamento, Controle e Prestação de Contas para análise de mérito_x000D_
+financeiro, o Projeto de Lei que visa conferir à Banda Municipal de Itaguaí (BAMITA) o reconhecimento_x000D_
+como Patrimônio Cultural e Imaterial do Município. A proposta busca salvaguardar a memória e a_x000D_
+identidade cultural formadas pela referida instituição._x000D_
+II - ANÁLISE TÉCNICO-FINANCEIRA_x000D_
+Impacto Orçamentário: A presente proposição possui natureza declaratória e honorífica. O_x000D_
+reconhecimento de um bem com o patrimônio imaterial não implica, de forma direta e imediata, na_x000D_
+criação, expansão ou aperfeiçoamento de ação governamental que acarrete aumento de despesa pública._x000D_
+Conformidade com a LRF: Uma vez que o projeto não cria despesa obrigatória de caráter continuado, não_x000D_
+há exigência de apresentação de estimativa de impacto trienal ou de declaração de adequação_x000D_
+orçamentária e financeira, nos termos dos Artigos 16 e 17 da Lei Complementar n° 101/2000 (Lei de_x000D_
+Responsabilidade Fiscal)._x000D_
+Dotação Orçamentária: Caso o Poder Executivo venha a realizar ações futuras de fomento em decorrência_x000D_
+deste título, estas deverão estar devidamente previstas nas leis orçamentárias anuais (LOA) e no Plano_x000D_
+Plurianual (PA), respeitando os limites de gastos da administração._x000D_
+III - VOTO DO RELATOR_x000D_
+Diante do exposto, sob o prisma da competência desta Comissão, verifico que a matéria não gera_x000D_
+desequilíbrio nas contas públicas e não fere as normas de direito financeiro vigentes. Portanto, manifesto_x000D_
+meu voto FAVORÁVEL à aprovação do Projeto de Lei em tela._x000D_
+É o parecer._x000D_
+Sala das Comissões, 27 de Fevereiro de 2026._x000D_
+(aa) José Domingos do Rozário - Presidente_x000D_
+Guilherme Farias - Relator_x000D_
+Julio Cézar - Membro</t>
+  </si>
+  <si>
+    <t>5590</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5590/parecer_cfocpc_ao_pl122-25_3.pdf</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS_x000D_
+ASSUNTO: Projeto de Lei de nº12/25 de autoria do Vereador Adilson Campos._x000D_
+EMENTA: Inclui pequenas picapes, como Fiat Toro, Strada, Saveiro e similares, na categoria de táxis doMunicípio de Itaguaí e dá outras providências._x000D_
+RELATOR: Vereador Guilherme Farias_x000D_
+I- RELATÓRIO_x000D_
+Vem a esta Comissão, para análise de impacto financeiro e orçamentário, o Projeto de Lei que visa_x000D_
+autorizar a utilização de veículos utilitários de pequeno porte (picapes) no serviço de transporte individual_x000D_
+de passageiros (táxis) no Município de Itaguaí. A proposta condiciona a inclusão ao atendimento de_x000D_
+exigências de segurança e identificação visual._x000D_
+I - ANÁLISE TÉCNICO-FINANCEIRA_x000D_
+Impacto na Despesa Pública: A presente proposição não gera despesa direta para o erário municipal. A_x000D_
+aquisição, manutenção e adaptação dos veículos para a categoria de táxi são de inteira responsabilidade_x000D_
+dos permissionários do serviço (particulares), não onerando o orçamento da Prefeitura._x000D_
+Impacto na Receita Pública: A ampliação da frota ou a renovação para modelos de maior valor agregado_x000D_
+pode resultar em um incremento positivo na arecadação municipal através de taxas de licenciamento,_x000D_
+vistorias anuais e demais tributos vinculados à prestação de serviços de transporte._x000D_
+Lei de Responsabilidade Fiscal (LRF): Visto que o projeto não cria despesa obrigatória de caráter_x000D_
+continuado nem renúncia de receita, ele está em plena conformidade com a Lei Complementar n °_x000D_
+101/2000._x000D_
+Regulamentação: O Art. 3 º do projeto delega a o Poder Executivo a regulamentação dos critérios de_x000D_
+habilitação e fiscalização, o que permite à administração ajustar os custos operacionais de controle_x000D_
+conforme a disponibilidade administrativa._x000D_
+I - VOTO DO RELATOR_x000D_
+Sob o aspecto financeiro e orçamentário, a matéria é meritória e não oferece riscos ao equilíbrio das_x000D_
+contas públicas do Município de Itaguaí. Diante do exposto, manifesto meu voto FAVORÁVEL à aprovação_x000D_
+do Projeto de Lei em tela._x000D_
+É o parecer._x000D_
+Sala das Comissões, 03 de Março de 2026._x000D_
+(aa) José Domingos do Rozário - Presidente_x000D_
+Guilherme Farias - Relator_x000D_
+Julio Cézar - Membro</t>
+  </si>
+  <si>
+    <t>5591</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5591/parecer_cfocpc_ao_pl_123-25_3.pdf</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS_x000D_
+ASSUNTO: Projeto de Lei de nº123/25 de autoria do Vereador Adilson Campos._x000D_
+EMENTA: DISPÕE SOBRE A OBRIGATORIEDADE DE CONCESSÃO DE DESCONTO PROPORCIONAL NA_x000D_
+FATURA DAS EMPRESAS PRESTADORAS DE SERVIÇO DE INTERNET FIXA E MÓVEL EM CASO DE_x000D_
+INTERRUPÇÃO OU FALHA PROLONGADA NA PRESTAÇÃO DO SERVIÇO, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+RELATOR: Vereador Guilherme Farias_x000D_
+1 - RELATÓRIO_x000D_
+Vem a esta Comisão de Finanças, Orçamento, Controle e Prestação de Contas, para análise de mérito_x000D_
+financeiro e orçamentário, o Projeto de Lei que obriga as empresas de internet que operam em Itaguai a_x000D_
+concederem desconto automático e proporcional aos usuários sempre que houver indisponibilidade do_x000D_
+serviço por 4 (quatro) horas ou mais_x000D_
+I - ANÁLISE TÉCNICO-FINANCEIRA_x000D_
+Ausência de Impacto na Despesa Pública: A proposição em análise não cria despesas diretas para o Poder_x000D_
+Executivo ou para o Poder Legislativo Municipal. As obrigações de ressarcimento e desconto recaem_x000D_
+exclusivamente sobre as empresas privadas prestadoras de serviços de telecomunicações._x000D_
+Impacto na Receita Pública: O projeto não prevê qualquer tipo de isenção fiscal ou renúncia de receita_x000D_
+tributária (como ISSQN), mantendo intacta a arrecadação municipal prevista no orçamento vigente._x000D_
+Fiscalização e Parcerias: O Artigo 4º autoriza o Poder Executivo a firmar parcerias com o Procon Municipal_x000D_
+para a fiscalização da lei. Visto que o Procon já possui estrutura administrativa e dotação orçamentária_x000D_
+própria para o exercício do poder de policia administrativa, tal medida não configura criação de nova_x000D_
+estrutura geradora de custos extraordinários._x000D_
+Conformidade com a LRF: Dado que a matéria não gera aumento de despesa obrigatória de caráter_x000D_
+continuado, o projeto dispensa a apresentação de estimativas de impacto trienal, estando em plena_x000D_
+conformidade com a Lei Complementar n° 101/2000 (Lei de Responsabilidade Fiscal)._x000D_
+I - VOTO DO RELATOR_x000D_
+Sob o prisma da competência desta Comissão, verifico que a matéria é financeiramente viável e não_x000D_
+oferece risco ao equilíbrio das contas públicas do Município de Itaguaí. Diante do exposto, manifesto meu_x000D_
+voto FAVORÁVEL à aprovação do Projeto de Lei em tela._x000D_
+É o parecer._x000D_
+Sala das Comissões, 03 de Março de 2026._x000D_
+(aa) José Domingos do Rozário - Presidente_x000D_
+Guilherme Farias - Relator_x000D_
+Julio Cezar - Membro</t>
+  </si>
+  <si>
+    <t>5592</t>
+  </si>
+  <si>
+    <t>CDEIC - Comissão de Desenvolvimento Econômico, Indústria e Comércio</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5592/cdeic_parecer_pl_34.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Desenvolvimento Econômico, Indústria e Comércio._x000D_
+Assunto: Projeto de Lei nº 34 de 2025 de autoria do Ver. Olindino Cerqueira._x000D_
+Ementa: DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA PRIMEIRO EMPREGO NO ÂMBITO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relatora: Ver. Rachel Secundo._x000D_
+Analisando o Projeto de Lei em epígrafe, opino favoravelmente quanto a sua Aprovação._x000D_
+É o Parecer._x000D_
+Sala das comissões, 11 de março de 2026. _x000D_
+(aa) Ver. Alexandro Valença de Paula - Presidente;_x000D_
+ Ver. Rachel Secundo da Silva - relator; _x000D_
+Ver. Júlio Cezar José de Andrade Filho - Membro.</t>
+  </si>
+  <si>
+    <t>5593</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5593/cdeic_parecer_pl_63.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Desenvolvimento Econômico, Indústria e Comércio._x000D_
+Assunto: Projeto de Lei nº 63 de 2025 de autoria do Ver. Valtinho Almeida_x000D_
+Ementa: DISÕE SOBRE INSTITUIR O DIA VALORIZE O COMÉRCIO LOCAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relator: Ver. Rachel Secundo_x000D_
+Analisando o Projeto de Lei em epigrafe, opino favoravelmente quanto a sua Aprovação. _x000D_
+É o Parecer._x000D_
+Sala das comissões, 11 de março de 2026. _x000D_
+(aa) Ver. Alexandro Valença de Paula - Presidente, Ver. Rachel Secundo - relator; Ver. Júlio Cezar José de Andrade Filho - Membro.</t>
+  </si>
+  <si>
+    <t>5594</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5594/cdeic_parecer_pl_74.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Desenvolvimento Econômico, Indústria e Comércio._x000D_
+Assunto: Projeto de Lei n°74 de 2025 de autoria do Ver. Rachel Secundo._x000D_
+Ementa: DISPÕE SOBRE A OBRIGATORIEDADE DE ASSEGURAR O ATENDIMENTO ÀS PESSOAS COM DEFICIÊNCIA AUDITIVA POR MEIO DE INTÉRPRETE DA LÍNGUA BRASILEIRA DE SINAIS – LIBRAS, OU MEIOS DE ACESSIBILIDADE EQUIVALENTES, EM TODOS OS ESTABELECIMENTOS PRIVADOS DE ATENDIMENTO AO PÚBLICO NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relator: Ver. Júlio Cezar._x000D_
+Analisando o Projeto de Lei em epígrafe, opino favoravelmente quanto a sua Aprovação. _x000D_
+É o Parecer._x000D_
+Sala das comissões, 11 de março de 2026. _x000D_
+(aa) Ver. Alexandro Valença de Paula - Presidente, Ver. Júlio Cezar José de Andrade Filho - relator; Ver. Rachel Secundo - Membro;</t>
+  </si>
+  <si>
+    <t>5595</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5595/cdeic_parecer_pl_96.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Desenvolvimento Econômico, Indústria e Comércio._x000D_
+Assunto: Projeto de Lei n°96 de 2025 de autoria do Ver. Rachel Secundo._x000D_
+Ementa: AUTORIZA A CRIAÇÃO DA CARTILHA DE ACESSIBILIDADE COM NORMAS TÉCNICAS VOLTADAS AO COMÉRCIO E EMPRESAS NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relator: Ver. Júlio Cezar._x000D_
+Analisando o Projeto de Lei em epígrafe, opino favoravelmente quanto a sua Aprovação. _x000D_
+É o Parecer._x000D_
+Sala das comissões, 11 de março de 2026._x000D_
+ (aa) Ver. Alexandro Valença de Paula - Presidente, Ver. Júlio Cezar José de Andrade Filho - relator; Ver. Rachel Secundo - Membro.</t>
+  </si>
+  <si>
+    <t>5596</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5596/cdeic_parecer_pl_111.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Desenvolvimento Econômico, Indústria e Comércio._x000D_
+Assunto: Projeto de Lei nº 111 de 2025 de autoria do Ver. Alexandro Valença de Paula._x000D_
+Ementa: DISPÕE SOBRE A PROIBIÇÃO DE COMERCIALIZAÇÃO DE BEBIDAS EM RECIPIENTES DE VIDRO NA FAIXA DE AREIA DAS PRAIAS LOCALIZADAS NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relatora: Ver. Rachel Secundo_x000D_
+Analisando o Projeto de Lei em epígrafe, opino favoravelmente quanto a sua Aprovação. _x000D_
+É o Parecer._x000D_
+Sala das comissões, 11 de março de 2026._x000D_
+ (aa) Ver. Alexandro Valença de Paula - Presidente, Ver. Rachel Secundo - relator; Ver. Júlio Cezar José de Andrade Filho - Membro.</t>
+  </si>
+  <si>
+    <t>5631</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5631/parecer_ccjr_ao_pelom_001-2026.pdf</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
+PARECER AO PROJETO DE EMENDA À LEI ORGÂNICA MUNICIPAL DE N º 001/26_x000D_
+ASSUNTO: ALTERA A REDAÇÃO DA ALÍNEA "B" D O INCISO XV D O ART. 2 0 DA LEI ORGÂNICA DOMUNICÍPIO D E ITAGUAÍ._x000D_
+AUTOR: PODER EXECUTIVO_x000D_
+RELATOR: Vereador Guilherme Farias_x000D_
+1. RELATÓRIO_x000D_
+Trata-se de Projeto de Emenda à Lei Orgânica que visa modificar as regras de acumulação de cargos_x000D_
+públicos no âmbito municipal. A proposta altera especificamente a alínea "b" do inciso XV do Artigo 20,_x000D_
+para permitir a acumulação de um cargo de professor com outro de qualquer natureza, desde que haja_x000D_
+compatibilidade de horários._x000D_
+2. FUNDAMENTAÇÃO JURÍDICA_x000D_
+I - Da Competência e Iniciativa_x000D_
+A proposta foi apresentada pela Mesa Diretora da Câmara Municipal, conforme autoriza o rito de emenda_x000D_
+à Lei Orgânica. O Município possui autonomia para organizar seu quadro de pessoal e regime jurídico,_x000D_
+respeitando os limites impostos pela Constituição Federal._x000D_
+I I - Da Constitucionalidade Material (Simetria Constitucional)_x000D_
+O projeto busca alinhar a legislação municipal a o disposto no Art. 37, inciso XVI, alínea "b" da_x000D_
+Constituição Federal. A Carta Magna permite expressamente a acumulação remunerada de cargos_x000D_
+públicos, quando houver compatibilidade de horários, especificamente para:_x000D_
+Dois cargos de professor;_x000D_
+Um cargo de professor com outro técnico ou científico (que parece ser o espírito da "natureza" citada);_x000D_
+Dois cargos ou empregos privativos de profissionais de saúde, com profissões regulamentadas._x000D_
+A redação proposta no projeto utiliza o termo "um cargo de professor com outro de qualquer natureza". É_x000D_
+importante ressaltar que, embora a intenção seja a simetria com a Constituição Federal, a interpretação_x000D_
+deve sempre observar a compatibilidade de horários e a natureza técnica ou cientifica do segundo cargo._x000D_
+conforme a jurisprudência dos tribunais superiores._x000D_
+III - Da Técnica Legislativa_x000D_
+A proposição observa o rito formal para emendas à Lei Orgânica, incluindo a promulgação pela Mesa diretora. O texto é conciso e indica com precisão o dispositivo a ser alterado _x000D_
+3. VOTO DO RELATOR_x000D_
+A alteração proposta é fundamental para a atualização da Lei Orgânica, harmonizando-a com os preceitos_x000D_
+constitucionais federais que regem a administração pública. A medida valoriza o profissional d a educação e_x000D_
+otimiza a ocupação de cargos técnicos no serviço público municipal._x000D_
+Diante do exposto, manifesto meu voto pela CONSTITUCIONALIDADE, JURIDICIDADE E LEGALIDADE,_x000D_
+opinando pela aprovação do Projeto de Emenda à Lei Orgânica conforme apresentado,_x000D_
+É o parecer._x000D_
+Sala das Comissões, 11 de Março de 2026._x000D_
+(aa)  José Domingos - Presidente_x000D_
+Guilherme Faria - Relator_x000D_
+Karine Brandão - Membro</t>
+  </si>
+  <si>
+    <t>5632</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5632/parecer_ccjr_ao_pl_28-2026.pdf</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
+PARECER AO PROJETO DE LEI D O PODER EXECUTIVO DE N ° 28/26_x000D_
+ASSUNTO: APROVA O PLANO MUNICIPAL DE CULTURA (PMC) DO MUNICÍPIO DE ITAGUAÍ PARA OPRÓXIMO DECÊNIO._x000D_
+AUTOR: PODER EXECUTIVO_x000D_
+RELATOR: Vereador Guilherme Farias_x000D_
+1. RELATÓRIO_x000D_
+Trata-se de Projeto de Lei de autoria do Poder Executivo que visa aprovar o Plano Municipal de Cultura_x000D_
+(PMC), com duração prevista de dez anos. O projeto estabelece a obrigatoriedade de elaboração de planos_x000D_
+decenais subsequentes e prevê uma revisão obrigatória no prazo de até cinco anos após sua publicação._x000D_
+A proposição define ainda as competências da Secretaria Municipal de Cultura no monitoramento e_x000D_
+avaliação das metas, além do papel fiscalizador do Poder Legislativo e do Conselho Municipal de Cultura._x000D_
+2. FUNDAMENTAÇÃO JURÍDICA_x000D_
+1 - Da Competência e Iniciativa_x000D_
+A matéria trata de política pública cultural e organização administrativa local, temas de competência do_x000D_
+Município conforme o Art. 30 da Constituição Federal. A iniciativa do projeto cabe ao Chefe do Poder_x000D_
+Executivo, uma vez que dispõe sobre diretrizes e metas para a administração pública municipal e suas_x000D_
+secretarias._x000D_
+II - Da Constitucionalidade Material_x000D_
+O projeto está em plena consonância com o Art. 215 da Constituição Federal, que impõe ao Estado o_x000D_
+dever de garantir a todos o pleno exercício dos direitos culturais e o acesso às fontes da cultura nacional,_x000D_
+apoiando a valorização e a difusão das manifestações culturais._x000D_
+A criação de um plano decenal assegura a continuidade das políticas de Estado, independentemente de_x000D_
+trocas de gestão, o que fortalece o princípio da eficiência administrativa._x000D_
+A previsão de indicadores para quantificar a oferta, demanda e desenvolvimento econômico-cultural_x000D_
+demonstra zelo com a transparência e o controle social._x000D_
+III - Do Controle e Fiscalização_x000D_
+O texto assegura corretamente a prerrogativa do Poder Legislativo de acompanhar a execução do plano_x000D_
+por meio de suas comissões permanentes, respeitando o princípio d a separação e harmonia entre os_x000D_
+Poderes._x000D_
+I V - Da Técnica Legislativa_x000D_
+A proposição segue as normas da Lei Complementar n° 95/1998. O texto é estruturado de forma lógica,_x000D_
+com ementa precisa e artigos que definem claramente as responsabilidades dos órgãos envolvidos._x000D_
+3. VOTO DO RELATOR_x000D_
+O Projeto de Lei que aprova o Plano Municipal de Cultura preenche todos os requisitos legais e_x000D_
+constitucionais. Trata-se de um instrumento fundamental para o desenvolvimento social e identitário de_x000D_
+Itaguaí, organizando de forma sustentável as metas para o setor cultural._x000D_
+Diante do exposto, manifesto meu voto pela CONSTITUCIONALIDADE, JURIDICIDADE E LEGALIDADE,_x000D_
+opinando pela sua aprovação e regular tramitação nesta Casa de Leis._x000D_
+É o parecer._x000D_
+Sala das Comissões, 11 de Março de 2026._x000D_
+(aa) José Domingos - Presidente_x000D_
+Guilherme Farias - Relator_x000D_
+Karine Brandão - Membro</t>
+  </si>
+  <si>
+    <t>5633</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5633/parecer_ccjr_ao_pl_29-2026.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Comissão de Constituição, Justiça e Redação._x000D_
+Assunto: Projeto de Lei nº 29 de 2026 de autoria do Prefeito Interino Haroldo de Jesus Neto._x000D_
+Ementa: ALTERA A REDAÇÃO DO INCISO II DO ART. 150 DA LEI Nº 2.412/2003._x000D_
+Relatora: Vereadora Karine Brandão Barbosa de Lima._x000D_
+Analisando o projeto de lei em epígrafe, opino pela sua Constitucionalidade._x000D_
+É o parecer_x000D_
+Sala das Comissões, 11 de março de 2026._x000D_
+(aa) José Domingos - Presidente_x000D_
+Karine Brandão - Relatora_x000D_
+Guilherme Farias - Membro</t>
+  </si>
+  <si>
+    <t>5634</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5634/parecer_ccjr_ao_pl30-2026.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Comissão de Constituição, Justiça e Redação._x000D_
+Assunto: Projeto de Lei nº 30 de 2026 de autoria do Prefeito Interino Haroldo de Jesus Neto._x000D_
+Ementa: AUTORIZA O PODER EXECUTIVO DO MUNICÍPIO DE ITAGUAÍ A RECEBER, A TITULO DE DOAÇÃO, BENS IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+Relator: Vereadora Karine Brandão Barbosa de Lima._x000D_
+Analisando o Projeto de Lei em epígrafe, opino pela sua Constitucionalidade. _x000D_
+É o Parecer._x000D_
+Sala das Comissões, 11 de março de 2026._x000D_
+(aa) José Domingos - Presidente_x000D_
+Karine Brandão - Relatora_x000D_
+Guilherme Farias - Membro</t>
+  </si>
+  <si>
+    <t>5545</t>
+  </si>
+  <si>
+    <t>PELOM</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda a Lei Orgânica Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5545/emenda_lom.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DA ALÍNEA "B" DO INCISO XV DO ART. 20 DA LEI ORGÂNICA DO MUNICÍPIO DE ITAGUAÍ.</t>
+  </si>
+  <si>
     <t>5371</t>
   </si>
   <si>
     <t>PLEI</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>Haroldo Rodrigues Jesus Neto</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5371/mensagem_001_2026.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5371/mensagem_001_2026.pdf</t>
   </si>
   <si>
     <t>PROÍBE O USO DE LOGOMARCAS, SLOGANS, OU DE QUAISQUER OUTROS SÍMBOLOS QUE IDENTIFIQUEM A GESTÃO NA ADMINISTRAÇÃ0 PÚBLICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5372</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5372/pesca_forte.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5372/pesca_forte.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES PARA O PROGRAMA MUNICIPAL DE  _x000D_
 DESENVOLVIMENTO DA ATIVIDADE PESQUEIRA E DA ECONOMIA _x000D_
 DO MAR – PESCA FORTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5373</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5373/transito_e_solidariedade.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5373/transito_e_solidariedade.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES PARA O PROGRAMA MUNICIPAL DE          _x000D_
 INCENTIVO À DOAÇÃO DE SANGUE POR MEIO DA COMPENSAÇÃO DE _x000D_
 MULTAS DE TRÂNSITO EM ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5374</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5374/seguro_e_grantia.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5374/seguro_e_grantia.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES PARA A ADOÇÃO DE SEGURO-GARANTIA _x000D_
 EM      CONTRATOS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE _x000D_
 ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5375</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5375/adotando_uma_praca.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5375/adotando_uma_praca.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA 'ADOTE _x000D_
 UMA PRAÇA' NO MUNICÍPIO DE ITAGUAÍ E ESTABELECE DIRETRIZES _x000D_
 PARA A PARCERIA ENTRE O PODER PÚBLICO E A SOCIEDADE CIVIL.</t>
   </si>
   <si>
     <t>5376</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5376/altera_a_lei_3.870_de_18_de_agosto_de_2020_de_criacao_do_parque_natural_municipal_da_serra_da_calcada_2.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5376/altera_a_lei_3.870_de_18_de_agosto_de_2020_de_criacao_do_parque_natural_municipal_da_serra_da_calcada_2.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 3.870 DE 18 DE AGOSTO DE 2020, DE CRIAÇÃO DO PARQUE NATURAL MUNICIPAL DA SERRA DA CALÇADA, FIXA SEUS LIMITES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5377</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5377/altera_a_lei_no_3.869_de_18_de_agosto_de_2020_de_criacao_da_area_de_protecao_ambiental_da_praia_de_salina.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5377/altera_a_lei_no_3.869_de_18_de_agosto_de_2020_de_criacao_da_area_de_protecao_ambiental_da_praia_de_salina.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 3.869 DE 18 DE AGOSTO DE 2020, DE CRIAÇÃO DA ÁREA DE PROTEÇÃO AMBIENTAL DA PRAIA DE SALINA, FIXA SEUS LIMITES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5378</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5378/altera_a_lei_no3.159_de_20_de_agosto_de_2013_de_criacao_da_area_de_protecao_ambiental_do_saco_de_coroa_grande.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5378/altera_a_lei_no3.159_de_20_de_agosto_de_2013_de_criacao_da_area_de_protecao_ambiental_do_saco_de_coroa_grande.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº3.159 DE 20 DE AGOSTO DE 2013, DE CRIAÇÃO DA ÁREA DE PROTEÇÃO AMBIENTAL DO SACO DE COROA GRANDE, FIXA SEUS LIMITES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5379</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5379/pl_adote_uma_praca.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5379/pl_adote_uma_praca.pdf</t>
   </si>
   <si>
     <t>INSTITUI DIRETRIZES PARA O PROGRAMA "ADOTE UMA PRAÇA" NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5380</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5380/rachel_secundo_-_pl_ficha_mulher_protegida_-_ficha_lilas.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5380/rachel_secundo_-_pl_ficha_mulher_protegida_-_ficha_lilas.pdf</t>
   </si>
   <si>
     <t>Institui a Ficha Mulher Protegida – Ficha Lilás como instrumento de identificação, registro, encaminhamento e integração à rede de apoio de mulheres vítimas de violência no Município de Itaguaí, e dá outras providências.</t>
   </si>
   <si>
     <t>5381</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5381/rachel_secundo_-_pl_jardim_sensorial.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5381/rachel_secundo_-_pl_jardim_sensorial.pdf</t>
   </si>
   <si>
     <t>Institui o Jardim Sensorial de Itaguaí como espaço público de inclusão, educação ambiental, bem-estar e estímulo sensorial, e dá outras providências.</t>
   </si>
   <si>
     <t>5382</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5382/rachel_secundo_-_pl_aplicativo_municipal_mulher.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5382/rachel_secundo_-_pl_aplicativo_municipal_mulher.pdf</t>
   </si>
   <si>
     <t>Institui o Aplicativo Municipal de Orientação e Enfrentamento à Violência contra a Mulher, voltado à divulgação da rede de apoio, informação, prevenção e coleta de dados estatísticos no Município de Itaguaí, e dá outras providências.</t>
   </si>
   <si>
     <t>5383</t>
   </si>
   <si>
-    <t>13</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5383/rachel_secundo_-_pl_musicoterapia.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5383/rachel_secundo_-_pl_musicoterapia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DA MUSICOTERAPIA COMO PRÁTICA COMPLEMENTAR DE PROMOÇÃO DA SAÚDE, BEM‐ESTAR E DESENVOLVIMENTO SOCIAL NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5384</t>
   </si>
   <si>
-    <t>14</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5384/rachel_secundo_-_pl_pessoa_com_epidermolise_bolhosa.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5384/rachel_secundo_-_pl_pessoa_com_epidermolise_bolhosa.pdf</t>
   </si>
   <si>
     <t>INSTITUI O USO DO CORDÃO DE BORBOLETAS, A CARTEIRINHA MUNICIPAL DE IDENTIFICAÇÃO DA PESSOA COM EPIDERMÓLISE BOLHOSA (EB), A PRIORIDADE DE ATENDIMENTO E A AFIXAÇÃO DE CARTAZES INFORMATIVOS, NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5385</t>
   </si>
   <si>
-    <t>15</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5385/rachel_secundo_-_pl_psoriase.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5385/rachel_secundo_-_pl_psoriase.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CAPACITAÇÃO E CONSCIENTIZAÇÃO SOBRE A PSORÍASE E INSTITUI O DIA MUNICIPAL DA PSORÍASE NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5446</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5446/pl_rachel_secundo_-_altera_os_dispositivos_da_lei_no_2192-2001.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DA LEI Nº 2.192, DE 20 DE NOVEMBRO DE 2001, QUE INSTITUI O “PRÊMIO A MULHER DINÂMICA”, NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5503</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5503/12_-_pl_institui_diretrizes_para_o_apoio_e_o_fomento_a_autonomia_da_pessoa_com_transtorno_do_espectro_autista_tea_na_transicao_para_a_vida_adulta.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI DIRETRIZES PARA O APOIO E O FOMENTO À AUTONOMIA DA PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) NA TRANSIÇÃO PARA A VIDA ADULTA NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5504</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5504/oferta_de_atendimento_socioassistencial.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA A OFERTA DE ATENDIMENTO SOCIOASSISTENCIAL DOMICILIAR, DE FORMA ITINERANTE, A PESSOAS COM DEFICIÊNCIA E EM SITUAÇÃO DE MOBILIDADE REDUZIDA, NO ÂMBITO DA PROTEÇÃO SOCIAL BÁSICA  DO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5505</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5505/eja_-_jovens_e_adultos.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA A PROMOÇÃO DA BUSCA ATIVA ESCOLAR DA EDUCAÇÃO DE JOVENS E ADULTOS – EJA, COM INCENTIVO À QUALIFICAÇÃO PROFISSIONAL, AO PRIMEIRO EMPREGO E À INSERÇÃO NO MUNDO DO TRABALHO NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5506</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5506/ao_recebimento_de_denuncias_de_maus-tratos.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA A CRIAÇÃO DE CANAL DE ATENDIMENTO DESTINADO AO RECEBIMENTO DE DENÚNCIAS DE MAUS-TRATOS CONTRA PESSOAS COM DEFICIÊNCIA NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5507</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5507/07_-_pl_diretrizes_para_o_acolhimento_psicologico_de_mulheres_em_situacao_de_luto_perinatal.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA O ACOLHIMENTO PSICOLÓGICO DE MULHERES EM SITUAÇÃO DE LUTO PERINATAL NO ÂMBITO DA REDE PÚBLICA MUNICIPAL DE SAÚDE DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5508</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5508/04_-_pl_autorizacao_da_entrada_do_profissional_propagandista_de_produtos_farmaceuticos_nas_unidades_da_rede_publica.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A AUTORIZAÇÃO DA ENTRADA DO PROFISSIONAL PROPAGANDISTA DE PRODUTOS FARMACÊUTICOS NAS UNIDADES DA REDE PÚBLICA MUNICIPAL DE SAÚDE DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5509</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5509/adote_uma_praca_novo.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA ADOTE  UMA PRAÇA NO MUNICÍPIO DE ITAGUAÍ E ESTABELECE DIRETRIZES _x000D_
+PARA A PARCERIA ENTRE O PODER PÚBLICO E A SOCIEDADE CIVIL.</t>
+  </si>
+  <si>
+    <t>5510</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5510/equipe_multiciplinar.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE CRIAÇÃO DE EQUIPE MULTIDISCIPLINAR PARA ATENDIMENTO ESPECIALIZADO A CRIANÇAS NEUROATÍPICA E OBRIGATORIEDADE DA PRESENÇA DE NEUROPEDIATRA NAS UNIDADES DE ATENÇÃO PRIMARIAS E CLÍNICAS DA FAMÍLIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5511</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5511/p_l_oncologia.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O ATENDIMENTO PRIORITÁRIO E HUMANIZADO AOS PACIENTES ONCOLÓGICOS NOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS DO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5512</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5512/calendario_oficial_a_cultura_oceanica.pdf</t>
+  </si>
+  <si>
+    <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO A SEMANA MUNICIPAL DE CULTURA OCEÂNICA, FLUVIAL E PRESERVAÇÃO DOS MANGUEZAIS, A SER COMEMORADO ANUALMENTE NO MÊS DE JUNHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5513</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5513/projeto_de_lei_cultura_oceanica.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE POLÍTICA MUNICIPAL DE PROMOÇÃO A CULTURA OCEÂNICA, FLUVIAL E PRESERVAÇÃO DOS MANGUEZAIS E NA REDE DE ENSINO DO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5541</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5541/pl_plano_municipal_de_cultura.pdf</t>
+  </si>
+  <si>
+    <t>APROVA O PLANO MUNICIPAL DE CULTURA (PMC) E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5542</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5542/pl_altera_o_atr._150.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO INCISO II DO ART. 150 DA LEI Nº 2.412/2003.</t>
+  </si>
+  <si>
+    <t>5543</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5543/pl_titulo_de_doacao.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO DO MUNICÍPIO DE ITAGUAÍ A RECEBER, A TÍTUIO DE DOAÇÃO, BENS IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5544</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5544/pl_refis.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA ESPECIAL DE REGULARIZAÇÃO FISCAL (REFIS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5546</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5546/pl_corpo_cenico.pdf</t>
+  </si>
+  <si>
+    <t>CRIA O CORPO CÊNICO DO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5547</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5547/pl_altera_o_art._32.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ART. 32 DA LEI Nº 3.256/2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5575</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5575/06_-_pl_autoriza_o_poder_executivo_a_conceder_isencao_do_imposto_predial_e_territorial_urbano__iptu_a_pessoas_com_doencas_graves.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A CONCEDER ISENÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO – IPTU A PESSOAS COM  DOENÇAS GRAVES, NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5576</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5576/13_-_pl_instalacao_de_hidrometros_pelas_concessionarias_de_fornecimento_de_agua.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE, NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ, SOBRE A INSTALAÇÃO DE HIDROMETROS PELAS CONCESSIONÁRIAS DE FORNECIMENTO DE ÁGUA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5577</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5577/rachel_secundo_-_pl_praca_lilas.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI A PRAÇA LILÁS NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5578</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5578/projeto_de_lei_final_de_semana_na_escola.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO E IMPLANTAÇÃO DO PROJETO ESPORTE, CULTURA E INCLUSÃO, NOS FINAIS DE SEMANA E FERIADO NOS ESPAÇOS FÍSICOS DAS ESCOLAS DA REDE MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>5627</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5627/pl_rpps_2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE ITAGUAÍ COM SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS.</t>
+  </si>
+  <si>
+    <t>5628</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5628/pl_revoga_a_3.553_2017.pdf</t>
+  </si>
+  <si>
+    <t>REVOGA A LEI Nº 3.553/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5629</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5629/pl_itinga.pdf</t>
+  </si>
+  <si>
+    <t>TOMBA PARA FINS DE PRESERVAÇÃO POR SEU VALOR HISTÓRICO E CULTURAL A CAPELA DE ITINGA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5630</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5630/pl_banda.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA A FILIAÇÃO DA BANDA MUNICIPAL DE ITAGUAÍ E O PAGAMENTO DE ANUIDADE À FEDERAÇÃO DE FANFARRAS E BANDAS DO ESTADO DO RIO DE JANEIRO (FFABERJ) E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5658</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5658/pl_creditos_adicionais.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITOS ADICIONAIS AOS ÓRGÃOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5660</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5660/22_-_pl_estabelece_diretrizes_para_o_fomento_a_arte_inclusiva_no_municipio_de_itaguai_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA O FOMENTO À ARTE INCLUSIVA NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5661</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5661/atendiemnto_educacional.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA A PROMOÇÃO DO ATENDIMENTO EDUCACIONAL A ESTUDANTES EM CONDIÇÃO DE INTERNAÇÃO OU TRATAMENTO DE SAÚDE NO MUNICÍPIO DE ITAGUAÍ.</t>
+  </si>
+  <si>
+    <t>5662</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5662/15_-_pl_institui_diretrizes_para_a_implementacao_do_observatorio_da_violencia_contra_a_mulher_no_municipio_de_itaguai.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI DIRETRIZES PARA A IMPLEMENTAÇÃO DO OBSERVATÓRIO DA VIOLÊNCIA CONTRA A MULHER NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5663</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5663/23_-_pl_estabelece_diretrizes_para_a_producao_e_a_organizacao_de_politicas_publicas.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA A PRODUÇÃO E A ORGANIZAÇÃO DE INFORMAÇÕES SOBRE A POPULAÇÃO EM SITUAÇÃO DE RUA NO MUNICÍPIO DE ITAGUAÍ, PARA FINS DE PLANEJAMENTO DE POLÍTICAS PÚBLICAS.</t>
+  </si>
+  <si>
+    <t>5664</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5664/20_-_pl_estabelece_diretrizes_para_o_fortalecimento_da_divulgacao_e_da_observacao.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA O FORTALECIMENTO DA DIVULGAÇÃO E DA OBSERVÂNCIA DOS DEVERES DE NOTIFICAÇÃO COMPULSÓRIA DE VIOLÊNCIA CONTRA A PESSOA IDOSA E A PESSOA COM DEFICIÊNCIA, NO ÂMBITO DOS SERVIÇOS DE SAÚDE DO MUNICÍPIO DE ITAGUAÍ.</t>
+  </si>
+  <si>
+    <t>5665</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5665/14_-_pl_estabelece_diretrizes_para_o_acolhimento_e_orientacao_as_familias_no_momento.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA O ACOLHIMENTO E ORIENTAÇÃO ÀS FAMÍLIAS NO MOMENTO DO DIAGNÓSTICO DE DEFICIÊNCIA EM RECÉM-NASCIDOS NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5666</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5666/13_-_pl_reconhece_o_tapete_de_sal_confeccionado_anualmente_na_rua_cel._freitas_por_ocasiao_da_festa_de_corpus.pdf</t>
+  </si>
+  <si>
+    <t>RECONHECE O TAPETE DE SAL CONFECCIONADO ANUALMENTE NA RUA CEL. FREITAS, POR OCASIÃO DA FESTA DE CORPUS CHRISTI, COMO PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5667</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5667/16_-_pl_institui_diretrizes_para_a_implementacao_da_ronda_itaguaense_de_protecao_animal_e_para_acoes.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI DIRETRIZES PARA A IMPLEMENTAÇÃO DA RONDA ITAGUAENSE DE PROTEÇÃO ANIMAL E PARA AÇÕES DE CONSCIENTIZAÇÃO E COMBATE AOS MAUS-TRATOS CONTRA ANIMAIS NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5668</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5668/17_-_pl_institui_a_campanha_municipal_de_conscientizacao_e_valorizacao_da_comunidade_surda__setembro_azul.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI A CAMPANHA MUNICIPAL DE CONSCIENTIZAÇÃO E VALORIZAÇÃO DA COMUNIDADE SURDA – SETEMBRO AZUL, NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5669</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5669/18_-_pl_estabelece_diretrizes_para_a_promocao_da_inclusao_social_e_da_acessibilidade.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA A PROMOÇÃO DA INCLUSÃO SOCIAL E DA ACESSIBILIDADE DE PESSOAS COM NANISMO NO MUNICÍPIO DE ITAGUAÍ.</t>
+  </si>
+  <si>
+    <t>5670</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5670/19_-_pl_estabelece_diretrizes_para_a_promocao_da_inclusao_digital_da_pessoa_idosa_no_municipio_de_itaguai.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA A PROMOÇÃO DA INCLUSÃO DIGITAL DA PESSOA IDOSA NO MUNICÍPIO DE ITAGUAÍ.</t>
+  </si>
+  <si>
+    <t>5671</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5671/pl_doacao_de_sangue.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CAMPANHA DE CONSCIENTIZAÇÃO E INCENTIVO À DOAÇÃO DE SANGUE E/OU MEDULA ÓSSEA EM EVENTOS REALIZADOS NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5672</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5672/rachel_secundo_-_pl_spray_de_pimenta.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CAPACITAÇÃO E A DISPONIBILIZAÇÃO DE INSTRUMENTO DE DEFESA PESSOAL NÃO LETAL, INCLUSIVE SPRAY DE PIMENTA, ÀS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA COM MEDIDAS PROTETIVAS DE URGÊNCIA VIGENTES, NO MUNICÍPIO DE ITAGUAÍ, EM CONFORMIDADE COM A LEI MARIA DA PENHA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5673</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5673/rachel_secundo_-_pl_capacitacao_e_desenvolvimento_de_competencias_para_o_trabalho_e_geracao_de_renda.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE DIRETRIZES PARA INCENTIVO À CAPACITAÇÃO E DESENVOLVIMENTO DE COMPETÊNCIAS PARA O TRABALHO E GERAÇÃO DE RENDA DE MULHERES EM SITUAÇÃO DE VULNERABILIDADE NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>5697</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5697/projeto_de_lei_nova_estrutura_comissionada_2026_pgm.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE A ESTRUTURA DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5696</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - Mesa</t>
+  </si>
+  <si>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5696/pl_reajuste_servidores_cmi_2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A RECOMPOSIÇÃO SALARIAL ANUAL DOS SERVIDORES PÚBLICOS E DOS VEREADORES DO PODER LEGISLATIVO DO MUNICÍPIO_x000D_
+DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -729,68 +4397,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5390/mocao_do_rafael_de_farias_rocha_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5397/mocao_-_ana_paula_de_santa_maria_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5398/adelson_soares_monteiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5386/indicacao_0022026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5387/indicacao_0012026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5388/manutencao_asfaltica_coroa_grande.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5389/republica_federativa_do_brasil_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5391/reparo_asfaltico_odnit_maia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5392/indicacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5393/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5394/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5395/cras_coroa_grande.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5396/indicacao_2026_-_campanha_permanente_de_diu.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5371/mensagem_001_2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5372/pesca_forte.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5373/transito_e_solidariedade.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5374/seguro_e_grantia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5375/adotando_uma_praca.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5376/altera_a_lei_3.870_de_18_de_agosto_de_2020_de_criacao_do_parque_natural_municipal_da_serra_da_calcada_2.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5377/altera_a_lei_no_3.869_de_18_de_agosto_de_2020_de_criacao_da_area_de_protecao_ambiental_da_praia_de_salina.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5378/altera_a_lei_no3.159_de_20_de_agosto_de_2013_de_criacao_da_area_de_protecao_ambiental_do_saco_de_coroa_grande.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5379/pl_adote_uma_praca.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5380/rachel_secundo_-_pl_ficha_mulher_protegida_-_ficha_lilas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5381/rachel_secundo_-_pl_jardim_sensorial.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5382/rachel_secundo_-_pl_aplicativo_municipal_mulher.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5383/rachel_secundo_-_pl_musicoterapia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5384/rachel_secundo_-_pl_pessoa_com_epidermolise_bolhosa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5385/rachel_secundo_-_pl_psoriase.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5403/ata_s.o._1_1p_2026_03-02-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5427/ata_s.o._2_1p_2026_10-02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5470/ata_s.o._3_1p_2026_12-02-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5494/ata_s.o._4_1p_2026_24-02-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5528/ata_s.o._5_1p_2026_03-03-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5574/ata_s.o._6_1p_2026_10-03-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5623/ata_s.o._7_1p_2026_12-03-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5656/ata_s.o._8_1p_2026_17-03-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5659/ata_s.o._9_1p_2026_19-03-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5529/ata_1a_s.e._-03-03-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5624/ata_2a_s.e._-12-03-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5471/mensagem_02-2026_-_estrutura.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5537/mensagem_003_2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5538/mensagem_004_2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5539/mensagem_006_2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5540/mensagem_009_2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5657/mensagem_014_2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5390/mocao_do_rafael_de_farias_rocha_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5397/mocao_-_ana_paula_de_santa_maria_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5398/adelson_soares_monteiro.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5418/mocao_turma_sensacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5419/mocao_turma_batebolacast.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5422/02_-_mocao_de_congratulacoes_e_elogios_a_sra._paola_maia..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5423/01_-_mocao_de_congratulacoes_e_elogios_ao_sr._yandro_silva.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5428/mocao_turma_sonho_de_infancia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5429/mocao_turma_pais_e_filhos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5447/requerimento_-_wendel_nego_bom.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5448/requerimento_-_lucilia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5449/requerimento_mocao_sergio_henrique_santiago_veiga.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5473/requerimento_henry_-_drica.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5476/mocao_turma_brotheirs_de_itaguai..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5477/requerimento_-_mocao_patricia_hiraocka.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5495/requerimentos_de_mocao_-_junior_da_vera_.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5496/mocao_-marcia_cristina_soares_dulce.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5514/02_-_mocao_de_congratulacoes_e_elogios_wesley_ferreira_moraes_viana.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5515/01_-_mocao_de_congratulacoes_e_elogios_cb_pm_joao_gabriel_pereira_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5531/thais_ribeiro_correa_pinto.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5534/ingrid_carvalho_costa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5535/mocao_-_ronaldo_jose_vaz_filho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5536/mocao_-_antonio_carlos_pires_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5548/mocao_-_izabel_farias.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5549/requerimento_mocao_claudio_marcelo__de_lima_lopes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5550/dayana_ferreira_fernandes_grifo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5551/maria_das_gracas_pimenta_barbosa_de_oliviera.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5571/requerimento_-_thalles_silva_aguilar_de_souza.docx.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5572/requerimento_-_alana_dos_santos_escarani.docx.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5603/mocao_nicoly.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5605/mocao_yago_rocha.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5613/francisco_carlos_da_silva.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5614/cristiano_de_assis_silva.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5619/03_-_mocao_de_congratulacoes_e_elogios_a_dra._roselidia_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5620/04_-_mocao_de_congratulacoes_e_elogios_ao_sr._raimundo_torquato.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5655/debora_domingos_carneiro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5676/05_-_mocao_de_congratulacoes_e_elogios_a_sra._isis_teixeira.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5677/06_-_mocao_de_congratulacoes_e_elogios_a_pizzaria_la_filiara.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5682/mocao_-_rosaria_de_freitas_martins.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5683/mocao_-_sueli_de_barros_clarindo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5684/tamiris_braga.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5685/sandro_caetano.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5695/espelho_deyse.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5386/indicacao_0022026.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5387/indicacao_0012026.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5388/manutencao_asfaltica_coroa_grande.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5389/republica_federativa_do_brasil_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5391/reparo_asfaltico_odnit_maia.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5392/indicacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5393/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5394/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5395/cras_coroa_grande.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5396/indicacao_2026_-_campanha_permanente_de_diu.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5399/rocada_no_campo_de_futebol_manuel_mateus-_bairro_leandro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5400/rocada_na_estrada_do_mazomba_no_bairro_leandro.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5404/indicacao_0032026.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5405/indicacao_004_2026.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5406/quadra_esportiva_escola_santa_rosa.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5407/operacao_tapa_buraco_casinhas_.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5408/indicacao_-_ponte_brisamar_.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5409/indicacao_-_campanha_de_conscientizacao_.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5410/indicacao_82-2026.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5411/indicacao_80-2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5412/campanha_de_enfreatamento_ao_assedio_e_violencia_sexual.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5413/indicacao_-_campanha_de_limpeza_nas_praias_de_itaguai.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5414/desassoreamento_do_canal_rua_um.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5415/colocacao_de_quebra-mola.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5416/indicacao_bairro_santana.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5417/indicacao_bairro_brisamar.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5420/cacamba_de_lixo_coroa_grande.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5421/cacamba_de_lixo_estrela_do_ceu.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5424/img_0001.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5425/img_0002.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5430/indicacao_0052026.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5431/indicacao_0062026.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5432/briquedos_e_academina_ao_ar_livre_santana.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5433/campo_de_grama_sintetica_santana.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5434/004-26_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5435/003-26_retirada_de_entulhos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5436/indicacao_79-2026.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5437/indicacao_83-2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5438/indicacao_2026_-_jardim_sensorial.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5439/indicacao_2026_-_dragagem_do_canal_da_travessa_uniao_-_gleba_a.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5440/revitalizacao_da_praca_brisamar.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5441/troca_de_manilha_brisamar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5442/indicacao_bairro_santa_candida.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5443/indicacao_bairro_engenho.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5444/indicacao_-_justica_movel_.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5445/03_-_indicacao_-_instalacao_de_sistemas_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5450/indicacao_0072026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5451/indicacao_0082026.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5452/retirda_de_galhos_e_entulhos.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5453/fornecimento_de_agua.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5454/transporte_escolar_rua_rio_grande_do_sul.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5456/implantacao_de_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5457/tapa_buraco_california.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5458/indicacao_-__nucleo_apoio_tea.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5459/indicacao_-_praca_vila_margarida.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5460/indicacao_84-2026.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5461/indicacao_86-2026.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5462/centro_municipal_de_ortopedia.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5463/revitalizacao_da_praca_jose_luzia_-_gleba_a_-_chapero.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5464/analise_de_possibildade_de_instac.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5465/dessassoreamento_de_canal_na_rua_helena.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5466/indicacao_bairro_leandro.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5467/indicacao_bairro_vila_margarida.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5468/006-26_limpeza_de_bueiros.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5469/005-26_limpeza_de_bueiros.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5474/indicacao_0092026.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5475/indicacao_0102026.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5480/indicacao_-_conscientizacao_e_combater_a_violencia_contra_mulher.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5481/indicacao_-_implentacao_lei_15.284.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5498/indicacao_99-2026.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5499/indicacao_98-2026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5484/indicacao_no_bairro_vila_margarida.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5485/indicacao_no_bairro_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5486/indicacao_entulhos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5487/indicacao_tapa_entulhos.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5488/programa_horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5489/indicacao_-_revitalizacao_da_praca_do_skate.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5490/indicacao_f._rocha.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5491/indicacao_f._rocha.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5492/servico_de_limpeza_e_rocagem..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5482/indicacao_88-2026.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5483/indicacao_87-2026.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5516/indicacao_0112026.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5530/indicacao_-_rio_cacao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5518/praca_komeketo.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5519/cras_brisamar.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5520/012-26_asfaltamento.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5521/011-26_limpeza_de_bueiros.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5522/02_-_revitalizacao_do_campo_localizado_entre_a_rua_madressilva.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5523/01_-_consultorio_odontologico_movel_itinerante.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5524/indicacao_2026_-_farmacia_na_ubs_gleba_a.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5525/acolhe-rj.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5526/recapeamento_em_torno_do_abrigo_casa_lar.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5527/faixa_de_pedestre_cemes.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5532/limpeza_e_rocada_no_engenho_itaguai.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5533/conserto_ou_substituicao_de_manilha_no_bairro_parque__primavera.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5604/indicacao_-_caminhao_vacuo.pdf.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5552/indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5553/indicacao_016.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5554/rocada_rua_madre_cabrini.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5555/rocada.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5556/troca_de_manilhas_alziral_feital.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5557/rua_vinte_e_sete_brisamar.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5558/indicacao_97-2026.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5559/indicacao_94-2026.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5560/fornecimento_de_anticoncepcionais.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5561/mamografo_movel.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5562/cacamba_no_abrigo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5563/cacamba_escola_amauri_ferreira.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5567/limpeza_e_rocada_na_rua_sebastiao_libralesco_bairro_engenho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5568/manutencao_e_reparo_de_esgoto_em_coroa_grande.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5569/00-_indicacao_-_creche_santa_candida.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5573/indicacao_-_casa_terceira_idade.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5570/010-26_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5597/indicacao_017.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5598/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5599/recapeamento.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5600/recapeamento_leopoldo_geyer.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5601/rua_nambuco_porte_preta.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5602/rua_aloisio_aragao.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5607/indicacao_91-2026.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5608/indicacao_93-2026.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5609/base_paa_agentes_de_transito_e_escola_de_transito.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5610/indicacao_2026_-_praca_lilas.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5611/desassoreamento_do_canal_rua_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5612/limpeza_bairro_itingucu.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5615/solicitando_iluminacao_publica_no_bairro_monte_serrat.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5616/solicitando_limpeza_e_rocada_no_bairro_somel.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5617/poda_de_arvores_ciep_496.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5618/reparo_e_manutencao_calcada_ciep_496.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5621/014-26_retirada_de_entulho.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5622/017-26_capina_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5625/03_-_indicacao_-_revitalizacao_e_reforma_da_ponte_da_mangueira_localizada_na_rua_ponte_preta_no_municipio_de_itaguai.docx.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5626/02_-_indicacao_-_implantacao_de_prioridade_no_atendimento_psicologico_e_na_realizacao_de_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5635/ind_22.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5636/ind_19.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5637/doaco_de_cabelo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5638/odontomovel_novo.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5639/015-26_retirada_de_entulho.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5640/013-26_capina_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5641/indicacao_92-2026.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5642/indicacao_100-2026.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5643/indicacao_2026_-_aplicativo_municipal_de_orientacao_e_enfrentamento_a_violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5644/indicacao_-__implantacao_do_bicicletario_municipal.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5645/maquina_patrol_mazomba.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5646/alambrado_area_da_expo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5647/rua_domingos_felix_vidal.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5648/rua_ivo_ciufo_cicarino.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5674/ind_20.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5675/ind_21.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5678/iluminacao_monte_serrat_ok.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5679/tapa_buraco_brisamar_ok.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5680/indicacao_101-2026.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5681/indicacao_95-2026.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5686/indicacao_2026_-_fornecimento_de_absorventes_e_kits_de_higiene.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5687/indicacao_2026_-_resultados_de_mamografia.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5688/05_-_indicacao_-_realizacao_de_acao_social_com_oferta_de_servicos_publicos_essenciais_no_bairro_somel.docx.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5689/05_-_indicacao_-_realizacao_de_acao_social_com_oferta_de_servicos_publicos_essenciais_no_bairro_somel.docx.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5690/iptu_verde.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5691/016-26_retirada_de_entulho.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5692/ind.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5693/limpeza_e_rocada_no_bairro_cantao.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5694/solicitando_limpeza_e_rocada_no_bairro_amendoeira.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5401/veto_01_2026.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5426/parecer_csp_pl_95_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5472/parecer_csp_2026.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5497/parecer_cs_-_pl_no_94-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5565/parecer_118_-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5566/parecer_pl_116_cdda.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5579/parecer_cfocpc_pl_31_2026.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5580/parecer_ccjr_ao_veto01-26_1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5581/parecer_ccjr_ao_pl_01-2026.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5582/parecer_ccjr_ao_ses_11-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5583/parecer_ccjr_ao_pl_112-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5584/parecer_ccjr_ao_pl_126-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5585/parecer_ccjr_ao_pl_127-2025_1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5586/parecer_ccjr_ao_pl_128-25.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5587/parecer_ccjr_ao_pl129-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5588/parecer_ccj_ao_pl_134-25_1.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5589/parecer_cfocpc_ao_pl_117-25_1.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5590/parecer_cfocpc_ao_pl122-25_3.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5591/parecer_cfocpc_ao_pl_123-25_3.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5592/cdeic_parecer_pl_34.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5593/cdeic_parecer_pl_63.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5594/cdeic_parecer_pl_74.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5595/cdeic_parecer_pl_96.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5596/cdeic_parecer_pl_111.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5631/parecer_ccjr_ao_pelom_001-2026.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5632/parecer_ccjr_ao_pl_28-2026.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5633/parecer_ccjr_ao_pl_29-2026.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5634/parecer_ccjr_ao_pl30-2026.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5545/emenda_lom.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5371/mensagem_001_2026.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5372/pesca_forte.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5373/transito_e_solidariedade.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5374/seguro_e_grantia.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5375/adotando_uma_praca.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5376/altera_a_lei_3.870_de_18_de_agosto_de_2020_de_criacao_do_parque_natural_municipal_da_serra_da_calcada_2.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5377/altera_a_lei_no_3.869_de_18_de_agosto_de_2020_de_criacao_da_area_de_protecao_ambiental_da_praia_de_salina.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5378/altera_a_lei_no3.159_de_20_de_agosto_de_2013_de_criacao_da_area_de_protecao_ambiental_do_saco_de_coroa_grande.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5379/pl_adote_uma_praca.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5380/rachel_secundo_-_pl_ficha_mulher_protegida_-_ficha_lilas.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5381/rachel_secundo_-_pl_jardim_sensorial.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5382/rachel_secundo_-_pl_aplicativo_municipal_mulher.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5383/rachel_secundo_-_pl_musicoterapia.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5384/rachel_secundo_-_pl_pessoa_com_epidermolise_bolhosa.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5385/rachel_secundo_-_pl_psoriase.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5446/pl_rachel_secundo_-_altera_os_dispositivos_da_lei_no_2192-2001.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5503/12_-_pl_institui_diretrizes_para_o_apoio_e_o_fomento_a_autonomia_da_pessoa_com_transtorno_do_espectro_autista_tea_na_transicao_para_a_vida_adulta.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5504/oferta_de_atendimento_socioassistencial.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5505/eja_-_jovens_e_adultos.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5506/ao_recebimento_de_denuncias_de_maus-tratos.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5507/07_-_pl_diretrizes_para_o_acolhimento_psicologico_de_mulheres_em_situacao_de_luto_perinatal.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5508/04_-_pl_autorizacao_da_entrada_do_profissional_propagandista_de_produtos_farmaceuticos_nas_unidades_da_rede_publica.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5509/adote_uma_praca_novo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5510/equipe_multiciplinar.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5511/p_l_oncologia.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5512/calendario_oficial_a_cultura_oceanica.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5513/projeto_de_lei_cultura_oceanica.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5541/pl_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5542/pl_altera_o_atr._150.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5543/pl_titulo_de_doacao.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5544/pl_refis.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5546/pl_corpo_cenico.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5547/pl_altera_o_art._32.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5575/06_-_pl_autoriza_o_poder_executivo_a_conceder_isencao_do_imposto_predial_e_territorial_urbano__iptu_a_pessoas_com_doencas_graves.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5576/13_-_pl_instalacao_de_hidrometros_pelas_concessionarias_de_fornecimento_de_agua.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5577/rachel_secundo_-_pl_praca_lilas.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5578/projeto_de_lei_final_de_semana_na_escola.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5627/pl_rpps_2026.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5628/pl_revoga_a_3.553_2017.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5629/pl_itinga.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5630/pl_banda.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5658/pl_creditos_adicionais.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5660/22_-_pl_estabelece_diretrizes_para_o_fomento_a_arte_inclusiva_no_municipio_de_itaguai_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5661/atendiemnto_educacional.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5662/15_-_pl_institui_diretrizes_para_a_implementacao_do_observatorio_da_violencia_contra_a_mulher_no_municipio_de_itaguai.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5663/23_-_pl_estabelece_diretrizes_para_a_producao_e_a_organizacao_de_politicas_publicas.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5664/20_-_pl_estabelece_diretrizes_para_o_fortalecimento_da_divulgacao_e_da_observacao.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5665/14_-_pl_estabelece_diretrizes_para_o_acolhimento_e_orientacao_as_familias_no_momento.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5666/13_-_pl_reconhece_o_tapete_de_sal_confeccionado_anualmente_na_rua_cel._freitas_por_ocasiao_da_festa_de_corpus.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5667/16_-_pl_institui_diretrizes_para_a_implementacao_da_ronda_itaguaense_de_protecao_animal_e_para_acoes.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5668/17_-_pl_institui_a_campanha_municipal_de_conscientizacao_e_valorizacao_da_comunidade_surda__setembro_azul.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5669/18_-_pl_estabelece_diretrizes_para_a_promocao_da_inclusao_social_e_da_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5670/19_-_pl_estabelece_diretrizes_para_a_promocao_da_inclusao_digital_da_pessoa_idosa_no_municipio_de_itaguai.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5671/pl_doacao_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5672/rachel_secundo_-_pl_spray_de_pimenta.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5673/rachel_secundo_-_pl_capacitacao_e_desenvolvimento_de_competencias_para_o_trabalho_e_geracao_de_renda.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5697/projeto_de_lei_nova_estrutura_comissionada_2026_pgm.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2026/5696/pl_reajuste_servidores_cmi_2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:H326"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="254.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="49.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="69.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="212.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -818,765 +4486,8784 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
-[...5 lines deleted...]
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>27</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
         <v>35</v>
-      </c>
-[...19 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
         <v>39</v>
-      </c>
-[...19 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="H11" t="s">
         <v>52</v>
-      </c>
-[...13 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="H12" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H13" t="s">
         <v>60</v>
-      </c>
-[...19 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" t="s">
         <v>64</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="G14" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="D14" t="s">
-[...8 lines deleted...]
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" t="s">
+        <v>64</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B15" t="s">
-[...5 lines deleted...]
-      <c r="D15" t="s">
+      <c r="H15" t="s">
         <v>69</v>
-      </c>
-[...10 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D16" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="E16" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="H16" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="D17" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="E17" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="H17" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="E18" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="H18" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="E19" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="H19" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
+        <v>84</v>
+      </c>
+      <c r="E20" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" t="s">
         <v>86</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>87</v>
       </c>
       <c r="H20" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>89</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="D21" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="E21" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>90</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="D22" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="E22" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>94</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H22" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="D23" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="E23" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="H23" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>101</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" t="s">
+        <v>84</v>
+      </c>
+      <c r="E24" t="s">
+        <v>85</v>
+      </c>
+      <c r="F24" t="s">
         <v>98</v>
       </c>
-      <c r="B24" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G24" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="H24" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>102</v>
+        <v>33</v>
       </c>
       <c r="D25" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="E25" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="F25" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="H25" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>37</v>
+      </c>
+      <c r="D26" t="s">
+        <v>84</v>
+      </c>
+      <c r="E26" t="s">
+        <v>85</v>
+      </c>
+      <c r="F26" t="s">
         <v>105</v>
       </c>
-      <c r="B26" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G26" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="H26" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>41</v>
       </c>
       <c r="D27" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="E27" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="F27" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H27" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>45</v>
       </c>
       <c r="D28" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="E28" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="F28" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H28" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>117</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>118</v>
       </c>
       <c r="D29" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="E29" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="F29" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="H29" t="s">
         <v>120</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>121</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>122</v>
+      </c>
+      <c r="D30" t="s">
+        <v>84</v>
+      </c>
+      <c r="E30" t="s">
+        <v>85</v>
+      </c>
+      <c r="F30" t="s">
+        <v>105</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H30" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>125</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>126</v>
+      </c>
+      <c r="D31" t="s">
+        <v>84</v>
+      </c>
+      <c r="E31" t="s">
+        <v>85</v>
+      </c>
+      <c r="F31" t="s">
+        <v>127</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="H31" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>130</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>131</v>
+      </c>
+      <c r="D32" t="s">
+        <v>84</v>
+      </c>
+      <c r="E32" t="s">
+        <v>85</v>
+      </c>
+      <c r="F32" t="s">
+        <v>127</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H32" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>134</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>80</v>
+      </c>
+      <c r="D33" t="s">
+        <v>84</v>
+      </c>
+      <c r="E33" t="s">
+        <v>85</v>
+      </c>
+      <c r="F33" t="s">
+        <v>98</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H33" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>137</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>138</v>
+      </c>
+      <c r="D34" t="s">
+        <v>84</v>
+      </c>
+      <c r="E34" t="s">
+        <v>85</v>
+      </c>
+      <c r="F34" t="s">
+        <v>105</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H34" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>141</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>142</v>
+      </c>
+      <c r="D35" t="s">
+        <v>84</v>
+      </c>
+      <c r="E35" t="s">
+        <v>85</v>
+      </c>
+      <c r="F35" t="s">
+        <v>105</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>145</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>146</v>
+      </c>
+      <c r="D36" t="s">
+        <v>84</v>
+      </c>
+      <c r="E36" t="s">
+        <v>85</v>
+      </c>
+      <c r="F36" t="s">
+        <v>90</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H36" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>149</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>150</v>
+      </c>
+      <c r="D37" t="s">
+        <v>84</v>
+      </c>
+      <c r="E37" t="s">
+        <v>85</v>
+      </c>
+      <c r="F37" t="s">
+        <v>105</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H37" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>153</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>154</v>
+      </c>
+      <c r="D38" t="s">
+        <v>84</v>
+      </c>
+      <c r="E38" t="s">
+        <v>85</v>
+      </c>
+      <c r="F38" t="s">
+        <v>105</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H38" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>157</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>158</v>
+      </c>
+      <c r="D39" t="s">
+        <v>84</v>
+      </c>
+      <c r="E39" t="s">
+        <v>85</v>
+      </c>
+      <c r="F39" t="s">
+        <v>94</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H39" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>161</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>162</v>
+      </c>
+      <c r="D40" t="s">
+        <v>84</v>
+      </c>
+      <c r="E40" t="s">
+        <v>85</v>
+      </c>
+      <c r="F40" t="s">
+        <v>94</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H40" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>165</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>166</v>
+      </c>
+      <c r="D41" t="s">
+        <v>84</v>
+      </c>
+      <c r="E41" t="s">
+        <v>85</v>
+      </c>
+      <c r="F41" t="s">
+        <v>90</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H41" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>169</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>170</v>
+      </c>
+      <c r="D42" t="s">
+        <v>84</v>
+      </c>
+      <c r="E42" t="s">
+        <v>85</v>
+      </c>
+      <c r="F42" t="s">
+        <v>90</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H42" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>173</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>174</v>
+      </c>
+      <c r="D43" t="s">
+        <v>84</v>
+      </c>
+      <c r="E43" t="s">
+        <v>85</v>
+      </c>
+      <c r="F43" t="s">
+        <v>90</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H43" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>177</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>178</v>
+      </c>
+      <c r="D44" t="s">
+        <v>84</v>
+      </c>
+      <c r="E44" t="s">
+        <v>85</v>
+      </c>
+      <c r="F44" t="s">
+        <v>127</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H44" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>181</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>182</v>
+      </c>
+      <c r="D45" t="s">
+        <v>84</v>
+      </c>
+      <c r="E45" t="s">
+        <v>85</v>
+      </c>
+      <c r="F45" t="s">
+        <v>94</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H45" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>185</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>186</v>
+      </c>
+      <c r="D46" t="s">
+        <v>84</v>
+      </c>
+      <c r="E46" t="s">
+        <v>85</v>
+      </c>
+      <c r="F46" t="s">
+        <v>94</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H46" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>189</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>190</v>
+      </c>
+      <c r="D47" t="s">
+        <v>84</v>
+      </c>
+      <c r="E47" t="s">
+        <v>85</v>
+      </c>
+      <c r="F47" t="s">
+        <v>105</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H47" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>193</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>194</v>
+      </c>
+      <c r="D48" t="s">
+        <v>84</v>
+      </c>
+      <c r="E48" t="s">
+        <v>85</v>
+      </c>
+      <c r="F48" t="s">
+        <v>105</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H48" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>197</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>198</v>
+      </c>
+      <c r="D49" t="s">
+        <v>84</v>
+      </c>
+      <c r="E49" t="s">
+        <v>85</v>
+      </c>
+      <c r="F49" t="s">
+        <v>86</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H49" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>201</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>202</v>
+      </c>
+      <c r="D50" t="s">
+        <v>84</v>
+      </c>
+      <c r="E50" t="s">
+        <v>85</v>
+      </c>
+      <c r="F50" t="s">
+        <v>203</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H50" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>206</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>207</v>
+      </c>
+      <c r="D51" t="s">
+        <v>84</v>
+      </c>
+      <c r="E51" t="s">
+        <v>85</v>
+      </c>
+      <c r="F51" t="s">
+        <v>94</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H51" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>210</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>211</v>
+      </c>
+      <c r="D52" t="s">
+        <v>84</v>
+      </c>
+      <c r="E52" t="s">
+        <v>85</v>
+      </c>
+      <c r="F52" t="s">
+        <v>94</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="H52" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>214</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>215</v>
+      </c>
+      <c r="D53" t="s">
+        <v>84</v>
+      </c>
+      <c r="E53" t="s">
+        <v>85</v>
+      </c>
+      <c r="F53" t="s">
+        <v>105</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H53" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>218</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>219</v>
+      </c>
+      <c r="D54" t="s">
+        <v>84</v>
+      </c>
+      <c r="E54" t="s">
+        <v>85</v>
+      </c>
+      <c r="F54" t="s">
+        <v>105</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H54" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>222</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>223</v>
+      </c>
+      <c r="D55" t="s">
+        <v>84</v>
+      </c>
+      <c r="E55" t="s">
+        <v>85</v>
+      </c>
+      <c r="F55" t="s">
+        <v>127</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H55" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>225</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>226</v>
+      </c>
+      <c r="D56" t="s">
+        <v>84</v>
+      </c>
+      <c r="E56" t="s">
+        <v>85</v>
+      </c>
+      <c r="F56" t="s">
+        <v>127</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H56" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>228</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>229</v>
+      </c>
+      <c r="D57" t="s">
+        <v>84</v>
+      </c>
+      <c r="E57" t="s">
+        <v>85</v>
+      </c>
+      <c r="F57" t="s">
+        <v>230</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H57" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>232</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>233</v>
+      </c>
+      <c r="D58" t="s">
+        <v>84</v>
+      </c>
+      <c r="E58" t="s">
+        <v>85</v>
+      </c>
+      <c r="F58" t="s">
+        <v>203</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H58" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>235</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>236</v>
+      </c>
+      <c r="D59" t="s">
+        <v>84</v>
+      </c>
+      <c r="E59" t="s">
+        <v>85</v>
+      </c>
+      <c r="F59" t="s">
+        <v>105</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H59" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>238</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>239</v>
+      </c>
+      <c r="D60" t="s">
+        <v>84</v>
+      </c>
+      <c r="E60" t="s">
+        <v>85</v>
+      </c>
+      <c r="F60" t="s">
+        <v>94</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H60" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>241</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>242</v>
+      </c>
+      <c r="D61" t="s">
+        <v>84</v>
+      </c>
+      <c r="E61" t="s">
+        <v>85</v>
+      </c>
+      <c r="F61" t="s">
+        <v>94</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H61" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>245</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>246</v>
+      </c>
+      <c r="D62" t="s">
+        <v>84</v>
+      </c>
+      <c r="E62" t="s">
+        <v>85</v>
+      </c>
+      <c r="F62" t="s">
+        <v>105</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H62" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>249</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>250</v>
+      </c>
+      <c r="D63" t="s">
+        <v>84</v>
+      </c>
+      <c r="E63" t="s">
+        <v>85</v>
+      </c>
+      <c r="F63" t="s">
+        <v>105</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H63" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>253</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>254</v>
+      </c>
+      <c r="D64" t="s">
+        <v>84</v>
+      </c>
+      <c r="E64" t="s">
+        <v>85</v>
+      </c>
+      <c r="F64" t="s">
+        <v>90</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H64" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>257</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>258</v>
+      </c>
+      <c r="D65" t="s">
+        <v>84</v>
+      </c>
+      <c r="E65" t="s">
+        <v>85</v>
+      </c>
+      <c r="F65" t="s">
+        <v>90</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H65" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>261</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>262</v>
+      </c>
+      <c r="D66" t="s">
+        <v>84</v>
+      </c>
+      <c r="E66" t="s">
+        <v>85</v>
+      </c>
+      <c r="F66" t="s">
+        <v>94</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H66" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>265</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>266</v>
+      </c>
+      <c r="D67" t="s">
+        <v>84</v>
+      </c>
+      <c r="E67" t="s">
+        <v>85</v>
+      </c>
+      <c r="F67" t="s">
+        <v>94</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H67" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>269</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>270</v>
+      </c>
+      <c r="D68" t="s">
+        <v>84</v>
+      </c>
+      <c r="E68" t="s">
+        <v>85</v>
+      </c>
+      <c r="F68" t="s">
+        <v>203</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H68" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>273</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
+        <v>274</v>
+      </c>
+      <c r="E69" t="s">
+        <v>275</v>
+      </c>
+      <c r="F69" t="s">
+        <v>276</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H69" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>279</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>17</v>
+      </c>
+      <c r="D70" t="s">
+        <v>274</v>
+      </c>
+      <c r="E70" t="s">
+        <v>275</v>
+      </c>
+      <c r="F70" t="s">
+        <v>276</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H70" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>282</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>21</v>
+      </c>
+      <c r="D71" t="s">
+        <v>274</v>
+      </c>
+      <c r="E71" t="s">
+        <v>275</v>
+      </c>
+      <c r="F71" t="s">
+        <v>98</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H71" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>285</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>25</v>
+      </c>
+      <c r="D72" t="s">
+        <v>274</v>
+      </c>
+      <c r="E72" t="s">
+        <v>275</v>
+      </c>
+      <c r="F72" t="s">
+        <v>98</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H72" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>288</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>29</v>
+      </c>
+      <c r="D73" t="s">
+        <v>274</v>
+      </c>
+      <c r="E73" t="s">
+        <v>275</v>
+      </c>
+      <c r="F73" t="s">
+        <v>86</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H73" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>291</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>33</v>
+      </c>
+      <c r="D74" t="s">
+        <v>274</v>
+      </c>
+      <c r="E74" t="s">
+        <v>275</v>
+      </c>
+      <c r="F74" t="s">
+        <v>86</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H74" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>294</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>37</v>
+      </c>
+      <c r="D75" t="s">
+        <v>274</v>
+      </c>
+      <c r="E75" t="s">
+        <v>275</v>
+      </c>
+      <c r="F75" t="s">
+        <v>295</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H75" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>298</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>41</v>
+      </c>
+      <c r="D76" t="s">
+        <v>274</v>
+      </c>
+      <c r="E76" t="s">
+        <v>275</v>
+      </c>
+      <c r="F76" t="s">
+        <v>295</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H76" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>301</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>45</v>
+      </c>
+      <c r="D77" t="s">
+        <v>274</v>
+      </c>
+      <c r="E77" t="s">
+        <v>275</v>
+      </c>
+      <c r="F77" t="s">
+        <v>90</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H77" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>304</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>118</v>
+      </c>
+      <c r="D78" t="s">
+        <v>274</v>
+      </c>
+      <c r="E78" t="s">
+        <v>275</v>
+      </c>
+      <c r="F78" t="s">
+        <v>90</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H78" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>307</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>122</v>
+      </c>
+      <c r="D79" t="s">
+        <v>274</v>
+      </c>
+      <c r="E79" t="s">
+        <v>275</v>
+      </c>
+      <c r="F79" t="s">
+        <v>308</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H79" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>311</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>126</v>
+      </c>
+      <c r="D80" t="s">
+        <v>274</v>
+      </c>
+      <c r="E80" t="s">
+        <v>275</v>
+      </c>
+      <c r="F80" t="s">
+        <v>308</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H80" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>314</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>131</v>
+      </c>
+      <c r="D81" t="s">
+        <v>274</v>
+      </c>
+      <c r="E81" t="s">
+        <v>275</v>
+      </c>
+      <c r="F81" t="s">
+        <v>276</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H81" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>317</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>80</v>
+      </c>
+      <c r="D82" t="s">
+        <v>274</v>
+      </c>
+      <c r="E82" t="s">
+        <v>275</v>
+      </c>
+      <c r="F82" t="s">
+        <v>276</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H82" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>320</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>138</v>
+      </c>
+      <c r="D83" t="s">
+        <v>274</v>
+      </c>
+      <c r="E83" t="s">
+        <v>275</v>
+      </c>
+      <c r="F83" t="s">
+        <v>86</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H83" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>323</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>142</v>
+      </c>
+      <c r="D84" t="s">
+        <v>274</v>
+      </c>
+      <c r="E84" t="s">
+        <v>275</v>
+      </c>
+      <c r="F84" t="s">
+        <v>86</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H84" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>326</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>146</v>
+      </c>
+      <c r="D85" t="s">
+        <v>274</v>
+      </c>
+      <c r="E85" t="s">
+        <v>275</v>
+      </c>
+      <c r="F85" t="s">
+        <v>105</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H85" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>329</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>150</v>
+      </c>
+      <c r="D86" t="s">
+        <v>274</v>
+      </c>
+      <c r="E86" t="s">
+        <v>275</v>
+      </c>
+      <c r="F86" t="s">
+        <v>105</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="H86" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>332</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>154</v>
+      </c>
+      <c r="D87" t="s">
+        <v>274</v>
+      </c>
+      <c r="E87" t="s">
+        <v>275</v>
+      </c>
+      <c r="F87" t="s">
+        <v>295</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H87" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>335</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>158</v>
+      </c>
+      <c r="D88" t="s">
+        <v>274</v>
+      </c>
+      <c r="E88" t="s">
+        <v>275</v>
+      </c>
+      <c r="F88" t="s">
+        <v>295</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H88" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>338</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>162</v>
+      </c>
+      <c r="D89" t="s">
+        <v>274</v>
+      </c>
+      <c r="E89" t="s">
+        <v>275</v>
+      </c>
+      <c r="F89" t="s">
+        <v>90</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H89" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>341</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>166</v>
+      </c>
+      <c r="D90" t="s">
+        <v>274</v>
+      </c>
+      <c r="E90" t="s">
+        <v>275</v>
+      </c>
+      <c r="F90" t="s">
+        <v>90</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H90" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>344</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>170</v>
+      </c>
+      <c r="D91" t="s">
+        <v>274</v>
+      </c>
+      <c r="E91" t="s">
+        <v>275</v>
+      </c>
+      <c r="F91" t="s">
+        <v>94</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H91" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>347</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>174</v>
+      </c>
+      <c r="D92" t="s">
+        <v>274</v>
+      </c>
+      <c r="E92" t="s">
+        <v>275</v>
+      </c>
+      <c r="F92" t="s">
+        <v>94</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H92" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>350</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>178</v>
+      </c>
+      <c r="D93" t="s">
+        <v>274</v>
+      </c>
+      <c r="E93" t="s">
+        <v>275</v>
+      </c>
+      <c r="F93" t="s">
+        <v>308</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H93" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>353</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>182</v>
+      </c>
+      <c r="D94" t="s">
+        <v>274</v>
+      </c>
+      <c r="E94" t="s">
+        <v>275</v>
+      </c>
+      <c r="F94" t="s">
+        <v>308</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H94" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>356</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>186</v>
+      </c>
+      <c r="D95" t="s">
+        <v>274</v>
+      </c>
+      <c r="E95" t="s">
+        <v>275</v>
+      </c>
+      <c r="F95" t="s">
+        <v>98</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H95" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>359</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>190</v>
+      </c>
+      <c r="D96" t="s">
+        <v>274</v>
+      </c>
+      <c r="E96" t="s">
+        <v>275</v>
+      </c>
+      <c r="F96" t="s">
+        <v>98</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H96" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>362</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>194</v>
+      </c>
+      <c r="D97" t="s">
+        <v>274</v>
+      </c>
+      <c r="E97" t="s">
+        <v>275</v>
+      </c>
+      <c r="F97" t="s">
+        <v>230</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H97" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>365</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>198</v>
+      </c>
+      <c r="D98" t="s">
+        <v>274</v>
+      </c>
+      <c r="E98" t="s">
+        <v>275</v>
+      </c>
+      <c r="F98" t="s">
+        <v>230</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H98" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>368</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>202</v>
+      </c>
+      <c r="D99" t="s">
+        <v>274</v>
+      </c>
+      <c r="E99" t="s">
+        <v>275</v>
+      </c>
+      <c r="F99" t="s">
+        <v>276</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H99" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>371</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>207</v>
+      </c>
+      <c r="D100" t="s">
+        <v>274</v>
+      </c>
+      <c r="E100" t="s">
+        <v>275</v>
+      </c>
+      <c r="F100" t="s">
+        <v>276</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H100" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>374</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>211</v>
+      </c>
+      <c r="D101" t="s">
+        <v>274</v>
+      </c>
+      <c r="E101" t="s">
+        <v>275</v>
+      </c>
+      <c r="F101" t="s">
+        <v>86</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="H101" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>377</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>215</v>
+      </c>
+      <c r="D102" t="s">
+        <v>274</v>
+      </c>
+      <c r="E102" t="s">
+        <v>275</v>
+      </c>
+      <c r="F102" t="s">
+        <v>86</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H102" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>380</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>219</v>
+      </c>
+      <c r="D103" t="s">
+        <v>274</v>
+      </c>
+      <c r="E103" t="s">
+        <v>275</v>
+      </c>
+      <c r="F103" t="s">
+        <v>230</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H103" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>383</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>223</v>
+      </c>
+      <c r="D104" t="s">
+        <v>274</v>
+      </c>
+      <c r="E104" t="s">
+        <v>275</v>
+      </c>
+      <c r="F104" t="s">
+        <v>230</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H104" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>386</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>226</v>
+      </c>
+      <c r="D105" t="s">
+        <v>274</v>
+      </c>
+      <c r="E105" t="s">
+        <v>275</v>
+      </c>
+      <c r="F105" t="s">
+        <v>295</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H105" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>389</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>229</v>
+      </c>
+      <c r="D106" t="s">
+        <v>274</v>
+      </c>
+      <c r="E106" t="s">
+        <v>275</v>
+      </c>
+      <c r="F106" t="s">
+        <v>295</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H106" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>392</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>233</v>
+      </c>
+      <c r="D107" t="s">
+        <v>274</v>
+      </c>
+      <c r="E107" t="s">
+        <v>275</v>
+      </c>
+      <c r="F107" t="s">
+        <v>90</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H107" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>395</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>236</v>
+      </c>
+      <c r="D108" t="s">
+        <v>274</v>
+      </c>
+      <c r="E108" t="s">
+        <v>275</v>
+      </c>
+      <c r="F108" t="s">
+        <v>90</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="H108" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>398</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>239</v>
+      </c>
+      <c r="D109" t="s">
+        <v>274</v>
+      </c>
+      <c r="E109" t="s">
+        <v>275</v>
+      </c>
+      <c r="F109" t="s">
+        <v>94</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H109" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>401</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>242</v>
+      </c>
+      <c r="D110" t="s">
+        <v>274</v>
+      </c>
+      <c r="E110" t="s">
+        <v>275</v>
+      </c>
+      <c r="F110" t="s">
+        <v>94</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H110" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>404</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>246</v>
+      </c>
+      <c r="D111" t="s">
+        <v>274</v>
+      </c>
+      <c r="E111" t="s">
+        <v>275</v>
+      </c>
+      <c r="F111" t="s">
+        <v>308</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H111" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>407</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>250</v>
+      </c>
+      <c r="D112" t="s">
+        <v>274</v>
+      </c>
+      <c r="E112" t="s">
+        <v>275</v>
+      </c>
+      <c r="F112" t="s">
+        <v>308</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="H112" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>410</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>254</v>
+      </c>
+      <c r="D113" t="s">
+        <v>274</v>
+      </c>
+      <c r="E113" t="s">
+        <v>275</v>
+      </c>
+      <c r="F113" t="s">
+        <v>105</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H113" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>413</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>258</v>
+      </c>
+      <c r="D114" t="s">
+        <v>274</v>
+      </c>
+      <c r="E114" t="s">
+        <v>275</v>
+      </c>
+      <c r="F114" t="s">
+        <v>105</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H114" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>416</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>262</v>
+      </c>
+      <c r="D115" t="s">
+        <v>274</v>
+      </c>
+      <c r="E115" t="s">
+        <v>275</v>
+      </c>
+      <c r="F115" t="s">
+        <v>276</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H115" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>419</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>266</v>
+      </c>
+      <c r="D116" t="s">
+        <v>274</v>
+      </c>
+      <c r="E116" t="s">
+        <v>275</v>
+      </c>
+      <c r="F116" t="s">
+        <v>276</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="H116" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>422</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>270</v>
+      </c>
+      <c r="D117" t="s">
+        <v>274</v>
+      </c>
+      <c r="E117" t="s">
+        <v>275</v>
+      </c>
+      <c r="F117" t="s">
+        <v>98</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H117" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>425</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>426</v>
+      </c>
+      <c r="D118" t="s">
+        <v>274</v>
+      </c>
+      <c r="E118" t="s">
+        <v>275</v>
+      </c>
+      <c r="F118" t="s">
+        <v>98</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H118" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>429</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>430</v>
+      </c>
+      <c r="D119" t="s">
+        <v>274</v>
+      </c>
+      <c r="E119" t="s">
+        <v>275</v>
+      </c>
+      <c r="F119" t="s">
+        <v>127</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="H119" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>433</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>434</v>
+      </c>
+      <c r="D120" t="s">
+        <v>274</v>
+      </c>
+      <c r="E120" t="s">
+        <v>275</v>
+      </c>
+      <c r="F120" t="s">
+        <v>127</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H120" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>436</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>437</v>
+      </c>
+      <c r="D121" t="s">
+        <v>274</v>
+      </c>
+      <c r="E121" t="s">
+        <v>275</v>
+      </c>
+      <c r="F121" t="s">
+        <v>86</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H121" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>440</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>441</v>
+      </c>
+      <c r="D122" t="s">
+        <v>274</v>
+      </c>
+      <c r="E122" t="s">
+        <v>275</v>
+      </c>
+      <c r="F122" t="s">
+        <v>86</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H122" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>444</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>445</v>
+      </c>
+      <c r="D123" t="s">
+        <v>274</v>
+      </c>
+      <c r="E123" t="s">
+        <v>275</v>
+      </c>
+      <c r="F123" t="s">
+        <v>105</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H123" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>448</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>449</v>
+      </c>
+      <c r="D124" t="s">
+        <v>274</v>
+      </c>
+      <c r="E124" t="s">
+        <v>275</v>
+      </c>
+      <c r="F124" t="s">
+        <v>105</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H124" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>452</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>453</v>
+      </c>
+      <c r="D125" t="s">
+        <v>274</v>
+      </c>
+      <c r="E125" t="s">
+        <v>275</v>
+      </c>
+      <c r="F125" t="s">
+        <v>295</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H125" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>456</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>457</v>
+      </c>
+      <c r="D126" t="s">
+        <v>274</v>
+      </c>
+      <c r="E126" t="s">
+        <v>275</v>
+      </c>
+      <c r="F126" t="s">
+        <v>295</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H126" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>460</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>461</v>
+      </c>
+      <c r="D127" t="s">
+        <v>274</v>
+      </c>
+      <c r="E127" t="s">
+        <v>275</v>
+      </c>
+      <c r="F127" t="s">
+        <v>90</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H127" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>464</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>465</v>
+      </c>
+      <c r="D128" t="s">
+        <v>274</v>
+      </c>
+      <c r="E128" t="s">
+        <v>275</v>
+      </c>
+      <c r="F128" t="s">
+        <v>90</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H128" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>468</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>469</v>
+      </c>
+      <c r="D129" t="s">
+        <v>274</v>
+      </c>
+      <c r="E129" t="s">
+        <v>275</v>
+      </c>
+      <c r="F129" t="s">
+        <v>94</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="H129" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>472</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>473</v>
+      </c>
+      <c r="D130" t="s">
+        <v>274</v>
+      </c>
+      <c r="E130" t="s">
+        <v>275</v>
+      </c>
+      <c r="F130" t="s">
+        <v>94</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H130" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>476</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>477</v>
+      </c>
+      <c r="D131" t="s">
+        <v>274</v>
+      </c>
+      <c r="E131" t="s">
+        <v>275</v>
+      </c>
+      <c r="F131" t="s">
+        <v>308</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H131" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>480</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>481</v>
+      </c>
+      <c r="D132" t="s">
+        <v>274</v>
+      </c>
+      <c r="E132" t="s">
+        <v>275</v>
+      </c>
+      <c r="F132" t="s">
+        <v>308</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H132" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>484</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>485</v>
+      </c>
+      <c r="D133" t="s">
+        <v>274</v>
+      </c>
+      <c r="E133" t="s">
+        <v>275</v>
+      </c>
+      <c r="F133" t="s">
+        <v>230</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H133" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>488</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>489</v>
+      </c>
+      <c r="D134" t="s">
+        <v>274</v>
+      </c>
+      <c r="E134" t="s">
+        <v>275</v>
+      </c>
+      <c r="F134" t="s">
+        <v>230</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H134" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>492</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>493</v>
+      </c>
+      <c r="D135" t="s">
+        <v>274</v>
+      </c>
+      <c r="E135" t="s">
+        <v>275</v>
+      </c>
+      <c r="F135" t="s">
+        <v>276</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="H135" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>496</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>497</v>
+      </c>
+      <c r="D136" t="s">
+        <v>274</v>
+      </c>
+      <c r="E136" t="s">
+        <v>275</v>
+      </c>
+      <c r="F136" t="s">
+        <v>276</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H136" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>500</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>501</v>
+      </c>
+      <c r="D137" t="s">
+        <v>274</v>
+      </c>
+      <c r="E137" t="s">
+        <v>275</v>
+      </c>
+      <c r="F137" t="s">
+        <v>127</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H137" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>503</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>504</v>
+      </c>
+      <c r="D138" t="s">
+        <v>274</v>
+      </c>
+      <c r="E138" t="s">
+        <v>275</v>
+      </c>
+      <c r="F138" t="s">
+        <v>127</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H138" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>506</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>507</v>
+      </c>
+      <c r="D139" t="s">
+        <v>274</v>
+      </c>
+      <c r="E139" t="s">
+        <v>275</v>
+      </c>
+      <c r="F139" t="s">
+        <v>105</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="H139" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>510</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>511</v>
+      </c>
+      <c r="D140" t="s">
+        <v>274</v>
+      </c>
+      <c r="E140" t="s">
+        <v>275</v>
+      </c>
+      <c r="F140" t="s">
+        <v>105</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="H140" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>514</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>515</v>
+      </c>
+      <c r="D141" t="s">
+        <v>274</v>
+      </c>
+      <c r="E141" t="s">
+        <v>275</v>
+      </c>
+      <c r="F141" t="s">
+        <v>295</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="H141" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>518</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>519</v>
+      </c>
+      <c r="D142" t="s">
+        <v>274</v>
+      </c>
+      <c r="E142" t="s">
+        <v>275</v>
+      </c>
+      <c r="F142" t="s">
+        <v>295</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="H142" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>522</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>523</v>
+      </c>
+      <c r="D143" t="s">
+        <v>274</v>
+      </c>
+      <c r="E143" t="s">
+        <v>275</v>
+      </c>
+      <c r="F143" t="s">
+        <v>308</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H143" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>526</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>527</v>
+      </c>
+      <c r="D144" t="s">
+        <v>274</v>
+      </c>
+      <c r="E144" t="s">
+        <v>275</v>
+      </c>
+      <c r="F144" t="s">
+        <v>308</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="H144" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>530</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>531</v>
+      </c>
+      <c r="D145" t="s">
+        <v>274</v>
+      </c>
+      <c r="E145" t="s">
+        <v>275</v>
+      </c>
+      <c r="F145" t="s">
+        <v>230</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="H145" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>534</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>535</v>
+      </c>
+      <c r="D146" t="s">
+        <v>274</v>
+      </c>
+      <c r="E146" t="s">
+        <v>275</v>
+      </c>
+      <c r="F146" t="s">
+        <v>230</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="H146" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>538</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>539</v>
+      </c>
+      <c r="D147" t="s">
+        <v>274</v>
+      </c>
+      <c r="E147" t="s">
+        <v>275</v>
+      </c>
+      <c r="F147" t="s">
+        <v>90</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="H147" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>542</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>543</v>
+      </c>
+      <c r="D148" t="s">
+        <v>274</v>
+      </c>
+      <c r="E148" t="s">
+        <v>275</v>
+      </c>
+      <c r="F148" t="s">
+        <v>90</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="H148" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>546</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>547</v>
+      </c>
+      <c r="D149" t="s">
+        <v>274</v>
+      </c>
+      <c r="E149" t="s">
+        <v>275</v>
+      </c>
+      <c r="F149" t="s">
+        <v>98</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H149" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>550</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>551</v>
+      </c>
+      <c r="D150" t="s">
+        <v>274</v>
+      </c>
+      <c r="E150" t="s">
+        <v>275</v>
+      </c>
+      <c r="F150" t="s">
+        <v>98</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H150" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>554</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>555</v>
+      </c>
+      <c r="D151" t="s">
+        <v>274</v>
+      </c>
+      <c r="E151" t="s">
+        <v>275</v>
+      </c>
+      <c r="F151" t="s">
+        <v>86</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H151" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>558</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>559</v>
+      </c>
+      <c r="D152" t="s">
+        <v>274</v>
+      </c>
+      <c r="E152" t="s">
+        <v>275</v>
+      </c>
+      <c r="F152" t="s">
+        <v>86</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H152" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>561</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>562</v>
+      </c>
+      <c r="D153" t="s">
+        <v>274</v>
+      </c>
+      <c r="E153" t="s">
+        <v>275</v>
+      </c>
+      <c r="F153" t="s">
+        <v>295</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="H153" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>565</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>566</v>
+      </c>
+      <c r="D154" t="s">
+        <v>274</v>
+      </c>
+      <c r="E154" t="s">
+        <v>275</v>
+      </c>
+      <c r="F154" t="s">
+        <v>295</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="H154" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>569</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>570</v>
+      </c>
+      <c r="D155" t="s">
+        <v>274</v>
+      </c>
+      <c r="E155" t="s">
+        <v>275</v>
+      </c>
+      <c r="F155" t="s">
+        <v>276</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H155" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>573</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>574</v>
+      </c>
+      <c r="D156" t="s">
+        <v>274</v>
+      </c>
+      <c r="E156" t="s">
+        <v>275</v>
+      </c>
+      <c r="F156" t="s">
+        <v>203</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="H156" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>577</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>578</v>
+      </c>
+      <c r="D157" t="s">
+        <v>274</v>
+      </c>
+      <c r="E157" t="s">
+        <v>275</v>
+      </c>
+      <c r="F157" t="s">
+        <v>98</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="H157" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>581</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>582</v>
+      </c>
+      <c r="D158" t="s">
+        <v>274</v>
+      </c>
+      <c r="E158" t="s">
+        <v>275</v>
+      </c>
+      <c r="F158" t="s">
+        <v>98</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H158" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>585</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>586</v>
+      </c>
+      <c r="D159" t="s">
+        <v>274</v>
+      </c>
+      <c r="E159" t="s">
+        <v>275</v>
+      </c>
+      <c r="F159" t="s">
+        <v>230</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="H159" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>589</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>590</v>
+      </c>
+      <c r="D160" t="s">
+        <v>274</v>
+      </c>
+      <c r="E160" t="s">
+        <v>275</v>
+      </c>
+      <c r="F160" t="s">
+        <v>230</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H160" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>593</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>594</v>
+      </c>
+      <c r="D161" t="s">
+        <v>274</v>
+      </c>
+      <c r="E161" t="s">
+        <v>275</v>
+      </c>
+      <c r="F161" t="s">
+        <v>105</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H161" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>597</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>598</v>
+      </c>
+      <c r="D162" t="s">
+        <v>274</v>
+      </c>
+      <c r="E162" t="s">
+        <v>275</v>
+      </c>
+      <c r="F162" t="s">
+        <v>105</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H162" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>601</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>602</v>
+      </c>
+      <c r="D163" t="s">
+        <v>274</v>
+      </c>
+      <c r="E163" t="s">
+        <v>275</v>
+      </c>
+      <c r="F163" t="s">
+        <v>90</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="H163" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>605</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>606</v>
+      </c>
+      <c r="D164" t="s">
+        <v>274</v>
+      </c>
+      <c r="E164" t="s">
+        <v>275</v>
+      </c>
+      <c r="F164" t="s">
+        <v>90</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H164" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>609</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>610</v>
+      </c>
+      <c r="D165" t="s">
+        <v>274</v>
+      </c>
+      <c r="E165" t="s">
+        <v>275</v>
+      </c>
+      <c r="F165" t="s">
+        <v>94</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H165" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>613</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>614</v>
+      </c>
+      <c r="D166" t="s">
+        <v>274</v>
+      </c>
+      <c r="E166" t="s">
+        <v>275</v>
+      </c>
+      <c r="F166" t="s">
+        <v>94</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="H166" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>617</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>618</v>
+      </c>
+      <c r="D167" t="s">
+        <v>274</v>
+      </c>
+      <c r="E167" t="s">
+        <v>275</v>
+      </c>
+      <c r="F167" t="s">
+        <v>308</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="H167" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>621</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>622</v>
+      </c>
+      <c r="D168" t="s">
+        <v>274</v>
+      </c>
+      <c r="E168" t="s">
+        <v>275</v>
+      </c>
+      <c r="F168" t="s">
+        <v>308</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H168" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>625</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>626</v>
+      </c>
+      <c r="D169" t="s">
+        <v>274</v>
+      </c>
+      <c r="E169" t="s">
+        <v>275</v>
+      </c>
+      <c r="F169" t="s">
+        <v>203</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="H169" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>629</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>630</v>
+      </c>
+      <c r="D170" t="s">
+        <v>274</v>
+      </c>
+      <c r="E170" t="s">
+        <v>275</v>
+      </c>
+      <c r="F170" t="s">
+        <v>276</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="H170" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>633</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>634</v>
+      </c>
+      <c r="D171" t="s">
+        <v>274</v>
+      </c>
+      <c r="E171" t="s">
+        <v>275</v>
+      </c>
+      <c r="F171" t="s">
+        <v>276</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="H171" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>637</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>638</v>
+      </c>
+      <c r="D172" t="s">
+        <v>274</v>
+      </c>
+      <c r="E172" t="s">
+        <v>275</v>
+      </c>
+      <c r="F172" t="s">
+        <v>127</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="H172" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>641</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>642</v>
+      </c>
+      <c r="D173" t="s">
+        <v>274</v>
+      </c>
+      <c r="E173" t="s">
+        <v>275</v>
+      </c>
+      <c r="F173" t="s">
+        <v>127</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="H173" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>645</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>646</v>
+      </c>
+      <c r="D174" t="s">
+        <v>274</v>
+      </c>
+      <c r="E174" t="s">
+        <v>275</v>
+      </c>
+      <c r="F174" t="s">
+        <v>86</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="H174" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>649</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>650</v>
+      </c>
+      <c r="D175" t="s">
+        <v>274</v>
+      </c>
+      <c r="E175" t="s">
+        <v>275</v>
+      </c>
+      <c r="F175" t="s">
+        <v>86</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="H175" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>653</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>654</v>
+      </c>
+      <c r="D176" t="s">
+        <v>274</v>
+      </c>
+      <c r="E176" t="s">
+        <v>275</v>
+      </c>
+      <c r="F176" t="s">
+        <v>295</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H176" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>657</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>658</v>
+      </c>
+      <c r="D177" t="s">
+        <v>274</v>
+      </c>
+      <c r="E177" t="s">
+        <v>275</v>
+      </c>
+      <c r="F177" t="s">
+        <v>295</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="H177" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>661</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>662</v>
+      </c>
+      <c r="D178" t="s">
+        <v>274</v>
+      </c>
+      <c r="E178" t="s">
+        <v>275</v>
+      </c>
+      <c r="F178" t="s">
+        <v>90</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="H178" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>665</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>666</v>
+      </c>
+      <c r="D179" t="s">
+        <v>274</v>
+      </c>
+      <c r="E179" t="s">
+        <v>275</v>
+      </c>
+      <c r="F179" t="s">
+        <v>90</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H179" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>669</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>670</v>
+      </c>
+      <c r="D180" t="s">
+        <v>274</v>
+      </c>
+      <c r="E180" t="s">
+        <v>275</v>
+      </c>
+      <c r="F180" t="s">
+        <v>94</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="H180" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>673</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>674</v>
+      </c>
+      <c r="D181" t="s">
+        <v>274</v>
+      </c>
+      <c r="E181" t="s">
+        <v>275</v>
+      </c>
+      <c r="F181" t="s">
+        <v>94</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H181" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>677</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>678</v>
+      </c>
+      <c r="D182" t="s">
+        <v>274</v>
+      </c>
+      <c r="E182" t="s">
+        <v>275</v>
+      </c>
+      <c r="F182" t="s">
+        <v>308</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="H182" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>681</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>682</v>
+      </c>
+      <c r="D183" t="s">
+        <v>274</v>
+      </c>
+      <c r="E183" t="s">
+        <v>275</v>
+      </c>
+      <c r="F183" t="s">
+        <v>308</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="H183" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>685</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>686</v>
+      </c>
+      <c r="D184" t="s">
+        <v>274</v>
+      </c>
+      <c r="E184" t="s">
+        <v>275</v>
+      </c>
+      <c r="F184" t="s">
+        <v>105</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H184" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>689</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>690</v>
+      </c>
+      <c r="D185" t="s">
+        <v>274</v>
+      </c>
+      <c r="E185" t="s">
+        <v>275</v>
+      </c>
+      <c r="F185" t="s">
+        <v>105</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="H185" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>693</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>694</v>
+      </c>
+      <c r="D186" t="s">
+        <v>274</v>
+      </c>
+      <c r="E186" t="s">
+        <v>275</v>
+      </c>
+      <c r="F186" t="s">
+        <v>230</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="H186" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>697</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>698</v>
+      </c>
+      <c r="D187" t="s">
+        <v>274</v>
+      </c>
+      <c r="E187" t="s">
+        <v>275</v>
+      </c>
+      <c r="F187" t="s">
+        <v>276</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="H187" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>701</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>702</v>
+      </c>
+      <c r="D188" t="s">
+        <v>274</v>
+      </c>
+      <c r="E188" t="s">
+        <v>275</v>
+      </c>
+      <c r="F188" t="s">
+        <v>276</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="H188" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>705</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>706</v>
+      </c>
+      <c r="D189" t="s">
+        <v>274</v>
+      </c>
+      <c r="E189" t="s">
+        <v>275</v>
+      </c>
+      <c r="F189" t="s">
+        <v>127</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="H189" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>709</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>710</v>
+      </c>
+      <c r="D190" t="s">
+        <v>274</v>
+      </c>
+      <c r="E190" t="s">
+        <v>275</v>
+      </c>
+      <c r="F190" t="s">
+        <v>127</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="H190" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>713</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>714</v>
+      </c>
+      <c r="D191" t="s">
+        <v>274</v>
+      </c>
+      <c r="E191" t="s">
+        <v>275</v>
+      </c>
+      <c r="F191" t="s">
+        <v>86</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H191" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>717</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>718</v>
+      </c>
+      <c r="D192" t="s">
+        <v>274</v>
+      </c>
+      <c r="E192" t="s">
+        <v>275</v>
+      </c>
+      <c r="F192" t="s">
+        <v>86</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="H192" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>721</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>722</v>
+      </c>
+      <c r="D193" t="s">
+        <v>274</v>
+      </c>
+      <c r="E193" t="s">
+        <v>275</v>
+      </c>
+      <c r="F193" t="s">
+        <v>295</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="H193" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>725</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>726</v>
+      </c>
+      <c r="D194" t="s">
+        <v>274</v>
+      </c>
+      <c r="E194" t="s">
+        <v>275</v>
+      </c>
+      <c r="F194" t="s">
+        <v>295</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="H194" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>729</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>730</v>
+      </c>
+      <c r="D195" t="s">
+        <v>274</v>
+      </c>
+      <c r="E195" t="s">
+        <v>275</v>
+      </c>
+      <c r="F195" t="s">
+        <v>90</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H195" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>733</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>734</v>
+      </c>
+      <c r="D196" t="s">
+        <v>274</v>
+      </c>
+      <c r="E196" t="s">
+        <v>275</v>
+      </c>
+      <c r="F196" t="s">
+        <v>90</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="H196" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>737</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>738</v>
+      </c>
+      <c r="D197" t="s">
+        <v>274</v>
+      </c>
+      <c r="E197" t="s">
+        <v>275</v>
+      </c>
+      <c r="F197" t="s">
+        <v>94</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="H197" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>741</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>742</v>
+      </c>
+      <c r="D198" t="s">
+        <v>274</v>
+      </c>
+      <c r="E198" t="s">
+        <v>275</v>
+      </c>
+      <c r="F198" t="s">
+        <v>94</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="H198" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>745</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>746</v>
+      </c>
+      <c r="D199" t="s">
+        <v>274</v>
+      </c>
+      <c r="E199" t="s">
+        <v>275</v>
+      </c>
+      <c r="F199" t="s">
+        <v>308</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="H199" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>749</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>750</v>
+      </c>
+      <c r="D200" t="s">
+        <v>274</v>
+      </c>
+      <c r="E200" t="s">
+        <v>275</v>
+      </c>
+      <c r="F200" t="s">
+        <v>308</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H200" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>753</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>754</v>
+      </c>
+      <c r="D201" t="s">
+        <v>274</v>
+      </c>
+      <c r="E201" t="s">
+        <v>275</v>
+      </c>
+      <c r="F201" t="s">
+        <v>98</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="H201" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>757</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>758</v>
+      </c>
+      <c r="D202" t="s">
+        <v>274</v>
+      </c>
+      <c r="E202" t="s">
+        <v>275</v>
+      </c>
+      <c r="F202" t="s">
+        <v>98</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="H202" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>761</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>762</v>
+      </c>
+      <c r="D203" t="s">
+        <v>274</v>
+      </c>
+      <c r="E203" t="s">
+        <v>275</v>
+      </c>
+      <c r="F203" t="s">
+        <v>230</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H203" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>765</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>766</v>
+      </c>
+      <c r="D204" t="s">
+        <v>274</v>
+      </c>
+      <c r="E204" t="s">
+        <v>275</v>
+      </c>
+      <c r="F204" t="s">
+        <v>230</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="H204" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>769</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>770</v>
+      </c>
+      <c r="D205" t="s">
+        <v>274</v>
+      </c>
+      <c r="E205" t="s">
+        <v>275</v>
+      </c>
+      <c r="F205" t="s">
+        <v>105</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H205" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>773</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>774</v>
+      </c>
+      <c r="D206" t="s">
+        <v>274</v>
+      </c>
+      <c r="E206" t="s">
+        <v>275</v>
+      </c>
+      <c r="F206" t="s">
+        <v>105</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H206" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>777</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>778</v>
+      </c>
+      <c r="D207" t="s">
+        <v>274</v>
+      </c>
+      <c r="E207" t="s">
+        <v>275</v>
+      </c>
+      <c r="F207" t="s">
+        <v>276</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="H207" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>781</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>782</v>
+      </c>
+      <c r="D208" t="s">
+        <v>274</v>
+      </c>
+      <c r="E208" t="s">
+        <v>275</v>
+      </c>
+      <c r="F208" t="s">
+        <v>276</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="H208" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>785</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>786</v>
+      </c>
+      <c r="D209" t="s">
+        <v>274</v>
+      </c>
+      <c r="E209" t="s">
+        <v>275</v>
+      </c>
+      <c r="F209" t="s">
+        <v>86</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H209" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>789</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>790</v>
+      </c>
+      <c r="D210" t="s">
+        <v>274</v>
+      </c>
+      <c r="E210" t="s">
+        <v>275</v>
+      </c>
+      <c r="F210" t="s">
+        <v>86</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="H210" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>793</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>794</v>
+      </c>
+      <c r="D211" t="s">
+        <v>274</v>
+      </c>
+      <c r="E211" t="s">
+        <v>275</v>
+      </c>
+      <c r="F211" t="s">
+        <v>230</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H211" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>797</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>798</v>
+      </c>
+      <c r="D212" t="s">
+        <v>274</v>
+      </c>
+      <c r="E212" t="s">
+        <v>275</v>
+      </c>
+      <c r="F212" t="s">
+        <v>230</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H212" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>801</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>802</v>
+      </c>
+      <c r="D213" t="s">
+        <v>274</v>
+      </c>
+      <c r="E213" t="s">
+        <v>275</v>
+      </c>
+      <c r="F213" t="s">
+        <v>295</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="H213" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>805</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>806</v>
+      </c>
+      <c r="D214" t="s">
+        <v>274</v>
+      </c>
+      <c r="E214" t="s">
+        <v>275</v>
+      </c>
+      <c r="F214" t="s">
+        <v>295</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H214" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>809</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>810</v>
+      </c>
+      <c r="D215" t="s">
+        <v>274</v>
+      </c>
+      <c r="E215" t="s">
+        <v>275</v>
+      </c>
+      <c r="F215" t="s">
+        <v>90</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H215" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>813</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>814</v>
+      </c>
+      <c r="D216" t="s">
+        <v>274</v>
+      </c>
+      <c r="E216" t="s">
+        <v>275</v>
+      </c>
+      <c r="F216" t="s">
+        <v>90</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H216" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>817</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>818</v>
+      </c>
+      <c r="D217" t="s">
+        <v>274</v>
+      </c>
+      <c r="E217" t="s">
+        <v>275</v>
+      </c>
+      <c r="F217" t="s">
+        <v>94</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="H217" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>821</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>822</v>
+      </c>
+      <c r="D218" t="s">
+        <v>274</v>
+      </c>
+      <c r="E218" t="s">
+        <v>275</v>
+      </c>
+      <c r="F218" t="s">
+        <v>94</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="H218" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>825</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>826</v>
+      </c>
+      <c r="D219" t="s">
+        <v>274</v>
+      </c>
+      <c r="E219" t="s">
+        <v>275</v>
+      </c>
+      <c r="F219" t="s">
+        <v>308</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="H219" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>829</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>830</v>
+      </c>
+      <c r="D220" t="s">
+        <v>274</v>
+      </c>
+      <c r="E220" t="s">
+        <v>275</v>
+      </c>
+      <c r="F220" t="s">
+        <v>308</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="H220" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>833</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>834</v>
+      </c>
+      <c r="D221" t="s">
+        <v>274</v>
+      </c>
+      <c r="E221" t="s">
+        <v>275</v>
+      </c>
+      <c r="F221" t="s">
+        <v>276</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="H221" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>837</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>838</v>
+      </c>
+      <c r="D222" t="s">
+        <v>274</v>
+      </c>
+      <c r="E222" t="s">
+        <v>275</v>
+      </c>
+      <c r="F222" t="s">
+        <v>276</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="H222" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>841</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>842</v>
+      </c>
+      <c r="D223" t="s">
+        <v>274</v>
+      </c>
+      <c r="E223" t="s">
+        <v>275</v>
+      </c>
+      <c r="F223" t="s">
+        <v>98</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="H223" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>845</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>846</v>
+      </c>
+      <c r="D224" t="s">
+        <v>274</v>
+      </c>
+      <c r="E224" t="s">
+        <v>275</v>
+      </c>
+      <c r="F224" t="s">
+        <v>98</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H224" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>849</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>850</v>
+      </c>
+      <c r="D225" t="s">
+        <v>274</v>
+      </c>
+      <c r="E225" t="s">
+        <v>275</v>
+      </c>
+      <c r="F225" t="s">
+        <v>295</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="H225" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>853</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>854</v>
+      </c>
+      <c r="D226" t="s">
+        <v>274</v>
+      </c>
+      <c r="E226" t="s">
+        <v>275</v>
+      </c>
+      <c r="F226" t="s">
+        <v>295</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="H226" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>857</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>858</v>
+      </c>
+      <c r="D227" t="s">
+        <v>274</v>
+      </c>
+      <c r="E227" t="s">
+        <v>275</v>
+      </c>
+      <c r="F227" t="s">
+        <v>90</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="H227" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>861</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>862</v>
+      </c>
+      <c r="D228" t="s">
+        <v>274</v>
+      </c>
+      <c r="E228" t="s">
+        <v>275</v>
+      </c>
+      <c r="F228" t="s">
+        <v>90</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="H228" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>865</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>866</v>
+      </c>
+      <c r="D229" t="s">
+        <v>274</v>
+      </c>
+      <c r="E229" t="s">
+        <v>275</v>
+      </c>
+      <c r="F229" t="s">
+        <v>105</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="H229" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>869</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>870</v>
+      </c>
+      <c r="D230" t="s">
+        <v>274</v>
+      </c>
+      <c r="E230" t="s">
+        <v>275</v>
+      </c>
+      <c r="F230" t="s">
+        <v>105</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="H230" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>873</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>874</v>
+      </c>
+      <c r="D231" t="s">
+        <v>274</v>
+      </c>
+      <c r="E231" t="s">
+        <v>275</v>
+      </c>
+      <c r="F231" t="s">
+        <v>86</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="H231" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>877</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>878</v>
+      </c>
+      <c r="D232" t="s">
+        <v>274</v>
+      </c>
+      <c r="E232" t="s">
+        <v>275</v>
+      </c>
+      <c r="F232" t="s">
+        <v>230</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="H232" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>881</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>882</v>
+      </c>
+      <c r="D233" t="s">
+        <v>274</v>
+      </c>
+      <c r="E233" t="s">
+        <v>275</v>
+      </c>
+      <c r="F233" t="s">
+        <v>94</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="H233" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>885</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>886</v>
+      </c>
+      <c r="D234" t="s">
+        <v>274</v>
+      </c>
+      <c r="E234" t="s">
+        <v>275</v>
+      </c>
+      <c r="F234" t="s">
+        <v>308</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="H234" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>889</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>890</v>
+      </c>
+      <c r="D235" t="s">
+        <v>274</v>
+      </c>
+      <c r="E235" t="s">
+        <v>275</v>
+      </c>
+      <c r="F235" t="s">
+        <v>308</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="H235" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>893</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>10</v>
+      </c>
+      <c r="D236" t="s">
+        <v>894</v>
+      </c>
+      <c r="E236" t="s">
+        <v>895</v>
+      </c>
+      <c r="F236" t="s">
+        <v>64</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="H236" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>898</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>10</v>
+      </c>
+      <c r="D237" t="s">
+        <v>899</v>
+      </c>
+      <c r="E237" t="s">
+        <v>900</v>
+      </c>
+      <c r="F237" t="s">
+        <v>901</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="H237" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>904</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>17</v>
+      </c>
+      <c r="D238" t="s">
+        <v>899</v>
+      </c>
+      <c r="E238" t="s">
+        <v>900</v>
+      </c>
+      <c r="F238" t="s">
+        <v>901</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="H238" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>907</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>21</v>
+      </c>
+      <c r="D239" t="s">
+        <v>899</v>
+      </c>
+      <c r="E239" t="s">
+        <v>900</v>
+      </c>
+      <c r="F239" t="s">
+        <v>908</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="H239" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>911</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>25</v>
+      </c>
+      <c r="D240" t="s">
+        <v>899</v>
+      </c>
+      <c r="E240" t="s">
+        <v>900</v>
+      </c>
+      <c r="F240" t="s">
+        <v>912</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H240" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>914</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>29</v>
+      </c>
+      <c r="D241" t="s">
+        <v>899</v>
+      </c>
+      <c r="E241" t="s">
+        <v>900</v>
+      </c>
+      <c r="F241" t="s">
+        <v>915</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H241" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>917</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>33</v>
+      </c>
+      <c r="D242" t="s">
+        <v>899</v>
+      </c>
+      <c r="E242" t="s">
+        <v>900</v>
+      </c>
+      <c r="F242" t="s">
+        <v>918</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H242" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>920</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>37</v>
+      </c>
+      <c r="D243" t="s">
+        <v>899</v>
+      </c>
+      <c r="E243" t="s">
+        <v>900</v>
+      </c>
+      <c r="F243" t="s">
+        <v>912</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H243" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>922</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>41</v>
+      </c>
+      <c r="D244" t="s">
+        <v>899</v>
+      </c>
+      <c r="E244" t="s">
+        <v>900</v>
+      </c>
+      <c r="F244" t="s">
+        <v>923</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="H244" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>926</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>45</v>
+      </c>
+      <c r="D245" t="s">
+        <v>899</v>
+      </c>
+      <c r="E245" t="s">
+        <v>900</v>
+      </c>
+      <c r="F245" t="s">
+        <v>927</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="H245" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>930</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>118</v>
+      </c>
+      <c r="D246" t="s">
+        <v>899</v>
+      </c>
+      <c r="E246" t="s">
+        <v>900</v>
+      </c>
+      <c r="F246" t="s">
+        <v>915</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="H246" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>933</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>122</v>
+      </c>
+      <c r="D247" t="s">
+        <v>899</v>
+      </c>
+      <c r="E247" t="s">
+        <v>900</v>
+      </c>
+      <c r="F247" t="s">
+        <v>912</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="H247" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>936</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>126</v>
+      </c>
+      <c r="D248" t="s">
+        <v>899</v>
+      </c>
+      <c r="E248" t="s">
+        <v>900</v>
+      </c>
+      <c r="F248" t="s">
+        <v>912</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="H248" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>939</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>131</v>
+      </c>
+      <c r="D249" t="s">
+        <v>899</v>
+      </c>
+      <c r="E249" t="s">
+        <v>900</v>
+      </c>
+      <c r="F249" t="s">
+        <v>912</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="H249" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>942</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>80</v>
+      </c>
+      <c r="D250" t="s">
+        <v>899</v>
+      </c>
+      <c r="E250" t="s">
+        <v>900</v>
+      </c>
+      <c r="F250" t="s">
+        <v>912</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="H250" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>945</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>138</v>
+      </c>
+      <c r="D251" t="s">
+        <v>899</v>
+      </c>
+      <c r="E251" t="s">
+        <v>900</v>
+      </c>
+      <c r="F251" t="s">
+        <v>912</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="H251" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>948</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>142</v>
+      </c>
+      <c r="D252" t="s">
+        <v>899</v>
+      </c>
+      <c r="E252" t="s">
+        <v>900</v>
+      </c>
+      <c r="F252" t="s">
+        <v>912</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="H252" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>951</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>146</v>
+      </c>
+      <c r="D253" t="s">
+        <v>899</v>
+      </c>
+      <c r="E253" t="s">
+        <v>900</v>
+      </c>
+      <c r="F253" t="s">
+        <v>912</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="H253" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>954</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>150</v>
+      </c>
+      <c r="D254" t="s">
+        <v>899</v>
+      </c>
+      <c r="E254" t="s">
+        <v>900</v>
+      </c>
+      <c r="F254" t="s">
+        <v>912</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="H254" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>957</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>154</v>
+      </c>
+      <c r="D255" t="s">
+        <v>899</v>
+      </c>
+      <c r="E255" t="s">
+        <v>900</v>
+      </c>
+      <c r="F255" t="s">
+        <v>912</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="H255" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>960</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>158</v>
+      </c>
+      <c r="D256" t="s">
+        <v>899</v>
+      </c>
+      <c r="E256" t="s">
+        <v>900</v>
+      </c>
+      <c r="F256" t="s">
+        <v>915</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="H256" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>963</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>162</v>
+      </c>
+      <c r="D257" t="s">
+        <v>899</v>
+      </c>
+      <c r="E257" t="s">
+        <v>900</v>
+      </c>
+      <c r="F257" t="s">
+        <v>915</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="H257" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>966</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>166</v>
+      </c>
+      <c r="D258" t="s">
+        <v>899</v>
+      </c>
+      <c r="E258" t="s">
+        <v>900</v>
+      </c>
+      <c r="F258" t="s">
+        <v>915</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="H258" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>969</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>170</v>
+      </c>
+      <c r="D259" t="s">
+        <v>899</v>
+      </c>
+      <c r="E259" t="s">
+        <v>900</v>
+      </c>
+      <c r="F259" t="s">
+        <v>970</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="H259" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>973</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>174</v>
+      </c>
+      <c r="D260" t="s">
+        <v>899</v>
+      </c>
+      <c r="E260" t="s">
+        <v>900</v>
+      </c>
+      <c r="F260" t="s">
+        <v>970</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="H260" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>976</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>178</v>
+      </c>
+      <c r="D261" t="s">
+        <v>899</v>
+      </c>
+      <c r="E261" t="s">
+        <v>900</v>
+      </c>
+      <c r="F261" t="s">
+        <v>970</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="H261" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>979</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>182</v>
+      </c>
+      <c r="D262" t="s">
+        <v>899</v>
+      </c>
+      <c r="E262" t="s">
+        <v>900</v>
+      </c>
+      <c r="F262" t="s">
+        <v>970</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H262" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>982</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>186</v>
+      </c>
+      <c r="D263" t="s">
+        <v>899</v>
+      </c>
+      <c r="E263" t="s">
+        <v>900</v>
+      </c>
+      <c r="F263" t="s">
+        <v>970</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="H263" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>985</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>190</v>
+      </c>
+      <c r="D264" t="s">
+        <v>899</v>
+      </c>
+      <c r="E264" t="s">
+        <v>900</v>
+      </c>
+      <c r="F264" t="s">
+        <v>912</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="H264" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>988</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>194</v>
+      </c>
+      <c r="D265" t="s">
+        <v>899</v>
+      </c>
+      <c r="E265" t="s">
+        <v>900</v>
+      </c>
+      <c r="F265" t="s">
+        <v>912</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="H265" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>991</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>198</v>
+      </c>
+      <c r="D266" t="s">
+        <v>899</v>
+      </c>
+      <c r="E266" t="s">
+        <v>900</v>
+      </c>
+      <c r="F266" t="s">
+        <v>912</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="H266" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>994</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>202</v>
+      </c>
+      <c r="D267" t="s">
+        <v>899</v>
+      </c>
+      <c r="E267" t="s">
+        <v>900</v>
+      </c>
+      <c r="F267" t="s">
+        <v>912</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="H267" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>997</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>10</v>
+      </c>
+      <c r="D268" t="s">
+        <v>998</v>
+      </c>
+      <c r="E268" t="s">
+        <v>999</v>
+      </c>
+      <c r="F268" t="s">
+        <v>64</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>10</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F269" t="s">
+        <v>64</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>17</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E270" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F270" t="s">
+        <v>86</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>21</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E271" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F271" t="s">
+        <v>86</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H271" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>25</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F272" t="s">
+        <v>86</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>29</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F273" t="s">
+        <v>86</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>33</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E274" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F274" t="s">
+        <v>86</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>37</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F275" t="s">
+        <v>86</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>41</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F276" t="s">
+        <v>86</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>45</v>
+      </c>
+      <c r="D277" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E277" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F277" t="s">
+        <v>86</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>118</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F278" t="s">
+        <v>90</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>122</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F279" t="s">
+        <v>90</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>126</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F280" t="s">
+        <v>90</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>131</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F281" t="s">
+        <v>90</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>80</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F282" t="s">
+        <v>90</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>138</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F283" t="s">
+        <v>90</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>142</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F284" t="s">
+        <v>90</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>146</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F285" t="s">
+        <v>105</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>150</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F286" t="s">
+        <v>105</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>154</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F287" t="s">
+        <v>105</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>158</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F288" t="s">
+        <v>105</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>162</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F289" t="s">
+        <v>105</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>166</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F290" t="s">
+        <v>105</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>170</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F291" t="s">
+        <v>86</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>174</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F292" t="s">
+        <v>295</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>178</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F293" t="s">
+        <v>295</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>182</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F294" t="s">
+        <v>295</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>186</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F295" t="s">
+        <v>295</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>190</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F296" t="s">
+        <v>64</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>194</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F297" t="s">
+        <v>64</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>198</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F298" t="s">
+        <v>64</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>202</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F299" t="s">
+        <v>64</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>207</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F300" t="s">
+        <v>64</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>211</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F301" t="s">
+        <v>64</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>215</v>
+      </c>
+      <c r="D302" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F302" t="s">
+        <v>105</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>219</v>
+      </c>
+      <c r="D303" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F303" t="s">
+        <v>105</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>223</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F304" t="s">
+        <v>90</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>226</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E305" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F305" t="s">
+        <v>295</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>229</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F306" t="s">
+        <v>64</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>233</v>
+      </c>
+      <c r="D307" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E307" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F307" t="s">
+        <v>64</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>236</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F308" t="s">
+        <v>64</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>239</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F309" t="s">
+        <v>64</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>242</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F310" t="s">
+        <v>64</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>246</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F311" t="s">
+        <v>105</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>250</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F312" t="s">
+        <v>105</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>254</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F313" t="s">
+        <v>105</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>258</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F314" t="s">
+        <v>105</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>262</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F315" t="s">
+        <v>105</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>266</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E316" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F316" t="s">
+        <v>105</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>270</v>
+      </c>
+      <c r="D317" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F317" t="s">
+        <v>105</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>426</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F318" t="s">
+        <v>105</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>430</v>
+      </c>
+      <c r="D319" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F319" t="s">
+        <v>105</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>434</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E320" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F320" t="s">
+        <v>105</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>437</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F321" t="s">
+        <v>105</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>441</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F322" t="s">
+        <v>98</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>445</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F323" t="s">
+        <v>90</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>449</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F324" t="s">
+        <v>90</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>453</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F325" t="s">
+        <v>64</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>457</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F326" t="s">
+        <v>1176</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1178</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
+    <hyperlink ref="G303" r:id="rId302"/>
+    <hyperlink ref="G304" r:id="rId303"/>
+    <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
+    <hyperlink ref="G313" r:id="rId312"/>
+    <hyperlink ref="G314" r:id="rId313"/>
+    <hyperlink ref="G315" r:id="rId314"/>
+    <hyperlink ref="G316" r:id="rId315"/>
+    <hyperlink ref="G317" r:id="rId316"/>
+    <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
+    <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>