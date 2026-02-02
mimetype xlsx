--- v0 (2025-10-26)
+++ v1 (2026-02-02)
@@ -6632,54 +6632,51 @@
   <si>
     <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3766/rua_helio_de_abreu.pdf</t>
   </si>
   <si>
     <t>Solicitando operação taba buracos na Rua Hélio de Abreu Dias, esquina com a Estrada Ari Parreiras, no Bairro do Engenho.</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3793/indicacao__rua_sebastiao_vieira.pdf</t>
   </si>
   <si>
     <t>Solicitando serviço de operação tabas buracos em toda a extensão da Rua Sebastião Vieira, no bairro Monte Serrat.</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>Indico a Mesa Diretora, depois de ouvido o douto Plenário, que seja oficiado ao Exmº Sr. Prefeito, para que determine ao órgão competente da Municipalidade, que_x000D_
-[...2 lines deleted...]
-Aproveito a oportunidade para expressar a minha estima e distinta consideração.</t>
+    <t>Solicitando seja proibido o descarte de lixo em frente a Creche MARIA ROSA GOMES DO NASCIMENTO, localizada na Estrada do Caçador, no Bairro Teixeira.</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3806/indicacao_64_-_contra_mao_na_rua_presid._castelo_branco_-_bairro_teixeira.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa Diretora, depois de ouvido o douto Plenário, que seja oficiado ao_x000D_
 Exmº Sr. Prefeito, para que determine ao órgão competente da Municipalidade, que_x000D_
 torne a Rua Presidente Castelo Branco, contra mão no sentido ao Sítio do Robe, até a_x000D_
 Rua Alice Santoro Esck “ antiga Rua 4”, no Bairro Teixeira._x000D_
 Justificativa: A referida solicitação se faz se necessária devido ao fluxo de veículos_x000D_
 circulando sobre essa via, a pista encontra-se estreita no sentido próximo ao sítio do_x000D_
 Robe, veículos já caíram no rio devido o ASSOREAMENTO._x000D_
 Aproveito a oportunidade para expressar a minha estima e distinta consideração.</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
     <t>391</t>