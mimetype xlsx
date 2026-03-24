--- v1 (2026-02-02)
+++ v2 (2026-03-24)
@@ -54,6852 +54,6852 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata das Sessões Plenárias</t>
   </si>
   <si>
     <t>Secretaria do Legislativo - SecLeg</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3010/ata_s.o._1p_2024_06-02-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3010/ata_s.o._1p_2024_06-02-2024.pdf</t>
   </si>
   <si>
     <t>ATA PRIMEIRA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3028/ata_s.o._2p_2024_20-02-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3028/ata_s.o._2p_2024_20-02-2024.pdf</t>
   </si>
   <si>
     <t>ATA SEGUNDA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3047/ata_s.o._3p_2024_27-02-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3047/ata_s.o._3p_2024_27-02-2024.pdf</t>
   </si>
   <si>
     <t>ATA TERCEIRA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3091/ata_s.o._4p_2024_05-03-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3091/ata_s.o._4p_2024_05-03-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA QUARTA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3100/ata_s.o._5p_2024_12-03-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3100/ata_s.o._5p_2024_12-03-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA QUINTA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3151/ata_s.o._6p_2024_19-03-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3151/ata_s.o._6p_2024_19-03-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SEXTA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3178/ata_s.o._7_1p_2024_26-03-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3178/ata_s.o._7_1p_2024_26-03-2024.pdf</t>
   </si>
   <si>
     <t>Ata Da Sétima Sessão Ordinária Do Primeiro Período Do Ano De 2024 Da Câmara Municipal De Itaguaí – RJ</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3235/ata_s.o._8_1p_2024_09-04-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3235/ata_s.o._8_1p_2024_09-04-2024.pdf</t>
   </si>
   <si>
     <t>Ata Da Oitava Sessão Ordinária Do Primeiro Período Do Ano De 2024 Da Câmara Municipal De Itaguaí – Rj</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3236/ata_s.o._9_1p_2024_11-04-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3236/ata_s.o._9_1p_2024_11-04-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA NONA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3258/ata_s.o._10_1p_2024_18-04-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3258/ata_s.o._10_1p_2024_18-04-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3272/ata_s.o._11_1p_2024_25-04-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3272/ata_s.o._11_1p_2024_25-04-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA PRIMEIRA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3300/ata_s.o._12_1p_2024_30-04-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3300/ata_s.o._12_1p_2024_30-04-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SEGUNDA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3316/ata_s.o._13_1p_2024_09-05-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3316/ata_s.o._13_1p_2024_09-05-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA TERCEIRA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3356/ata_s.o._14_1p_2024_16-05-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3356/ata_s.o._14_1p_2024_16-05-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA QUARTA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3378/ata_s.o._15_1p_2024_23-05-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3378/ata_s.o._15_1p_2024_23-05-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA QUINTA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3427/ata_s.o._16_1p_2024_28-05-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3427/ata_s.o._16_1p_2024_28-05-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SEXTA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3436/ata_s.o._17_1p_2024_04-06-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3436/ata_s.o._17_1p_2024_04-06-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SÉTIMA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3485/ata_s.o._18_1p_2024_18-06-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3485/ata_s.o._18_1p_2024_18-06-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA OITAVA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3542/ata9a_s.e._-19-07-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3542/ata9a_s.e._-19-07-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA NONA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3551/ata_s.o._20_1p_2024_06-08-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3551/ata_s.o._20_1p_2024_06-08-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3581/ata_s.o._21_1p_2024_13-08-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3581/ata_s.o._21_1p_2024_13-08-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA PRIMEIRA SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3603/ata_s.o._22_2p_2024_27-08-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3603/ata_s.o._22_2p_2024_27-08-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA SEGUNDA SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3643/ata_s.o._23_2p_2024_10-09-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3643/ata_s.o._23_2p_2024_10-09-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA TERCEIRA SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3687/ata_s.o._24_2p_2024_10-10-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3687/ata_s.o._24_2p_2024_10-10-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA QUARTA SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3701/ata_s.o._25_2p_2024_17-10-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3701/ata_s.o._25_2p_2024_17-10-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA QUINTA SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3731/ata_s.o._26_2p_2024_29-10-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3731/ata_s.o._26_2p_2024_29-10-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA SEXTA SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3780/ata_s.o._27_2p_2024_14-11-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3780/ata_s.o._27_2p_2024_14-11-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA SÉTIMA SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3781/ata_s.o._28_2p_2024_26-11-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3781/ata_s.o._28_2p_2024_26-11-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA OITAVA SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3807/ata_s.o._29_2p_2024_10-12-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3807/ata_s.o._29_2p_2024_10-12-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGÉSIMA NONA SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3830/ata_s.o._30_2p_2024_19-12-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3830/ata_s.o._30_2p_2024_19-12-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIGÉSIMA SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>AEx</t>
   </si>
   <si>
     <t>Ata das Sessões Plenárias Extraordinárias</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2994/ata1a_s.e._-16-01-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2994/ata1a_s.e._-16-01-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA PRIMEIRA SESSÃO EXTRAORDINÁRIA DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2995/ata2a_s.e._-23-01-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2995/ata2a_s.e._-23-01-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SEGUNDA SESSÃO EXTRAORDINÁRIA DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3048/ata3a_s.e._-27-02-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3048/ata3a_s.e._-27-02-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA TERCEIRA SESSÃO EXTRAORDINÁRIA DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3152/ata4a_s.e._-19-03-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3152/ata4a_s.e._-19-03-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA QUARTA SESSÃO EXTRAORDINÁRIA DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3179/ata5a_s.e._-26-03-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3179/ata5a_s.e._-26-03-2024.pdf</t>
   </si>
   <si>
     <t>Ata Da Quinta Sessão Extraordinária Do Ano De 2024 Da Câmara Municipal De Itaguaí – Rj.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3317/ata6a_s.e._-09-05-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3317/ata6a_s.e._-09-05-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SEXTA SESSÃO EXTRAORDINÁRIA DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3437/ata7a_s.e._de_2024_04-06-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3437/ata7a_s.e._de_2024_04-06-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SÉTIMA SESSÃO EXTRAORDINÁRIA DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3543/ata8a_s.e._-27-06-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3543/ata8a_s.e._-27-06-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA OITAVA SESSÃO EXTRAORDINÁRIA DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3544/ata9a_s.e._-19-07-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3544/ata9a_s.e._-19-07-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA NONA SESSÃO EXTRAORDINÁRIA DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3582/ata10a_s.e._-13-08-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3582/ata10a_s.e._-13-08-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SESSÃO EXTRAORDINÁRIA DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3644/ata11a_s.e._-10-09-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3644/ata11a_s.e._-10-09-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA PRIMEIRA SESSÃO EXTRAORDINÁRIA DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3702/ata12a_s.e._-17-10-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3702/ata12a_s.e._-17-10-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SEGUNDA SESSÃO EXTRAORDINÁRIA DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>AEsp</t>
   </si>
   <si>
     <t>Ata das Sessões Plenárias Especiais</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2993/ata_s.e.j._cep_004__02-02-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2993/ata_s.e.j._cep_004__02-02-2024.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ESPECIAL DE JULGAMENTO DO PARECER FINAL DA COMISSÃO PROCESSANTE Nº 004/2023 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3548/ata_s.e.j._cpi_001_2024__01-08-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3548/ata_s.e.j._cpi_001_2024__01-08-2024.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ESPECIAL DE JULGAMENTO DO RELATÓRIO FINAL DA COMISSÃO PARLAMENTAR DE INQUÉRITO Nº 001/2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>ASol</t>
   </si>
   <si>
     <t>Ata das Sessões Solenes</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2987/ata_s.s.i.__1_periodo_02-02-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2987/ata_s.s.i.__1_periodo_02-02-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO SOLENE DE INSTALAÇÃO DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3094/ata_s.s.__premio_mcc_mulher_dinamica_08-03-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3094/ata_s.s.__premio_mcc_mulher_dinamica_08-03-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO SOLENE PARA ENTREGA DO PRÊMIO VEREADORA MARIA CAROLINA DA COSTA – MULHER DINÂMICA, DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3545/ata_s.s.e.__1_periodo_27-06-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3545/ata_s.s.e.__1_periodo_27-06-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO SOLENE DE ENCERRAMENTO DO PRIMEIRO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3546/ata_s.s._206_anos_05-07-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3546/ata_s.s._206_anos_05-07-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO SOLENE COMEMORATIVA DO 206° ANIVERSÁRIO DE EMANCIPAÇÃO POLÍTICO - ADMINISTRATIVA DO MUNICÍPIO DE ITAGUAÍ.</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3547/ata_s.s.i.__2_periodo_01-08-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3547/ata_s.s.i.__2_periodo_01-08-2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO SOLENE DE INSTALAÇÃO DO SEGUNDO PERÍODO DO ANO DE 2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ – RJ</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>URG</t>
   </si>
   <si>
     <t>Mensagem do Poder Executivo com Pedido de Urgência</t>
   </si>
   <si>
     <t>Rubem Vieira de Souza</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3026/mensagem_002_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3026/mensagem_002_2024.pdf</t>
   </si>
   <si>
     <t>Mensagem nº 02 2024, encaminhando o Projeto de Lei que "INSTITUI O PROGRAMA ESPECIAL DE REGULARIZAÇÃO FISCAL E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS", a fim de que o seja apreciado EM REGIME DE URGÊNCIA.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3098/mensagem_004_2024_executivo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3098/mensagem_004_2024_executivo.pdf</t>
   </si>
   <si>
     <t>Mensagem nº 004/2024 - Encaminhando o Projeto de Lei que AUTORIZA A ENTRADA DE AGENTES DE COMBATE ÀS ENDEMIAS EM IMÓVEIS PÚBLICOS OU PRIVADOS, FECHADOS OU ABANDONADOS NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado em regime de urgência.</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3101/mensagem_003_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3101/mensagem_003_2024.pdf</t>
   </si>
   <si>
     <t>Mensagem 003/2024 - Encaminhando o Projeto de Lei que ALTERA O ANEXO I DA LEI 4.084/2023, a fim de que o mesmo seja apreciado em regime de urgência.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3292/mensagem_005_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3292/mensagem_005_2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando a V. Exa. e demais Edis o Projeto de Lei que DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado EM REGIME DE PRIORIDADE.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3293/mensagem_006-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3293/mensagem_006-2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando a V. Exa. e demais Edis o Projeto de Lei que ALTERA O §3º DO ARTTGO 7º DA LEI MUNICIPAL Nº 3.988, DE 09 DE NOVEMBRO DE 2021, a fim de que o mesmo seja apreciado em regime de urgência.</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3294/mensagem_007-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3294/mensagem_007-2024.pdf</t>
   </si>
   <si>
     <t>Encaminhando a V. Exa. e demais Edis o Projeto de Lei que ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.499, DE 16 DE AGOSTO DE 2005, E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado em regime de urgência,</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3430/mensagem_08_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3430/mensagem_08_2024.pdf</t>
   </si>
   <si>
     <t>Mensagem nº 08/2024 encaminhando o Projeto de Lei que "INSTITUI O PROGRAMA ESPECIAL DE REGULARIZAÇÃO FISCAL E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado EM REGIME DE URGÊNCIA.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3449/mensagem_009_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3449/mensagem_009_2024.pdf</t>
   </si>
   <si>
     <t>Mensagem 009/2024. Encaminhando o Projeto de Lei que "PROPÕE ALTERAÇÕES NA LEI MUNICIPAL Nº. 3.926, DE 25 DE MARÇO DE 202I (CÓDIGO DE MEIO AMBIENTE DO MUNICÍPIO DE ITAGUAÍ), E DA OUTRAS PROVIDÊNCIAS", a fim de que o mesmo seja apreciado conforme preveem o art. 79 da Lei Orgânica do Município de Itaguaí e o art. 182 do Regimento Interno desta Casa Legislativa.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3516/mensagem_011_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3516/mensagem_011_2024.pdf</t>
   </si>
   <si>
     <t>Mensagem nº 11/2024 encaminhando o Projeto de Lei que AUTORIZA ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO MUNICIPAL - SECRETARIA MUNTCIPAL DE CULTURA,, a fim de que o mesmo seja apreciado em regime de urgência,</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3517/mensagem_012_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3517/mensagem_012_2024.pdf</t>
   </si>
   <si>
     <t>Mensagem 012/2024 encaminhando o Projeto de Lei que AUTORIZA ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO MUNICIPAL - FUNDO MUNICIPAL DE SAÚDE, a fim de que o mesmo seja apreciado em regime de urgência,</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3538/mensagem_10_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3538/mensagem_10_2024.pdf</t>
   </si>
   <si>
     <t>Mensagem nº 010/2024 encaminhando o projeto de Lei que "DISPÕE SOBRE A DENOMINAÇÃO OFICIAL DA SALA DE ESPETÁCULO DO TEATRO MUNICIPAL MARILU MOREIRA COMO "SALA DE ESPETÁCULO ALVACIR DE ALMEIDA BARROS", a fim de que o mesmo seja apreciado conforme preveem o art.79 da Lei Orgânica do Município de Itaguaí e o art. 182 do Regimento Interno desta Casa Legislativa.</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/</t>
   </si>
   <si>
     <t>MENSAGEM do EXECUTIVO nº 016/2024 encaminhando o anexo Projeto de Lei que "INSTITUI O PROGRAMA ESPECIAL DE REGULARIZAÇÃO FISCAL E DÁ OUTRAS PROVIDÊNCIAS", a fim de que o mesmo seja apreciado EM REGIME DE URGÊNCIA.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3691/mensagem_013_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3691/mensagem_013_2024.pdf</t>
   </si>
   <si>
     <t>MENSAGEM do EXECUTIVO nº 013/2024, encaminhando o Projeto de Lei que ALTERA A LEI N' 3.46212017 E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado em regime de urgência.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3693/mensagem_014_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3693/mensagem_014_2024.pdf</t>
   </si>
   <si>
     <t>MENSAGEM do EXECUTIVO nº 014/2024, encaminhando o Projeto de Lei que ESTABELECE O PLANO MUNICIPAL DE TURISMO PLAMTUR, COMO INSTRUMENTO INTEGRADO E NORTEADOR PARA O DESENVOLVIMENTO DO TURISMO, a fim de que o mesmo seja apreciado em regime de urgência.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3695/mensagem_015_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3695/mensagem_015_2024.pdf</t>
   </si>
   <si>
     <t>MENSAGEM do EXECUTIVO nº 015/2024, encaminhando o Projeto de Lei que ALTBRA E ACRESCENTA DISPOSITMS NA LEI 3.481, DE 14 DE MARÇO DE 2017, QUE CRIA O SISTEMA MUNICIPAL DE INFORMAÇÕES E INDICADORES CULTURAIS E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado em regime urgência.</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3697/mensagem_017_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3697/mensagem_017_2024.pdf</t>
   </si>
   <si>
     <t>MENSAGEM do EXECUTIVO nº 017/2024, encaminhando o Projeto de Lei que ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAGUAÍ-RJ PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3703/mensagem_018_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3703/mensagem_018_2024.pdf</t>
   </si>
   <si>
     <t>MENSAGEM do EXECUTIVO nº 018/2024, encaminhando o Projeto de Lei que "DISPÕE SOBRE A REVISÃO DO PLANO PLURIANUAL 2022/2025, INSTITUÍDO PELA LEI nº 3.970, DE 07 DE OUTUBRO DE 2021".</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3769/mensagem_019_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3769/mensagem_019_2024.pdf</t>
   </si>
   <si>
     <t>Mensagem do Poder Executivo nº 019/2024, encaminhando o Projeto de Lei que ALTERA E REPUBLICA O ANEXO DE METAS FISCAIS QUE COMPÕE A LEI Nº 4.178, DE 19 DE JULHO DE 2024 - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO PARA O EXERCÍCIO DE 2025, a fim de que o mesmo seja apreciado EM REGIME DE PRIORIDADE.</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3770/mensagem_no_020_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3770/mensagem_no_020_2024.pdf</t>
   </si>
   <si>
     <t>Mensagem do Poder Executivo nº 020/2024, encaminhando o Projeto de Lei que DISPÕE SOBRE O REPARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE ITAGUAÍ COM O SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado EM REGIME DE URGÊNCIA.</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3771/mensagem_021_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3771/mensagem_021_2024.pdf</t>
   </si>
   <si>
     <t>Mensagem do Poder Executivo nº 021/2024, encaminhando o Projeto de Lei que DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE ITAGUAÍ COM O SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS E DÁ OUTRAS PROVIDÊNCIAS, a fim de que o mesmo seja apreciado EM REGIME DE URGÊNCIA.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3785/mensagem_no_22_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3785/mensagem_no_22_2024.pdf</t>
   </si>
   <si>
     <t>Mensagem do Poder Executivo nº 022/2024, encaminhando o Projeto de Lei que DISPÕE SOBRE A ESTRUTURA BÁSICA ORGANIZACIONAL DO ITAPREVI - INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3786/mensagem_no_23_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3786/mensagem_no_23_2024.pdf</t>
   </si>
   <si>
     <t>Mensagem do Poder Executivo nº 023/2024, encaminhando o Projeto de Lei que AUTORIZA O MUNICÍPIO DE ITAGUAÍ A EFETUAR O PROTESTO DE CERTIDÃO DE DÍVIDA ATIVA, DE TÍTULO EXECUTIVO JUDICIAL DE QUANTIA CERTA; AUTORIZA, TAMBÉM, O REGISTRO PELO MUNICÍPIO DE DEVEDORES EM ENTIDADES QUE PRESTEM SERVIÇOS DE PROTEÇÃO AO CRÉDITO E/OU PROMOVAM CADASTROS DE DEVEDORES INADIMPLENTES; DISPENSA O AJUIZAMENTO DE EXECUÇÕES FISCAIS DE BAIXO VALOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Haroldo Jesus</t>
   </si>
   <si>
     <t>Requerimento Verbal: Moção de Repúdio a Empresa Light S.A.: concessionária dos serviços de fornecimento de energia elétrica no Município de Itaguaí, pela má qualidade dos serviços prestados à População e no atendimento aos clientes.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>Requerimento Verbal: Moção de Repúdio a Rio Mais Saneamento, concessionária dos serviços de abastecimento de água e saneamento no Município de Itaguaí, pelas constantes interrupções do fornecimento de água na cidade e pelos valores cobrados indevidamente dos munícipes.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>Haroldo Jesus, Jocimar do Cartório, Nando Rodrigues, Zé Domingos</t>
   </si>
   <si>
     <t>Requer a instauração de Comissão Parlamentar de inquérito com objetivo de investigar os problemas recorrentes na prestação do serviço essencial de fornecimento de energia elétrica, além das cobranças indevidas realizadas por parte da empresa Light SA no âmbito do Município de Itaguaí.</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>Requer a instauração de Comissão Parlamentar de inquérito com objetivo de investigar os problemas recorrentes na prestação do serviço essencial de fornecimento de água e tratamento de esgoto, além das cobranças indevidas realizadas por parte da empresa Rio+ Saneamento, no âmbito do Município de Itaguaí.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>Nando Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2998/mocoes_legislativa_fabricio.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2998/mocoes_legislativa_fabricio.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao “Sr. Fabricio Bragança de Souza” Empresário no Ramo Farmacêutico.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2999/mocoes_legislativa_mario.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2999/mocoes_legislativa_mario.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao “Sr. Mario Val Passos”  Empresário do ramo alimentício.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>Fabinho Taciano</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, nos termos regimentais, depois de ouvido o douto Plenário, seja enviado Moção de Congratulações e Elogios a Senhora Elaine de Souza Simões._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 Nascida em 28 de janeiro de 1982, na cidade de Itaguaí - RJ, filha de Pedro Simões e Maria Candida de Souza Simões, começou a trabalhar desde os seus 17 anos no segmento de bronzeamento artificial._x000D_
 Hoje é empreendedora, com diversos cursos de extensão, sendo uma referência no município.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3004/indicacao_adem_santidade_fogo_e_gloria.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3004/indicacao_adem_santidade_fogo_e_gloria.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e E Elogios A Pastora Cilene Dias  Rosa.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3016/requerimento_mocao_ingrid_bazil.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3016/requerimento_mocao_ingrid_bazil.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios a senhora Ingrid Alves Bazil da Silva</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3019/mocoes_legislativa_rodolpho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3019/mocoes_legislativa_rodolpho.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao “Sr. Rodolpho Pereira Vaz Fonseca” Empresário do Ramo de Auto Center.</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3032/rodrigo_viana.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3032/rodrigo_viana.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao srº Rodrigo Viana  Mello.</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3043/camscanner_26-02-2024_17.12_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3043/camscanner_26-02-2024_17.12_1.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios a Empresa Vale S.A</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>Vinicius Alves</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3049/mocao_salgado.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3049/mocao_salgado.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações e elogios a Loja Salgado Do Bom.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3065/mocao_sophia_telecom.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3065/mocao_sophia_telecom.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios a “Sra. SOPHIA BRAZ DA CRUZ SILVA”, empresária no Ramo de Telecomunicações.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>Guilherme Farias</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3074/mocoes_legislativa_-_marcos_luis_da_silva.pdf.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3074/mocoes_legislativa_-_marcos_luis_da_silva.pdf.docx</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Marcos Luis da Silva Martins, Comerciante em nossa cidade.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3104/novo_documento3.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3104/novo_documento3.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Paulo Cesar Pereira.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3105/mocao_rayssa.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3105/mocao_rayssa.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios a “Sra. RAYSSA MONTEIRO DA SILVA” Farmacêutica.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>Alex Alves</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3106/mocao_orion_moreira_e_pereira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3106/mocao_orion_moreira_e_pereira.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao aluno Órion Moreira e Pereira</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3112/mocao_eduardo_eugenio_dos_santos.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3112/mocao_eduardo_eugenio_dos_santos.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao aluno Eduardo Eugênio dos Santos</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3129/camscanner_15-03-2024_11.30.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3129/camscanner_15-03-2024_11.30.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios a Sra. Rosana Louzada Silva.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3130/mocoes_legislativa_-_bispo_shintoku_macedo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3130/mocoes_legislativa_-_bispo_shintoku_macedo.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao “Bispo Shintoku Macedo, do Templo Budista Hoshoji em nossa cidade.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3131/mocoes_legislativa_-_cap._pm_-_aroni.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3131/mocoes_legislativa_-_cap._pm_-_aroni.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao “Cap. PM - Sr. Ricardo Aroni Silva, Coordenador do Segurança Presente em nossa cidade.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
     <t>Sandro da Hermínio</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3134/cristina.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3134/cristina.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios a Sra. Cristina Teodoro dos Santos de Freitas.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3135/runner.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3135/runner.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Srº Runner Silva da Costa.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3148/sergio_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3148/sergio_1.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações e elogios ao Sr. Sérgio Modesto das Neves.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3153/leandro_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3153/leandro_1.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações e elogios ao Sr. Leandro Lima da Silva.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3154/mocao_maythe-4.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3154/mocao_maythe-4.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Maythê Maria de Almeida Romaneli.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3155/requerimento_mocao_fabiano_costa.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3155/requerimento_mocao_fabiano_costa.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Fabiano Roberto da Costa.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3156/camscanner_15-03-2024_11.31_2.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3156/camscanner_15-03-2024_11.31_2.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e elogios ao Sr. Ednaldo Afonso Neves  da Silva, (Sgt. Neves).</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3157/camscanner_15-03-2024_11.32.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3157/camscanner_15-03-2024_11.32.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios a Sra. Islaine de Miranda Muzi Bogado da Silva, (Cb. Muzi).</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3158/mocao_lucas_assad_nakano.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3158/mocao_lucas_assad_nakano.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Lucas Assad Nakano.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Jocimar do Cartório</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3159/mocao_taiana_azevedo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3159/mocao_taiana_azevedo.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Tatiana Souza Leal Azevedo.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3160/mocao_linda_jennifer.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3160/mocao_linda_jennifer.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Linda Jennyffer da Cunha Rodrigues.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3180/leonardo_walace.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3180/leonardo_walace.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Leonardo Wallace da Silva Martins.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3181/alan_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3181/alan_1.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Alan de Azevedo Salca.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3183/camscanner_15-03-2024_11.29_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3183/camscanner_15-03-2024_11.29_1.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Fábio Aurélio Carvalho Bogado (Sgt. Bogado).</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3184/mocao_cb_orpides.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3184/mocao_cb_orpides.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao CB PM Sr. Orpides Martins Dias, RG 103.100, lotado na 3ª UPP/33º BPM - Angra dos Reis.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Zé Domingos</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3185/eduardo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3185/eduardo.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Eduardo  Eugênio dos Santos.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3186/orion.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3186/orion.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Órion Moreira e Pereira.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3187/mocao_dra._nandara_paiva.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3187/mocao_dra._nandara_paiva.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Dra. Nandara Paiva.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3231/mocao_associacao_o_aprisco._1.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3231/mocao_associacao_o_aprisco._1.docx</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Associação Aprisco.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3232/jhonny_lima.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3232/jhonny_lima.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Jhonny Lima de Andrade lapeter.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3233/mocao_hercilia.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3233/mocao_hercilia.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Hercília Santos de Souza.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3234/mocao_vitor.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3234/mocao_vitor.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Vitor Hugo Venturino da Silva.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3241/mocao_tiago_silas_carlos_mariano_da_silva.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3241/mocao_tiago_silas_carlos_mariano_da_silva.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Tiago Silas Carlos Mariano Da Silva.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3245/mocao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3245/mocao.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Lucas Assad Nakano, Oficial de Cartório da PCRJ.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3257/img_0001.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3257/img_0001.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Wallace Custodio Curty de Almeida.</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Julinho</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3260/mocao_-_sr_jorge_vanilda.doc_pdf.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3260/mocao_-_sr_jorge_vanilda.doc_pdf.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Jorge Dias da Silva.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Alex Alves, Fabinho Rocha, Guilherme Farias, Haroldo Jesus, Jocimar do Cartório, Julinho, Nando Rodrigues, Sandro da Hermínio, Zé Domingos</t>
   </si>
   <si>
     <t>Moção de Congratulações e elogios ao Sr. Luis Roberto de Jesus, Superintendente do Porto de Itaguaí e Angra dos Reis, pelo destacado desempenho a frente a função, fazendo crescer acima da média nacional.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Fabinho Rocha</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3288/pr_daniel.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3288/pr_daniel.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Daniel dos Santos Junior</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3289/bolzan1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3289/bolzan1.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Antônio Carlos Bolzan</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3290/mocao_do_professor_sro_gilmar_farto_fernandes.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3290/mocao_do_professor_sro_gilmar_farto_fernandes.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Gilmar Farto Fernandes.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3301/pr_felix.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3301/pr_felix.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Pr. Félix Viana Henrique.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3332/mocao_jessicaalves.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3332/mocao_jessicaalves.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios a Sra. Jéssica Alves Pereira Regassi.</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3337/mocao_do_lexandre.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3337/mocao_do_lexandre.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Alexandre de Souza Dupuy.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3362/mocao_de_congratulacoes_e_elogios_gustavo_kifer.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3362/mocao_de_congratulacoes_e_elogios_gustavo_kifer.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Dr. Gustavo Campos de Farias Kifer Moreira Ribeiro.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Requerimento de Moção de congratulações e elogios à equipe médica do Hospital Municipal São Francisco Xavier, pelo excelente atendimento prestado aos munícipes.</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3390/mocao_241.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3390/mocao_241.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Cleber Souza dos Santos.</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3380/mocao_ao_sr._wanderley_moreira_lins_junior_241.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3380/mocao_ao_sr._wanderley_moreira_lins_junior_241.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Wanderley Moreira Lins Junior.</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3389/aborto.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3389/aborto.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Conselho Federal de Medicina.</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3399/mocao_do_sr._jorge_luiz_comandante.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3399/mocao_do_sr._jorge_luiz_comandante.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Capitão de Mar e Guerra, Comandante do Centro de Avaliação da Ilha de Marambaia Sr. Jorge Luiz da Silva Coelho.</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3400/indicacao_hoje.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3400/indicacao_hoje.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios a Associação de Moradores dos bairros  Vila Geni, Somel, Vilar dos Coqueiros e Adjacências.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3379/mocao_241.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3379/mocao_241.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Marcio Gonçalves Machado.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3401/mocao_do_sr.abraao_siqueira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3401/mocao_do_sr.abraao_siqueira.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Abraão Silva de Siqueira.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3402/mocao_gigi_castilho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3402/mocao_gigi_castilho.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Gigi Castilho.</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3403/mocao_manoel_adelino_lemos_filho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3403/mocao_manoel_adelino_lemos_filho.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Manoel Adelino Lemos Filho.</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3404/mocao_claudecir_silva_faustino.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3404/mocao_claudecir_silva_faustino.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Claudecir Silva Faustino.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3443/mocao_ao_1o_sgt_marcio_vinicius_pereira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3443/mocao_ao_1o_sgt_marcio_vinicius_pereira.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao 1º SGT - PM, Sr. MÁRCIO VINÍCIUS PEREIRA RG: 79.945, P1 da 3ª UPP Camorim, lotado no 33º BPM ANGRA DOS REIS.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3444/mocao_felipe_oliveira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3444/mocao_felipe_oliveira.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações e Elogios ao Sr. Felipe da Silva Oliveira.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3451/mocao_giullia_lazarine.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3451/mocao_giullia_lazarine.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Giullia Lazarine da Silva,13 anos e atleta do Clube de Regatas Vasco da Gama.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3466/rafaela.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3466/rafaela.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Rafaela da Rosa Xavier.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3467/mocao_pastor_carlos_henrique.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3467/mocao_pastor_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Carlos Henrique Silva de Oliveira.</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3477/francidelia_mocao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3477/francidelia_mocao.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Francidélia Lima Gomes.</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3481/joao_jose.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3481/joao_jose.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. João José de Almeida Neto.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3488/tatiana_mocao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3488/tatiana_mocao.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Tatiana da Conceição Suzano.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3489/mocoes_diogo_felipe_lopes.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3489/mocoes_diogo_felipe_lopes.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Diogo Felipe Lopes.</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3501/mocao_eduardo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3501/mocao_eduardo.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Eduardo Phillip Vieira Barros</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3504/mocao_pastor_ricardo_torquato.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3504/mocao_pastor_ricardo_torquato.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Ricardo Torquato Severiano.</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3522/mocao_amanda.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3522/mocao_amanda.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Amanda Cristina Filgueiras de Assis Oliveira.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3523/mocao_anna_carolinne.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3523/mocao_anna_carolinne.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Anna Carolinne Silva do Canto.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3531/mocao_de_congratulacoes_ao_sr._jose_roberto_de_oliveira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3531/mocao_de_congratulacoes_ao_sr._jose_roberto_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. José  Roberto de Oliveira Gonçalves.</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3532/sr._luis_carlos__eler.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3532/sr._luis_carlos__eler.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao  Sr. Luis Carlos Eler.</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3533/mocao_pastora_priscila.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3533/mocao_pastora_priscila.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Pastora Priscila Almeida Pereira.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3534/requerimento_da_ferreira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3534/requerimento_da_ferreira.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Dã Ferreira Rita.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3557/requerimento_de_mocao.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3557/requerimento_de_mocao.docx</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Bar Santa Rita de Cássia.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3558/valdinei_dos_santos_miranda.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3558/valdinei_dos_santos_miranda.pdf</t>
   </si>
   <si>
     <t>Moção Congratulações e Elogios ao Sr. Valdinei dos Santos Miranda.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3559/imagem_digitalizada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3559/imagem_digitalizada.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. José Rodrigo Gomes Chaves.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3587/mocao_michael_miranda_do_nascimento.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3587/mocao_michael_miranda_do_nascimento.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Michael Miranda do Nascimento.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3596/cesar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3596/cesar.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. César Esteves da Silva.</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3609/pierrepdf.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3609/pierrepdf.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Luiz Antônio Paulo Contrik.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3610/raphaela_bernardo_mocao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3610/raphaela_bernardo_mocao.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Dra. Raphaela Bernardo Pinto do Nascimento.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3622/mocao_luana_1a_ten.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3622/mocao_luana_1a_ten.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Luana Pedrina Oliveira dos Santos, 1ª TEN.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3623/segio_3a_sargento.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3623/segio_3a_sargento.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Sérgio Luiz da Silva Ribeiro Junior, 3º SGT.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3625/mocao_para_ao_sr._didimo__ferreira_homem.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3625/mocao_para_ao_sr._didimo__ferreira_homem.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Dídimo Ferreira Homem.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3626/requerimento.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3626/requerimento.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Srta. Carlaile Santos de Menezes Barbosa.</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3658/mocao_maria_helena.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3658/mocao_maria_helena.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Maria Helena Regassi Ferreira.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3659/mocao_pimentel_2.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3659/mocao_pimentel_2.docx</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Joaquim Pimentel da Luz Júnior.</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3660/requerimento_mocao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3660/requerimento_mocao.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Dorvalino Pereira da Motta.</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3661/maj._pm_maria_luiza_lopes_pinto.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3661/maj._pm_maria_luiza_lopes_pinto.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Maj. PM Sra. Maria Luiza Lopes Pinto.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3662/requerimento_de_mocao_cap._marco_luiz_da_conceicao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3662/requerimento_de_mocao_cap._marco_luiz_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Cap. PM Sr. Marco Luiz da Conceição.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3663/rainer_de_oliveira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3663/rainer_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Rainer de Oliveira Alves - Capitão do Corpo de Bombeiro Militar de Itaguaí.</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3664/mocao__major__julio_cesar_alves_da_silva.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3664/mocao__major__julio_cesar_alves_da_silva.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Júlio Cesar Alves da Silva - Major do Corpo de Bombeiro Militar de Itaguaí.</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3665/mocao_pastor_josias_da_silva_ferreira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3665/mocao_pastor_josias_da_silva_ferreira.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Pastor Sr. Josias da Silva Ferreira.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3666/mocao_pastor_davi_silva_cabral.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3666/mocao_pastor_davi_silva_cabral.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Pastor Sr. Davi Silva Cabral.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3667/sr_luis_candido.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3667/sr_luis_candido.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Pastor Sr. Luis Cândido da Silva.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3668/mocao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3668/mocao.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra.  Andréia Ramos Bullé de Moraes.</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3675/jose_ananias_pdf.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3675/jose_ananias_pdf.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Dr. José Ananiás Silva de Oliveira.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3678/mocao_cosme__jose.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3678/mocao_cosme__jose.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Cosme José Meireles de Souza - Subtenente do Corpo de Bombeiro Militar de Itaguaí.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3679/carlos_henrique..pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3679/carlos_henrique..pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Carlos Henrique Moreira Machado - Subtenente do Corpo de Bombeiro Militar de Itaguaí.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3682/mocao_pastor_walbedir_de_souza_junior.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3682/mocao_pastor_walbedir_de_souza_junior.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Walbedir de Souza Junior.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3689/mocao_ricardo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3689/mocao_ricardo.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Ricardo Gomes Guilherme.</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3690/mocao_jose.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3690/mocao_jose.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Dr. José Carlos Santos.</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3712/mocao_jacson_g._g_da_costa.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3712/mocao_jacson_g._g_da_costa.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Jacson Gonçalves Guimarães da Costa.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3718/mocao__julio_cesar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3718/mocao__julio_cesar.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Júlio Cesar do Amaral, 3º Sargento do Corpo de Bombeiros Militar de Itaguaí.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3719/andre__luiz.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3719/andre__luiz.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. André Luiz Fraga Arciere, 1° Sargento do Corpo de Bombeiros Militar de Itaguaí.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3732/mocao_ao_comandante_do_destacamento.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3732/mocao_ao_comandante_do_destacamento.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Comandante do Destacamento de Bombeiros Militar DBM 01/10 - do Corpo de Bombeiros Militar de Itaguaí.</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3733/mocao_julio_cesar_comandante_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3733/mocao_julio_cesar_comandante_1.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Júlio Cesar Alves da Silva - Comandante do Destacamento de Bombeiros Militar DBM 01/10 Corpo de Bombeiro Militar de Itaguaí.</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3734/mocao_bianca_reis.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3734/mocao_bianca_reis.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Bianca dos Reis do Nascimento.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3735/mocao_maysa_almeida.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3735/mocao_maysa_almeida.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Maysa Francisco de Almeida.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3767/tarco_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3767/tarco_1.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Tarso Gaiani Leite Ribeiro.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3768/jerry.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3768/jerry.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Jerri Nascimento de Souza.</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3773/mocao_dr.renato_tadashi.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3773/mocao_dr.renato_tadashi.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Dr. Renato Tadashi Ueda.</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3774/mocao_jair_pinto_de_farias.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3774/mocao_jair_pinto_de_farias.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Jair Pinto de Farias.</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3775/mocao_johnny_de_jesus_farias_costa.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3775/mocao_johnny_de_jesus_farias_costa.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Johnny de Jesus Farias Costa.</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3794/mocao_valdeir_funeraria.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3794/mocao_valdeir_funeraria.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Valdeir Pedro da Silva Serviços Funerários.</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3795/mocao_liliane_da_silva.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3795/mocao_liliane_da_silva.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Srta. Liliane da Silva Machado Froes.</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3796/mocao_layra.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3796/mocao_layra.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Srta. Layra de Souza Pinto da Silva.</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3816/rafaela.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3816/rafaela.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Srta. Rafaela da Rosa Xavier.</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3817/mocao_de_congratulacoes_e_elogios_maria__heloisa_aguiar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3817/mocao_de_congratulacoes_e_elogios_maria__heloisa_aguiar.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Srta. Maria Heloisa Aguiar do Carmo.</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3818/mocao_luciano_cemes.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3818/mocao_luciano_cemes.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Luciano Suzano Barreto.</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3819/vo_sena.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3819/vo_sena.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. José Gomes de Sena.</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3828/mocao_13_dezembro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3828/mocao_13_dezembro.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Victor Tinoco de Souza.</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3831/mocao_rosilene.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3831/mocao_rosilene.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios à Sra. Rosilene Mota de Lima do Amaral.</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3832/mocao_de_elogios_renato_cesar_cunha.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3832/mocao_de_elogios_renato_cesar_cunha.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Renato Cesar Cunha dos Santos.</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3833/bruno_jorge_ferreira_santos__luiz.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3833/bruno_jorge_ferreira_santos__luiz.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Elogios ao Sr. Bruno Jorge Ferreira Santos Luiz.</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2974/indicacao_001.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2974/indicacao_001.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizada a colocação de manilhas na Rua Haroldo Rodrigues de Jesus, bairro Monte Serrat.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2975/indicacao_002.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2975/indicacao_002.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizada a colocação de manilhas na Rua Helena G. Prata, altura do n.° 673, bairro Santa Cândida.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2976/indicacao_003.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2976/indicacao_003.pdf</t>
   </si>
   <si>
     <t>Solicitando a Manutenção do Parque na Área da Expo em Itaguaí.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2977/indicacao_004.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2977/indicacao_004.pdf</t>
   </si>
   <si>
     <t>Solicitando a limpeza/roçada no Canal na Rua Dezoito de Janeiro, localizada no Bairro Chaperó - Gleba B.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2978/indicacao_005.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2978/indicacao_005.pdf</t>
   </si>
   <si>
     <t>Solicitando a limpeza/roçada no Canal na Rua Doze de Julho localizada no Bairro Chaperó - Gleba B.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2979/indicacao_006.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2979/indicacao_006.pdf</t>
   </si>
   <si>
     <t>Solicitando a troca das manilhas existentes na Rua Iracema de Alencar, entre os números 33 e 37 e no trecho próximo a linha..</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2980/indicacao_007.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2980/indicacao_007.pdf</t>
   </si>
   <si>
     <t>Solicitando a realização de  limpeza em toda extensão do Canal que margeia a Av. Alencastro Guimarães, desde o bairro Jardim Riviera até o bairro Coroa Grande.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2981/indicacao_008.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2981/indicacao_008.pdf</t>
   </si>
   <si>
     <t>Solicitando a recuperação da massa asfáltica com tapagem de buraco, em toda extensão da Rua Jonas Costa Pereira, bairro Parque Paraíso.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2996/indicacao_jardim_weda.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2996/indicacao_jardim_weda.pdf</t>
   </si>
   <si>
     <t>Solicitando reparos em buracos existentes ao longo da Rua K (antiga Rua da Baleia), o que dificulta o tráfego de veículos e causando transtornos aos moradores.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3005/av_ponte_preta.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3005/av_ponte_preta.pdf</t>
   </si>
   <si>
     <t>INDICO à mesa diretora, após ouvido o douto plenário, que seja oficiado o Excelentíssimo Senhor Prefeito Municipal, Rubem Vieira, solicitando-lhe a reparação da Av. Ponte Preta no Bairro Ibirapitanga a mesma veio a desmoronar totalmente ,necessitando que na rua seja toda reparada em seu asfalto.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3002/indicacao_ibirapitanga.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3002/indicacao_ibirapitanga.pdf</t>
   </si>
   <si>
     <t>Solicitando colocação de manilhas sito as Ruas Frei Caneca, Rua Caravelas e Rua Imperatriz no Bairro Ibirapitanga. NÃO EXISTE SANEAMENTO NESTAS RUAS.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3003/indicacao_01_-_solicitando_parceria_com_a_petrobras_para_fornecimento_de_manta_asfaltica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3003/indicacao_01_-_solicitando_parceria_com_a_petrobras_para_fornecimento_de_manta_asfaltica.pdf</t>
   </si>
   <si>
     <t>Que estabeleça parceria com a Petrobras para fornecer massa asfáltica, a fim de atender às demandas da Secretaria de Obras, relacionadas à colocação de manta asfáltica e à operação tapa-buracos no município.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2997/indicacao_sem_terra.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2997/indicacao_sem_terra.pdf</t>
   </si>
   <si>
     <t>Solicitando a colocação de novas manilhas para escoamento das águas pluviais sito à Rua Castanheira, Bairro Sem Terra.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>Genildo Gandra</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3006/indicacao_014_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3006/indicacao_014_2024.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizada Operação tapa buraco em toda extensão da Rua Celso Benedito n° 06, Parque Independência — atrás da Rodoviária.</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3007/indicacao_015_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3007/indicacao_015_2024.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizada limpeza e roçada na Rua Sebastião Libralesco, Bairro Engenho.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3008/indicacao_limpeza.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3008/indicacao_limpeza.pdf</t>
   </si>
   <si>
     <t>Solicitando  A LIMPEZA POR TODA EXTENSÃO DA RUA ANTÔNIO FERRAZ VIANNA- BAIRRO - ENGENHO</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3009/indicacao_iluminacao_publica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3009/indicacao_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Solicitando reparos de ILUMINAÇÃO PÚBLICA POR TODA EXTENSÃO DA RUA LYGIA CAVALCANTE – BAIRRO BRISAMAR.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3011/limpeza_e_rocada_na_av._decio_muniz.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3011/limpeza_e_rocada_na_av._decio_muniz.docx</t>
   </si>
   <si>
     <t>Solicitando Serviço de Limpeza e Roçada na Av. Décio Muniz na Gleba "B" no bairro Chaperó</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3012/limpeza_e_rocada_na_praca.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3012/limpeza_e_rocada_na_praca.pdf</t>
   </si>
   <si>
     <t>Solicitando Limpeza e Roçada da Praça na Av. Pastor Antônio Antunes Rocha, Gleba "A" bairro Chaperó.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3013/indicacao_020_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3013/indicacao_020_2024.pdf</t>
   </si>
   <si>
     <t>Solicitando a colocação de  Grama Sintética no campo, da praça situada na Rua Praia da salina, bairro Brisa Mar.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3014/indicacao_021_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3014/indicacao_021_2024.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizada manutenção nos brinquedos da Praça, situada na Rua praia da Salina, bairro Brisa Mar.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3017/indicacao_asfaltamento_2.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3017/indicacao_asfaltamento_2.pdf</t>
   </si>
   <si>
     <t>Solicitando fazer o asfaltamento na Rua Cíntia Costa entre os números 7 e 8 - bairro Coroa Grande.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3018/indicacao_-_rua_joao_gonzales_certo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3018/indicacao_-_rua_joao_gonzales_certo.pdf</t>
   </si>
   <si>
     <t>Solicitando fazer reparos de iluminação pública por toda a extensão da Rua João Rosa Gonzales - Bairro Engenho</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3020/iluminacao_rua_domingos_bento.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3020/iluminacao_rua_domingos_bento.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção da iluminação pública, com troca de lâmpadas queimadas na Rua Domingos Bento, em frente ao número 30, bairro Jardim Mar.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3021/redutores_de_velocidade.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3021/redutores_de_velocidade.pdf</t>
   </si>
   <si>
     <t>Solicitando a Instalação de redutores de velocidade na Avenida Amaral Peixoto, entre a Praça do Golfinho e a Ponte do Frontal das Ilhas, bairro Coroa Grande.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3022/indicacao_004_-__tapa_buraco.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3022/indicacao_004_-__tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Solicitando a realização de tapa buraco na Rua Estrada do Teixeira, 11 (em frente ao Monarka`s depósito) localizado no bairro Vista Alegre.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3023/indicacao_002_-_saneamento_basico.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3023/indicacao_002_-_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>Solicitando a implantação de Saneamento básico na Estrada Serra Arapucaia, localizada no bairro Leandro.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3024/indicacao_05_-_retirada_de_entulhos_na_rua_nicanor_teixeira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3024/indicacao_05_-_retirada_de_entulhos_na_rua_nicanor_teixeira.pdf</t>
   </si>
   <si>
     <t>Solicitando a retirada de entulhos na Rua Nicanor Caetano dos Santos,1493 - bairro Teixeira.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3025/indicacao_02_-_construcao_de_praca_no_brisamar_no_lado_que_fica_a_rede_ferraz_pneus.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3025/indicacao_02_-_construcao_de_praca_no_brisamar_no_lado_que_fica_a_rede_ferraz_pneus.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma praça no bairro Brisa mar, no lado onde fica a Rede Ferraz Pneus.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3027/indicacao_01_vinicius.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3027/indicacao_01_vinicius.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de um Hospital da Criança.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3030/oficio_troca_de_manilia_e_desentupimento.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3030/oficio_troca_de_manilia_e_desentupimento.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feito desentupimento com troca de manilha na Rua Barão do Rio Branco, Bairro do Engenho.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3031/reparo_de_rede_de_esgoto.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3031/reparo_de_rede_de_esgoto.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo  da rede de esgoto na Rua: Sebastião Vaz, Bairro Engenho ( cantão)</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3045/iluminacao_publica_1.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3045/iluminacao_publica_1.docx</t>
   </si>
   <si>
     <t>Solicitando que realize a manutenção da ILUMINAÇÃO PÚBLICA NA RUA WALDIR RIBEIRO DE NOVAES, nº 249  - BAIRRO MONTE SERRAT,  ITAGUAÍ/RJ.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3046/limpeza_na_est._luiz_olavo.doc</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3046/limpeza_na_est._luiz_olavo.doc</t>
   </si>
   <si>
     <t>Solicitando a LIMPEZA POR TODA EXTENSÃO DA ESTRADA LUIZ OLAVO DE FARIA - BAIRRO:  PARQUE PRIMAVERA.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3053/indicacao_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3053/indicacao_2024.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de um Hospital da Mulher no Município de Itaguaí.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3054/indicacao_rio_da_guarda.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3054/indicacao_rio_da_guarda.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feita a limpeza dos Rios na Avenida 13 de Maio, no Rio da Guarda.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3055/indicacao_008_-_limpeza_e_rocada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3055/indicacao_008_-_limpeza_e_rocada.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza/roçada na Rua Um (próximo ao Posto de Saúde), no Bairro Chaperó.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3056/indicacao_010_-_asfaltamento.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3056/indicacao_010_-_asfaltamento.docx</t>
   </si>
   <si>
     <t>Solicitando que seja feito o asfaltamento na Rua G (beirando o Arco Metropolitano), no Bairro Leandro .</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3057/02_-_iluminacao_rua_guilherme_serrano_vila_geny.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3057/02_-_iluminacao_rua_guilherme_serrano_vila_geny.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção da Iluminação Pública na Rua Guilherme Serrano, na altura do lote 25, no bairro Vila Geny</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3058/01_-_limpeza_e_rocada_itingucu.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3058/01_-_limpeza_e_rocada_itingucu.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e roçada em torno da área central da Cachoeira de Itinguçú.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3059/climatizacao_das_capelas.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3059/climatizacao_das_capelas.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de aparelhos de Ar-condicionado nas capelas dos Cemitérios São Francisco Xavier e Padre Cezare Vigezzi.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3060/recuperacao_da_massa_asfaltica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3060/recuperacao_da_massa_asfaltica.pdf</t>
   </si>
   <si>
     <t>Solicitando a recuperação da massa asfáltica com tapagem de buraco na Estrada do Teixeira, na altura da Praça do Laiá, bairro Jardim Laiá.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3061/indicacao_03_-_pintura_horizontal_de_quebra-molas_joao_rosa_gonzales.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3061/indicacao_03_-_pintura_horizontal_de_quebra-molas_joao_rosa_gonzales.pdf</t>
   </si>
   <si>
     <t>Solicitando  a pintura horizontal de todos os quebra-molas da Rua João Rosa Gonzáles, bairro Engenho.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3062/indicacao_04_-_que_viabilize_a_a_troca_das_lampadas_por_toda_a_extensao_da_rua_27_-_bairro_teixeira..pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3062/indicacao_04_-_que_viabilize_a_a_troca_das_lampadas_por_toda_a_extensao_da_rua_27_-_bairro_teixeira..pdf</t>
   </si>
   <si>
     <t>Solicitando que viabilize a  troca das lâmpadas queimadas por toda a extensão da Rua 2, no bairro Teixeira.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3063/indicacao_ibirapitanga_3.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3063/indicacao_ibirapitanga_3.pdf</t>
   </si>
   <si>
     <t>Solicitando a colocação de manilhas sito as Ruas Itacuruçá, Itaguaí, Mazomba e Aguinaldo Matos no Bairro IBIRAPITANGA 3. Não existe Saneamento nestas Ruas.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3064/indicacao_limpeza_e_poda_bairro_mangueira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3064/indicacao_limpeza_e_poda_bairro_mangueira.pdf</t>
   </si>
   <si>
     <t>Solicitando  limpeza e podas no Bairro Mangueira.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3066/tronco_vila_margarida_rua_augusto.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3066/tronco_vila_margarida_rua_augusto.pdf</t>
   </si>
   <si>
     <t>Solicitando a retirada de um tronco localizado na Rua Augusto Costa Pereira, altura do nº 38, bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3067/ponte_final_da_reta.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3067/ponte_final_da_reta.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado reparo na subida e descida da ponte, sobre o Rio da Guarda, no final da Av. Ayrton Senna da Silva, divisa do município, bairro Jardim América.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3068/reparo__tapa_buraco.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3068/reparo__tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo no asfalto (tapa buraco) na Rua  Elsa Rosa Martins, Bairro Amendoeira.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3069/limpeza__rocada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3069/limpeza__rocada.pdf</t>
   </si>
   <si>
     <t>Solicitando a realização de limpeza/roçada em todas as Ruas do Bairro Cantão.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3070/01.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3070/01.pdf</t>
   </si>
   <si>
     <t>Solicitando a Instalação de quebra molas em toda a extensão da Rua Onze Horas, Bairro Chaperó.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3071/03.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3071/03.pdf</t>
   </si>
   <si>
     <t>Solicitando a Realização de obras de Saneamento básico com Asfalto na Av. Volta Redonda, Bairro Brisa Mar.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3072/retirada_de_entulho_engenho_manoel_santos.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3072/retirada_de_entulho_engenho_manoel_santos.pdf</t>
   </si>
   <si>
     <t>Solicitando a retirada de entulho na Rua Manoel Santos, na altura da Igreja Assembleia de Deus.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3073/retirada_de_entulho_engenho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3073/retirada_de_entulho_engenho.pdf</t>
   </si>
   <si>
     <t>Solicitando  a retirada de entulho na Rua Hélio de Abreu Dias, Engenho, na altura da pizzaria Godega.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3075/04_-_tapa-buraco_na_rua_antonio_cesario_alves.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3075/04_-_tapa-buraco_na_rua_antonio_cesario_alves.pdf</t>
   </si>
   <si>
     <t>Solicitando a manutenção do asfalto, com recapeamento e tapa-buraco na Rua Antônio Cesário Alves, bairro Parque Paraíso.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3076/03_-_limpeza_e_retirada_de_entulhos_na_rua_antonio_cesario_alves.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3076/03_-_limpeza_e_retirada_de_entulhos_na_rua_antonio_cesario_alves.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e retirada de entulhos em um terreno localizado na Rua Antônio Cesário Alves, bairro Parque Paraíso.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3077/oficio_05.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3077/oficio_05.pdf</t>
   </si>
   <si>
     <t>Solicitando a troca de três Refletores  na Rua Estados Unidos (próximo ao Arena Truck Auto Service &amp; Lava Jato) no Bairro, Jardim América.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3078/04.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3078/04.pdf</t>
   </si>
   <si>
     <t>Solicitando Instalação de quebra mola na Rua Manoel Vieira Serpa nº98 (em frente ao condomínio, Rua dos fundos do Colégio Educandário).</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3079/limpeza_na_rua_helena_galliaco.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3079/limpeza_na_rua_helena_galliaco.docx</t>
   </si>
   <si>
     <t>Solicitando limpeza  e  roçagem por toda extensão da Rua Helena Galliaço Prata, bairro Santa Cândida, Itaguaí/RJ.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3080/limpeza_na_rua_tangaras.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3080/limpeza_na_rua_tangaras.docx</t>
   </si>
   <si>
     <t>Solicitando limpeza e roçagem por toda extensão da Rua Tangarás, bairro Santa Cândida Itaguaí/RJ.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3081/camscanner_28-02-2024_12.07_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3081/camscanner_28-02-2024_12.07_1.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feita a Restauração/Reforma com colocação de brinquedos e aparelhos de ginástica e um campo de areia, na Praça do  Engenho, localizada na Rua Manoel Soares da Costa, bairro Engenho.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3082/fusion.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3082/fusion.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feito o estudo e a execução urgente do Tráfego na Rua Otávio Cabral , Rua de entrada para o Fusion ,no Centro de Itaguaí.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3083/colocacao_de_manilhas.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3083/colocacao_de_manilhas.pdf</t>
   </si>
   <si>
     <t>Solicitando a troca de manilhas em toda extensão da Rua Otília Borges, bairro Brisa mar.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3084/retirada_de_entulho_predios.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3084/retirada_de_entulho_predios.pdf</t>
   </si>
   <si>
     <t>Solicitando a retirada de entulho na Rua Elvira Ciuffo Cicarino, em frente ao número 101, próximo a pizzaria Bom de Boca, Prédios, bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3085/indicacao_009_-_iluminacao_publica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3085/indicacao_009_-_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Solicitando a Instalação de postes de luz  por toda a extensão da Rua Um (beirando o Arco Metropolitano), no Bairro Leandro.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3086/indicacao_006_-_tapa_buraco.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3086/indicacao_006_-_tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Solicitando a realização de tapa-buraco na Rua Júlio Verner (na lateral da concessionária JA) localizada no bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3087/indicacao_06_-__que_viabilize_o_reconhecimento_das_travessias_da_rua_k_como_ruas_oficias_do_municipio.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3087/indicacao_06_-__que_viabilize_o_reconhecimento_das_travessias_da_rua_k_como_ruas_oficias_do_municipio.pdf</t>
   </si>
   <si>
     <t>Solicitando o reconhecimento Oficial das passagens na Rua K, localizadas no bairro Jardim Ueda, tornando-as Ruas Oficiais do bairro.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3088/indicacao_07_-_instalacao_de_brinquedos_e_aparelhos_de_ginastica_praca_do_pneu_-_jardim_america.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3088/indicacao_07_-_instalacao_de_brinquedos_e_aparelhos_de_ginastica_praca_do_pneu_-_jardim_america.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de brinquedos e aparelhos de ginástica na Praça do bairro Jardim América conhecida popularmente como "praça do pneu", _x000D_
 entre as Ruas Nova York e Canadá Oeste.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3089/revitalizacao_praca_das_kombis_26_dezembro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3089/revitalizacao_praca_das_kombis_26_dezembro.pdf</t>
   </si>
   <si>
     <t>Solicitando a Revitalização da Praça das Kombis no Bairro 26 de Dezembro.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3090/indicacao_rua_gloria_b._monte_serrat.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3090/indicacao_rua_gloria_b._monte_serrat.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo no asfalto na Rua da Glória esquina com a Rua Haroldo Rodrigues de Jesus, Bairro Monte Serrat.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3092/limpeza__rocada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3092/limpeza__rocada.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza (roçada) em toda a extensão da Rua Dona Elizabete, Bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3093/indicacao_troca_de_lampadas_jd_america.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3093/indicacao_troca_de_lampadas_jd_america.pdf</t>
   </si>
   <si>
     <t>Solicitando troca de lâmpadas na Avenida Brasil Norte, entre os números Lote 12 Quadra A e Lote 9 Quadra A, no Bairro Jardim América.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3113/iluminacao_publica_da_rua_francisco_de_assis.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3113/iluminacao_publica_da_rua_francisco_de_assis.docx</t>
   </si>
   <si>
     <t>Solicitando a instalação de iluminação pública por toda extensão da Rua São Francisco de Assis – Bairro Brisa mar.</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3114/iluminacao_na_rua_vigia.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3114/iluminacao_na_rua_vigia.docx</t>
   </si>
   <si>
     <t>Solicitando a instalação de iluminação pública por toda extensão da Rua Vigia – Frontal das Ilhas, Itimirim.</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3115/indicacao_007_-_instalacao_de_postes.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3115/indicacao_007_-_instalacao_de_postes.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de postes de luz  por toda a extensão da Rua Um, no Bairro Chaperó.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3116/indicacao_005_-__troca_de_lampada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3116/indicacao_005_-__troca_de_lampada.pdf</t>
   </si>
   <si>
     <t>Solicitando troca de lâmpada na Rua José Haroldo Hendinger 250, (esquina com a Rua Dr. José Antônio Ciraudo) localizada no bairro Centro.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3117/08.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3117/08.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza com vacoll na Rua Diacui 1, s/n, lote 34, Bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3118/08.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3118/08.pdf</t>
   </si>
   <si>
     <t>Solicitando poda de árvore na Rua Diacui 1, s/n, lote 33, Bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3119/indicacaobueiro_a__rua_sacramento.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3119/indicacaobueiro_a__rua_sacramento.pdf</t>
   </si>
   <si>
     <t>Solicitando a colocação de dois Bueiros ao longo da Rua Sacramento no Bairro Califórnia.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3120/indicacao_operacao_tapa_buraco_mangueira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3120/indicacao_operacao_tapa_buraco_mangueira.pdf</t>
   </si>
   <si>
     <t>Solicitando operação tapa buraco  na entrada do Bairro Mangueira.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3121/indicacao_08_-_desentupimento_de_esgoto_rua_miguel_de_castro_fernandes.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3121/indicacao_08_-_desentupimento_de_esgoto_rua_miguel_de_castro_fernandes.pdf</t>
   </si>
   <si>
     <t>Solicitando o desentupimento de esgoto com utilização de caminhão Vacoll na  Rua Miguel de Castro, Q. 10, Lt. 05, Bairro Weda.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3122/indicacao_09_-__desentupimento_de_esgoto_na_rua_esperanto_-_.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3122/indicacao_09_-__desentupimento_de_esgoto_na_rua_esperanto_-_.pdf</t>
   </si>
   <si>
     <t>Solicitando o desentupimento de esgoto com utilização de caminhão Vacoll, na Rua Esperanto nº 12, Bairro Santana.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3123/07_-_retirada_de_um_enxame_de_abelhas_na_rua_antonio_matheus.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3123/07_-_retirada_de_um_enxame_de_abelhas_na_rua_antonio_matheus.pdf</t>
   </si>
   <si>
     <t>Solicitando a retirada de um enxame de abelhas na Rua Antônio Matheus, lote 61, quadra 18, no Bairro Leandro.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3124/desobstrucao_de_bueiro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3124/desobstrucao_de_bueiro.pdf</t>
   </si>
   <si>
     <t>Solicitando a desobstrução de bueiros em toda a extensão do Bairro Cantão.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3125/reparo_asfaltico_em_vila_geny.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3125/reparo_asfaltico_em_vila_geny.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo asfáltico na Rua São Pedro, no Bairro Vila Geny.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3126/08_-_limpeza_e_retirada_de_entulhos_na_rua_nilson_francisco_cavalheiro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3126/08_-_limpeza_e_retirada_de_entulhos_na_rua_nilson_francisco_cavalheiro.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e retirada de entulhos na Rua Nilson Francisco Cavalheiro, na altura do Lote 04, no Bairro Parque Independência.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3149/troca_de_lam._safira_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3149/troca_de_lam._safira_1.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja providenciada troca de lâmpada, na Rua Safira- Bairro - Leandro — Itaguaí/RJ.</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3150/troca_de_lam._perola_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3150/troca_de_lam._perola_1.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja providenciada troca de lâmpada na Rua Pérola - Bairro - Leandro — Itaguaí/RJ.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3161/rocada_safira.2.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3161/rocada_safira.2.pdf</t>
   </si>
   <si>
     <t>Solicitando serviços de Roçada e limpeza por toda extensão da Rua Safira, Bairro Leandro.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3162/rocada_e_limpeza_estrada_do_leandro......pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3162/rocada_e_limpeza_estrada_do_leandro......pdf</t>
   </si>
   <si>
     <t>Solicitando os serviços de Roçada e limpeza por toda extensão da Estrada do Leandro, Bairro Leandro.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3163/indicacao_de_retirada_de_lixo.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3163/indicacao_de_retirada_de_lixo.docx</t>
   </si>
   <si>
     <t>Solicitando que seja feito a retirada de lixo por toda extensão da Rua João Cruz Neto, Bairro Ilha da Madeira.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3164/indicacao_de_passagem_da_maquina_patrol.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3164/indicacao_de_passagem_da_maquina_patrol.docx</t>
   </si>
   <si>
     <t>Solicitando a passagem de máquina Patrol por toda extensão das Ruas de chão no Bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3165/indicacao_001_-_asfaltamento.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3165/indicacao_001_-_asfaltamento.pdf</t>
   </si>
   <si>
     <t>Solicitando o Asfaltamento por toda a extensão da Estrada Serra Arapucaia, localizada no Bairro Leandro.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3166/capina_e_rocada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3166/capina_e_rocada.pdf</t>
   </si>
   <si>
     <t>Solicitando roçada, capina, e limpeza em toda a extensão da Rua Dona Amélia Reis, Bairro Coroa Grande.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3167/capina_e_rocada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3167/capina_e_rocada.pdf</t>
   </si>
   <si>
     <t>Solicitando capina e roçada em toda extensão da Rua Alzira Feital, Bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3168/10.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3168/10.pdf</t>
   </si>
   <si>
     <t>Solicitando a Instalação de quebra mola na Rua Antoninha Gomes da Silva, (Rua em frente a casa de ração Agromil, Bairro Brisa Mar.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3169/17.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3169/17.pdf</t>
   </si>
   <si>
     <t>Solicitando a colocação de Escória na Rua Trinta e Quatro nº1935, Bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3170/indicacao_construcao_creche.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3170/indicacao_construcao_creche.pdf</t>
   </si>
   <si>
     <t>Solicitando a Construção de uma Creche nas proximidades do Centro de Itaguaí.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3171/indicacao_revitalizacao_cemiterio.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3171/indicacao_revitalizacao_cemiterio.pdf</t>
   </si>
   <si>
     <t>Solicitando a Revitalização do Cemitério São Francisco Xavier e a construção de novas gavetas.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3172/indicacao_003_-__tapa_buraco.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3172/indicacao_003_-__tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Solicitando a realização de tapa buraco na Rua Amauri Barroso, nº 86, localizada no Bairro Centro.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3173/05_-_aumento_de_carga_eletrica_na_escola_municipal_maria_guilhermina.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3173/05_-_aumento_de_carga_eletrica_na_escola_municipal_maria_guilhermina.pdf</t>
   </si>
   <si>
     <t>Solicitando aumento na capacidade de carga da rede elétrica para a instalação de ar-condicionado nas salas de aula da Escola Municipal Maria Guilhermina.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3188/16.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3188/16.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulho na Rua Sacramento, Lt 10, Qd 111, Bairro Califórnia.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3189/12.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3189/12.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de quebra mola na Rua Cleonildio Bem - Vindo de Oliveira, Qd 21, Lt 08, Bairro: Jardim América.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3190/reparo_de_bueiro_engenho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3190/reparo_de_bueiro_engenho.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado reparo na tampa de bueiro na Rua Nadir Antunes Ramalho nº 10, próximo a Igreja do pastor Joel.</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3191/tapa_buraco_26_de_dezembro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3191/tapa_buraco_26_de_dezembro.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado a operação tapa buraco na Avenida Ponte Preta 11, em frente ao campo 26 de Dezembro.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3192/iluminacao_publica_na_rua_gracelina.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3192/iluminacao_publica_na_rua_gracelina.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo na Iluminação pública na Rua Gracelina Belisário nº 74, Bairro Coroa Grande - Itaguaí/RJ.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3193/indicacao_limpeza_e_manutencao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3193/indicacao_limpeza_e_manutencao.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza  e manutenção às margens do rio localizado na Rua Estudante Miguel do Vale nº 80 - fundos, Bairro Coroa Grande - Itaguaí R/J.</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3194/camscanner_01-04-2024_16.22.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3194/camscanner_01-04-2024_16.22.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma área de lazer com campo , academia ao ar livre , brinquedos, mesas com cadeiras, bancos, paisagismo e outros que se fizerem necessários, no Bairro Carvão, próximo a Rua Alagoas .</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3195/camscanner_01-04-2024_16.37.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3195/camscanner_01-04-2024_16.37.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja adquirido e instalado um Aparelho de Ressonância Magnética ou por meio de Convênio com empresas privadas do Município.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3196/indicacao_016_-_tapa_buraco.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3196/indicacao_016_-_tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Solicitando a realização de tapa-buraco na Rua Orlando Silva, (Rua paralela com a Av. Itaguaí, próximo a Igreja da profecia) localizada no bairro Engenho.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3197/indicacao_012_-_limpeza_e_rocada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3197/indicacao_012_-_limpeza_e_rocada.pdf</t>
   </si>
   <si>
     <t>Solicitando serviços de Limpeza/roçada na Rua Victor Emanuel Cicarino (em frente a Escola municipal), no Bairro Jardim Ueda.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3199/implementado_programa__para_registro_geral__de_animais_atraves_de_chips_e_sistema_eletronico..pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3199/implementado_programa__para_registro_geral__de_animais_atraves_de_chips_e_sistema_eletronico..pdf</t>
   </si>
   <si>
     <t>Solicitando que seja implementado programa de Registro Geral  de Animais, através do cadastramento do animal por meio de chips e sistema eletrônico.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3201/induicacao_lampada_leandro_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3201/induicacao_lampada_leandro_1.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja providenciado  a troca de lâmpadas na Estrada do Leandro, no Bairro Leandro.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3202/indicacao_praca_nadir_vargas_b_santana.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3202/indicacao_praca_nadir_vargas_b_santana.pdf</t>
   </si>
   <si>
     <t>Solicitando estudos de reforma, limpeza e poda das árvores existentes naquele local,  sito a Praça Nadir Vargas - Conjunto Santana, bairro Santana.</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3203/indicacao_buracos_engenho_mario_cicarino.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3203/indicacao_buracos_engenho_mario_cicarino.pdf</t>
   </si>
   <si>
     <t>Solicitando a reparação no asfalto da Rua Figueiredo Cicarino, buraco em frente à residência Lote 4, Quadra 77 e em frente ao número 307, Bairro Engenho.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3204/indicacao_08_-_carro_fumace_por_toda_a_extensao_do_bairro_teixeira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3204/indicacao_08_-_carro_fumace_por_toda_a_extensao_do_bairro_teixeira.pdf</t>
   </si>
   <si>
     <t>Solicitando a passagem do Carro Fumacê por toda a extensão do bairro Teixeira.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3205/09_-_poda_de_arvore_na_rodovia_rio_santos_lote_04_quadra_102_no_bairro_mangueira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3205/09_-_poda_de_arvore_na_rodovia_rio_santos_lote_04_quadra_102_no_bairro_mangueira.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feito poda de árvore na Rodovia Rio Santos, lote 04, quadra 102, no Bairro Mangueira.</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3206/indicacao_ponto_de_onibus.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3206/indicacao_ponto_de_onibus.pdf</t>
   </si>
   <si>
     <t>Solicitando implantação de ponto de ônibus com cobertura na esquina da Av. Pastor Antônio Antunes Rocha (antiga Rua 1), com a Rua 5, Gleba A - Chaperó, próximo ao CIEP 498 Irmã Dulce.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3207/desobstrucao_de_manilha.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3207/desobstrucao_de_manilha.pdf</t>
   </si>
   <si>
     <t>Desobstrução na saída da manilha do valão que margeia a Av. Alencastro Guimarães, em frente a Rua General Renato Piquet, bairro Somel.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3211/indicacao_limpeza_das_valas_e_bueiros_da_rua_tangaras.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3211/indicacao_limpeza_das_valas_e_bueiros_da_rua_tangaras.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza por toda extensão das valas e bueiros da Rua Tangarás, Bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3212/indicacao_limpea_das_valas_e_bueiro_d_rua_helena_galiaco_prata.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3212/indicacao_limpea_das_valas_e_bueiro_d_rua_helena_galiaco_prata.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza por toda extensão das valas e bueiros da Rua Helena Galiaço Prata, Bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3217/13_-_manutencao_e_troca_das_manilhas_da_rua_domingos_cicarino_ciufo_na_altura_do_lote_06_no_bairro_parque_paraiso.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3217/13_-_manutencao_e_troca_das_manilhas_da_rua_domingos_cicarino_ciufo_na_altura_do_lote_06_no_bairro_parque_paraiso.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção e troca das manilhas da Rua Domingos Cicarino Ciufo, na altura do Lote 06, no bairro Parque Paraíso.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3218/14_-_limpeza_e_retirada_de_entulhos_na_rua_sao_domingos_na_altura_do_numero_07_no_bairro_jardim_america.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3218/14_-_limpeza_e_retirada_de_entulhos_na_rua_sao_domingos_na_altura_do_numero_07_no_bairro_jardim_america.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e retirada de entulhos na Rua São Domingos, na altura do número 07, no bairro Jardim América.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3219/recuperacao_da_massa_asfaltica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3219/recuperacao_da_massa_asfaltica.pdf</t>
   </si>
   <si>
     <t>Solicitando obra de recuperação da manta asfáltica na Rua Potiguara em frente ao Lote 10, da Quadra 82, bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3220/recuperacao_da_massa_asfaltica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3220/recuperacao_da_massa_asfaltica.pdf</t>
   </si>
   <si>
     <t>Solicitando recuperação da massa asfáltica com tapagem de buraco na Rua Décio Muniz, em frente ao número 682, bairro Chaperó.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3221/reparo_asfaltico_vicente_cicarino.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3221/reparo_asfaltico_vicente_cicarino.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado reparo asfáltico na Rua Pref. Vicente Cicarino, beirando todo o muro do Cemitério São Francisco, bairro Centro.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3222/operacao_tapa_buraco_rua_13_certo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3222/operacao_tapa_buraco_rua_13_certo.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado “Operação tapa-buracos” em toda a extensão da Rua Décio Muniz, no trecho que liga a Rua 13 até a Praça Céu, bairro Chaperó.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3223/rede_de_esgoto_rua_safira............pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3223/rede_de_esgoto_rua_safira............pdf</t>
   </si>
   <si>
     <t>Solicitando que seja providenciada Rede de esgoto na Rua Safira, bairro Leandro.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3224/esgoto_perola.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3224/esgoto_perola.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja providenciada Rede de esgoto Rua Pérola, bairro Leandro.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3225/indicacao_014_-_tapa_buraco.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3225/indicacao_014_-_tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Solicitando a realização de tapa-buraco na Rua Engenheiro Bandeirantes Rocha (em frente à UBS da Vila Margarida) localizada no bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3226/indicacao_011_-_limpeza_de_bueiro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3226/indicacao_011_-_limpeza_de_bueiro.pdf</t>
   </si>
   <si>
     <t>Solicitando o desentupimento/limpeza de três bueiros na Rua Alzira Feital, (próximo ao número 5-A), no bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3227/indicacao_buraco_landulfo_alves.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3227/indicacao_buraco_landulfo_alves.pdf</t>
   </si>
   <si>
     <t>Solicitando a reparação no asfalto da Rua Landulfo Alves, Centro. Existe uma cratera em frente à residência de número 344 com tubulação de água exposta.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3228/indicacao_buracos_engenho_m_a_godinho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3228/indicacao_buracos_engenho_m_a_godinho.pdf</t>
   </si>
   <si>
     <t>Solicitando reparação no asfalto da Rua Mario Antônio Godinho. Existem vários buracos ao longo da via, em frente ao Centro Educacional Novo Mundo 2 e número 31, Em frente à residência Lote 10, da Quadra 93, bairro do Engenho.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3229/18.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3229/18.pdf</t>
   </si>
   <si>
     <t>Solicitando  a reforma do ESF Marinei Rosa Marques Cordeiro, localizado no bairro Mazomba.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3230/15.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3230/15.pdf</t>
   </si>
   <si>
     <t>Retirada de entulho na rua Maria Mattos Santiago com a Rua Benito, Bairro: Parque Paraiso.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3237/indicacao_ponto_de_onibus.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3237/indicacao_ponto_de_onibus.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de um ponto de Ônibus, no Começo da Rua Pérola no bairro Mazomba.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_limpeza_na_rua_julio_delamare_engenho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_limpeza_na_rua_julio_delamare_engenho.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza por toda Extensão da Rua Júlio Delamare nº 26, QD.129, antiga Rua 12, bairro Engenho.</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3239/12_-_a_manutencao_do_asfalto_com_recapeamento_e_tapa-buraco_na_rua_domingos_cicarino_ciufo_na_altura_do_lote_06_no_bairro_parque_paraiso.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3239/12_-_a_manutencao_do_asfalto_com_recapeamento_e_tapa-buraco_na_rua_domingos_cicarino_ciufo_na_altura_do_lote_06_no_bairro_parque_paraiso.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção do asfalto, com recapeamento e tapa-buraco na Rua Domingos Cicarino Ciufo, na altura do Lote 06, no bairro Parque Paraíso.</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3240/15_-_manutencao_do_asfalto_com_recapeamento_e_tapa-buraco_na_rua_maria_candida_na_altura_do_lote_10_quadra_03_no_bairro_monte_serrat.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3240/15_-_manutencao_do_asfalto_com_recapeamento_e_tapa-buraco_na_rua_maria_candida_na_altura_do_lote_10_quadra_03_no_bairro_monte_serrat.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção do asfalto, com recapeamento e tapa-buraco na Rua Maria Cândida, na altura do Lote 10, quadra 03, no bairro Monte Serrat.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3242/sinalizacao_transito.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3242/sinalizacao_transito.pdf</t>
   </si>
   <si>
     <t>Solicitando demarcação de área escolar, com instalação de placas em frente ao Colégio ABC da Emília, na Rua Maria Mattos Santiago, esquina com a Rua Reverendo Otávio Luís Vieira, bairro Centro.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3243/desobstrucao_de_bueiro_jardim_america.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3243/desobstrucao_de_bueiro_jardim_america.pdf</t>
   </si>
   <si>
     <t>Solicitando a desobstrução de bueiro na Rua Leonildo Benvindo de Oliveira, no final da Rua México, jardim américa.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3244/limpeza_de_calcada_california_.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3244/limpeza_de_calcada_california_.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza por toda extensão da calçada na Rua Jonas Costas Pereira QD 10, LT 29, em frente ao condomínio da Caixa.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3246/projeto_do_hospital_da__mulher__e__maternidade.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3246/projeto_do_hospital_da__mulher__e__maternidade.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja incluído no Projeto do Hospital da Mulher e Maternidade, acesso de emergência pela Rua São Judas Tadeu (fundos do terreno do Hospital), com as consequentes alterações no fluxo de trânsito para viabilizar o acesso.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3247/rede_de_esgoto_leandro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3247/rede_de_esgoto_leandro.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja providenciado instalação de rede de esgoto na Estrada do Leandro, bairro Leandro.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3248/galerias_na_travessia_tucuma.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3248/galerias_na_travessia_tucuma.pdf</t>
   </si>
   <si>
     <t>Solicitando a possibilidade de ser feitos estudos de lançamento de duas placas tipo galeria nas laterais (uma de cada lado) da travessia do canal paralelo a Av. Ponte Preta, TRAVESSA TUCUMÃ no Bairro Mangueira.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3249/indicacao_clinica_familia_coroa_grande.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3249/indicacao_clinica_familia_coroa_grande.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma Clínica da Família, no bairro Coroa Grande.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3250/13.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3250/13.pdf</t>
   </si>
   <si>
     <t>Solicitando colocação de escória (pó de pedra) na Rua Visconde de Mauá s/n, Qd. 14, Lote 17, bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3251/19.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3251/19.pdf</t>
   </si>
   <si>
     <t>Solicitando o alargamento da rampa de acesso das embarcações, em frente a Igreja São Pedro, bairro Ilha da Madeira.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3256/construcao_de_galeria.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3256/construcao_de_galeria.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de galeria em toda extensão do valão que margeia a Avenida Alencastro Guimarães, desde o bairro Jardim Riviera até o bairro Coroa Grande.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3254/poda_de_arvore_generalbocaiuva_ver_fabinho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3254/poda_de_arvore_generalbocaiuva_ver_fabinho.pdf</t>
   </si>
   <si>
     <t>Solicitando a poda de árvores por toda extensão da Rua General Bocaiúva.</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3255/iluminacao_publica_brisamar_ver_fabinho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3255/iluminacao_publica_brisamar_ver_fabinho.pdf</t>
   </si>
   <si>
     <t>Solicitando a manutenção da Iluminação Pública na Rua Irene de Castro, bairro Brisamar</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3252/indicacao_limpeza.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3252/indicacao_limpeza.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza da vala e drenagem do esgoto na Av. Isoldackson Cruz de Brito nº 35, bairro Vila Margarida, ao lado da auto escola Horizonte em caráter de urgência.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3259/operacao.tapa.buraco.brisamar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3259/operacao.tapa.buraco.brisamar.pdf</t>
   </si>
   <si>
     <t>Solicitando operação "tapa-buraco" na Rua Manoel Araújo dos Santos, bairro Brisamar.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3261/indicacao_015_-_limpeza_e_rocada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3261/indicacao_015_-_limpeza_e_rocada.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza/roçada por toda a extensão da Rua Nova York,  no Bairro Jardim América.</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3262/indicacao_013_-_tapa_buraco.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3262/indicacao_013_-_tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Solicitando a realização de tapa-buraco na Estrada Ari Parreira (em frente à escola municipal Jorge Flores da Silva) localizada no bairro Jardim Ueda.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3263/ruas_a_e_b_vila_margarida.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3263/ruas_a_e_b_vila_margarida.pdf</t>
   </si>
   <si>
     <t>Solicitando a troca de manilhas nas Ruas A e B no bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3264/indicacao_de_hospita_dos_animais.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3264/indicacao_de_hospita_dos_animais.pdf</t>
   </si>
   <si>
     <t>Solicitando  a construção de um Hospital Público dos Animais .</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3265/11.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3265/11.pdf</t>
   </si>
   <si>
     <t>Solicitando colocação de escória na Rua Dona Elizabeth nº445, bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3266/20_ok.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3266/20_ok.pdf</t>
   </si>
   <si>
     <t>Solicitando  tapa buraco na Rua Professor José de Moraes Dias, em frente ao nº 337 e 344 A, bairro Centro.</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3267/iluminacao_publica_e_tapa_buraco.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3267/iluminacao_publica_e_tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Solicitando reparos na iluminação pública e tapa buraco por toda extensão da Rua Luiz Machado Corrêa, bairro Brisamar.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3268/limpeza_na_ru_luiz_machado_correa_brisamar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3268/limpeza_na_ru_luiz_machado_correa_brisamar.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza por toda extensão de Rua Luiz Machado Corrêa, no bairro Brisamar.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3269/indicacao_08_-_retirada_de_entulhos_na_rua_capitulina_sereno_da_silva_ao_lado_do_bar_da_eliana.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3269/indicacao_08_-_retirada_de_entulhos_na_rua_capitulina_sereno_da_silva_ao_lado_do_bar_da_eliana.pdf</t>
   </si>
   <si>
     <t>Solicitando a retirada de entulhos ao lado do bar da Eliana, Rua Capitulina Sereno da_x000D_
 Silva, 3392, bairro Amendoeira.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3270/09_indicacao_-_troca_de_lampadas_rua_jose_maria_de_brito.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3270/09_indicacao_-_troca_de_lampadas_rua_jose_maria_de_brito.pdf</t>
   </si>
   <si>
     <t>Solicitando  troca de lâmpadas por toda a extensão da Rua José Maria de Brito, bairro Somel.</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3274/10_-_limpeza_e_desobstrucao_da_manilha_existente_na_rua_9_na_altura_do_lote_02_no_bairro_vila_geny.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3274/10_-_limpeza_e_desobstrucao_da_manilha_existente_na_rua_9_na_altura_do_lote_02_no_bairro_vila_geny.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e desobstrução da manilha existente na Rua 9, na altura do lote 02, no bairro Vila Geny.</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3275/11_-_limpeza_e_desobstrucao_das_manilhas_existente_na_rua_iracema_de_alencar_no_bairro_engenho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3275/11_-_limpeza_e_desobstrucao_das_manilhas_existente_na_rua_iracema_de_alencar_no_bairro_engenho.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e desobstrução de manilhas existente na Rua Iracema de Alencar, no bairro Engenho.</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3276/retirada_de_entulhos_brisamar1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3276/retirada_de_entulhos_brisamar1.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulhos da Rua Antoninha Gomes da Silva, em frente ao Lote 13, Quadra 98, no bairro Brisamar.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3277/recapeamento_asfaltico_arypareira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3277/recapeamento_asfaltico_arypareira.pdf</t>
   </si>
   <si>
     <t>Solicitando o recapeamento com manta asfáltica na Avenida Ary Parreira, bairro Engenho.</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3278/iluminacao_reta.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3278/iluminacao_reta.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo em toda a iluminação pública no trecho final da Av. Ayrton Senna da Silva, bairro Jardim América.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3279/iluminacao_rua_jose_pinto_engenho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3279/iluminacao_rua_jose_pinto_engenho.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo na iluminação pública na Rua José Pinto, altura do nº 24, bairro Engenho.</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3280/praca_dos_pneus_na_rua_canada_oeste_bairro__jardim_america.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3280/praca_dos_pneus_na_rua_canada_oeste_bairro__jardim_america.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza, podas de árvores e recuperação de mesas e bancos na Praça dos Pneus,  na  Rua Canadá Oeste, no Bairro Jardim América.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3281/indicacaooperacao_tapa__buracos_engenho_joaquim_canuto.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3281/indicacaooperacao_tapa__buracos_engenho_joaquim_canuto.pdf</t>
   </si>
   <si>
     <t>Solicitando Operação tapa buracos na Rua Joaquim Canuto, bairro do Engenho.</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3282/retirada_de_entulho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3282/retirada_de_entulho.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulho na Rua São Cosme, na altura do número 70, bairro Centro.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3283/recuperacao_da_massa_asfaltica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3283/recuperacao_da_massa_asfaltica.pdf</t>
   </si>
   <si>
     <t>Solicitando recuperação da massa asfáltica, com tapagem de buraco na Rua Coronel Macedo Soares, próximo ao Salão de Festas Cochicho, bairro Centro.</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3284/14.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3284/14.pdf</t>
   </si>
   <si>
     <t>Solicitando  tapa buraco na Rua São Cosme nº 188, bairro Monte Serrat.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3285/09.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3285/09.pdf</t>
   </si>
   <si>
     <t>Solicitando Limpeza com roçada em toda a extensão da Rua Dona Elizabeth, bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3286/indicacao__iluminacao_publica_na_rua_vila_um_26_de_dezembro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3286/indicacao__iluminacao_publica_na_rua_vila_um_26_de_dezembro.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção na iluminação pública por toda extensão da Rua Vila Um, bairro 26 de dezembro.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3287/manutencao_do_alambrado.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3287/manutencao_do_alambrado.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção do alambrado no campo da praça, bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3298/revitalizacao_da_praca.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3298/revitalizacao_da_praca.pdf</t>
   </si>
   <si>
     <t>Revitalização da Praça e manutenção dos brinquedos na Rua Nova York, localizado no Bairro Jardim América.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3299/manutencao_do_asfalto_rua_ivo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3299/manutencao_do_asfalto_rua_ivo.pdf</t>
   </si>
   <si>
     <t>Manutenção do asfalto na Rua Ivo Siufo Cicarino nº 14, (próximo a barbearia dos amigos) localizada no bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3302/limpeza_de_muros_e_calcadas-centro.docx.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3302/limpeza_de_muros_e_calcadas-centro.docx.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e retirada de entulho na Rua Antônia Barbosa Cunha - Centro.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3303/reparo_de_bueiro_reta.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3303/reparo_de_bueiro_reta.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo de tampa de bueiro na Reta, Rua Haroldo Rodrigues de Jesus, em frente ao número 455.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3304/retirada_de_lixo_do_colegio.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3304/retirada_de_lixo_do_colegio.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de lixos e entulhos na calçada dos fundos do C.E. Professor Ney Cidade Palmeiro, (lateral com a Rua Domingos Félix Vidal) localizada no bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3305/asfaltamento_da_rua_thieres.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3305/asfaltamento_da_rua_thieres.pdf</t>
   </si>
   <si>
     <t>Solicitando o asfaltamento da Rua Thieres Teixeira Leite, Lote 14, Quadra 74, (transversal com a Rua João Vieira de Faria) localizada no bairro Engenho.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3306/rua_canada_oeste_jardim_america.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3306/rua_canada_oeste_jardim_america.docx</t>
   </si>
   <si>
     <t>Solicitando a troca de manilhas na Rua Canadá Oeste, no bairro Jardim América.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3307/indicacao_operacao_tapa__buracos_rua_jose_pintobairro_centro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3307/indicacao_operacao_tapa__buracos_rua_jose_pintobairro_centro.pdf</t>
   </si>
   <si>
     <t>Solicitando Operação tapa buracos na Rua  José Pinto, bairro  Centro.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3308/indicacao_21.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3308/indicacao_21.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja colocado um gradil em torno do Canal do Viana, localizado na área do Parque Municipal.</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3309/indicacao_23.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3309/indicacao_23.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de uma tampa de boca de lobo na Rua Gregório Manoel Domingues nº 78, (final da rua) bairro Brisa-Mar.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3310/desobstrucao_com_poda__rocagem_e_limpeza_na_rua_tupinambas_santa_candida.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3310/desobstrucao_com_poda__rocagem_e_limpeza_na_rua_tupinambas_santa_candida.pdf</t>
   </si>
   <si>
     <t>Solicitando desobstrução com poda, roçagem e limpeza por toda extensão da Rua Tupinambás, bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3315/tapa_buraco__por_tod_extensao_ds_rua_jose_acir_medeiros.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3315/tapa_buraco__por_tod_extensao_ds_rua_jose_acir_medeiros.pdf</t>
   </si>
   <si>
     <t>TAPA BURACO POR TODA EXTENSÃO DA RUA JOSE  ACIR MEDEIROS BAIRRO SANTA CANDIDA</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3325/17_-_limpeza_e_retirada_de_entulhos_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3325/17_-_limpeza_e_retirada_de_entulhos_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e retirada de entulhos na Rua Norma Cristina de Jesus, na altura da casa 14, no bairro Vila Geny.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3326/16_-_poda_de_arvore_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3326/16_-_poda_de_arvore_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf</t>
   </si>
   <si>
     <t>Solicitando poda de árvore na Rua Norma Cristina de Jesus, na altura da casa 14, no bairro Vila Geny.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3331/centro_poliesportivos_brisamar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3331/centro_poliesportivos_brisamar.pdf</t>
   </si>
   <si>
     <t>Solicitando a Construção de um Centro Poliesportivo no bairro Brisamar.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3328/iluminacao_publica_amelia_louzada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3328/iluminacao_publica_amelia_louzada.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção na Iluminação Pública por toda extensão da Rua Amélia Louzada, Centro.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3329/e_m_renato_goncalves.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3329/e_m_renato_goncalves.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja implantada a Educação Básica, em sua totalidade, até o nono ano na E. M. Renato Gonçalves Martins, localizado na Estrada da Reta 800, no bairro Piranema.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3330/cobertura_asfaltica_bairro_centro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3330/cobertura_asfaltica_bairro_centro.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado cobertura asfáltica na Rua Antônia Barbosa Cunha, Rua atrás do antigo Hospital Nossa Senhora da Guia, Centro, após a ponte.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3333/retirada_de_entulho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3333/retirada_de_entulho.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulhos na Rua Manuel Abreu, s/n, Lote 14, Quadra B, (próximo a escola Adventista) localizada no bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3334/retirada_de_lixos_na_rua_guia_lopes.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3334/retirada_de_lixos_na_rua_guia_lopes.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de lixos e entulhos na Rua Guia Lopes, nº 73 (no conjunto São Salvador) localizada no bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3335/indicacao_podas_vila_geni.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3335/indicacao_podas_vila_geni.pdf</t>
   </si>
   <si>
     <t>Solicitando Limpeza em toda a extensão da Rua São Pedro, com retirada de entulhos e poda de árvores, limpeza nas calçadas e acostamentos da via, bairro Vila Geni.</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3336/indicacao_rua_sao_pedro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3336/indicacao_rua_sao_pedro.pdf</t>
   </si>
   <si>
     <t>Solicitando reparação no asfalto e vazamento de água na tubulação, que está formando uma cratera na Rua São Pedro, esquina com a Rua São Benedito, próximo ao ESF DE VILA GENI, bairro Vila Geni.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3352/indicacao_22.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3352/indicacao_22.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza com roçada em toda extensão da Rua Onze Horas, localizada no Bairro Parque Primavera.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3353/limpeza_na_rua_lygia.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3353/limpeza_na_rua_lygia.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza por toda extensão da Rua Lygia Cavalcante, localizada no bairro Brisamar.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3355/indicacao_64_-_solicitando_programa_especial_para_criancas_autistas_nas_ferias_escolares.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3355/indicacao_64_-_solicitando_programa_especial_para_criancas_autistas_nas_ferias_escolares.pdf</t>
   </si>
   <si>
     <t>Solicitando a implementação de um programa especial nas Escolas Municipais voltado para atender crianças autistas, oferecendo atividades durante o período de férias escolares.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3327/bueiro.amelia.wps.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3327/bueiro.amelia.wps.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção das tampas de bueiro, na Rua Amélia Louzada, Centro.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3357/pavimentacao_rua_beco_do_corredor.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3357/pavimentacao_rua_beco_do_corredor.pdf</t>
   </si>
   <si>
     <t>Solicitando pavimentação asfáltica da Rua Beco do Corredor, localizada no bairro São Salvador.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3358/20_-_limpeza_e_retirada_de_entulhos_na_rua_sao_francisco_na_altura_do_lote_13_quadra_113_no_bairro_california.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3358/20_-_limpeza_e_retirada_de_entulhos_na_rua_sao_francisco_na_altura_do_lote_13_quadra_113_no_bairro_california.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e retirada de entulhos na Rua São Francisco, na altura do lote 13, quadra 113, no bairro Califórnia.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3359/22_-_manutencao_e_desobstrucao_dos_bueiros_existentes_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3359/22_-_manutencao_e_desobstrucao_dos_bueiros_existentes_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção e desobstrução dos bueiros existentes na Rua Aimorés, na altura dos lotes 07, 08, 09, quadra 74, no bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3360/colocacao_de_manilhas.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3360/colocacao_de_manilhas.pdf</t>
   </si>
   <si>
     <t>Solicitando manilhamento em toda extensão da Rua Maria Sebastiana de Jesus, bairro Engenho.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3361/deslocamento_de_agente_de_transito.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3361/deslocamento_de_agente_de_transito.pdf</t>
   </si>
   <si>
     <t>Solicitando o deslocamento de agente de trânsito a fim de ajudar no fluxo de veículos e fiscalizar veículos estacionados em lugares inapropriados, entre a Estrada Dona Elizabeth e o Mercado Super Rede, no bairro Amendoeira.</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3363/retirada_de_entulho_no_centro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3363/retirada_de_entulho_no_centro.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado a retirada de entulho na Rua RJ 099, em frente a Skyland, bairro Centro.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3364/limpeza_de_calcada_bairro_engenho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3364/limpeza_de_calcada_bairro_engenho.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado a Limpeza de calçada e retirada de entulho na Rua Nadir Antunes Ramalho, na altura do lava jato, no bairro do Engenho.</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3366/revitalizacao_da_escola_no_jardim_weda.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3366/revitalizacao_da_escola_no_jardim_weda.pdf</t>
   </si>
   <si>
     <t>Solicitando a revitalização da Escola Municipal Jorge Flores da Silva, na Est. Ari Parreira, localizado no Bairro Jardim Weda.</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3367/revitalizacao_de_canteiro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3367/revitalizacao_de_canteiro.pdf</t>
   </si>
   <si>
     <t>Solicitando a revitalização do canteiro central na Rua Prefeito Isoldackson Cruz de Brito, (em frente ao mercado Super Compras) localizado no Bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3368/indicacao_limpezarocada_e_poda_das_arvores_v_geni.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3368/indicacao_limpezarocada_e_poda_das_arvores_v_geni.pdf</t>
   </si>
   <si>
     <t>Solicitando a Limpeza, Roçada e Podas nas árvores, em toda a extensão da Rua Presidente Roosevelt, Bairro Vila Gení.</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3369/indicacao_operacao_tapa__buracos_rua_18.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3369/indicacao_operacao_tapa__buracos_rua_18.pdf</t>
   </si>
   <si>
     <t>Solicitando Operação tapa buracos na Rua  Professor Luiz Antônio de Souza na esquina com a Rua Darci Teixeira Fontes.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3370/indicacao_2.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3370/indicacao_2.pdf</t>
   </si>
   <si>
     <t>Solicitando a retirada de entulho (na calçada ao lado do Colégio Adventista), na Rua Manoel de Abreu s/n, quadra B, lote 14, Bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3375/indicacao_rua_18_qd48_lt_07_vilar_dos_coqueiros_vila_geni.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3375/indicacao_rua_18_qd48_lt_07_vilar_dos_coqueiros_vila_geni.pdf</t>
   </si>
   <si>
     <t>Solicitando operação tapa buraco e manutenção da Via, localizada na Rua 18, Qd. 48, Lote 07, Vilar dos Coqueiros, bairro Vila Geni.</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3376/indicacao_estrada_engenheiro_ivan_mundim_mazomba.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3376/indicacao_estrada_engenheiro_ivan_mundim_mazomba.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo com tapa buraco e limpeza na Estrada Engenheiro Ivan Mundim, bairro Mazomba.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3381/24_-_manutencao_das_calcadas_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3381/24_-_manutencao_das_calcadas_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção das calçadas na Rua Aimorés, na altura dos lotes 07, 08, 09, quadra 74, no bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3382/18_-_manutencao_e_desobstrucao_do_bueiro_existente_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3382/18_-_manutencao_e_desobstrucao_do_bueiro_existente_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção e desobstrução do bueiro existente na Rua Norma Cristina de Jesus, na altura da casa 14, no bairro Vila Geny.</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3383/refletor_amelia_louzada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3383/refletor_amelia_louzada.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de Refletores na Rua Amélia Louzada nº 446, direcionado a Fraternidade Ramatis, bairro Centro.</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3384/iluminacao_rua_23_brisamar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3384/iluminacao_rua_23_brisamar.pdf</t>
   </si>
   <si>
     <t>Solicitando a manutenção da iluminação pública na Rua 23 no Bairro Brisamar</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3385/guardadores_de_veiculos.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3385/guardadores_de_veiculos.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo que realize, através das Secretarias responsáveis, o cadastramento, treinamento, qualificação e identificação dos guardadores de veículos da cidade de Itaguaí.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3386/restauracao_de_patrimonio_historico.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3386/restauracao_de_patrimonio_historico.pdf</t>
   </si>
   <si>
     <t>Solicitando a restauração de todos os casarões tombados pelo patrimônio histórico, a fim de manter a preservação da história da cidade de Itaguaí.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3387/banheiros_quimicos_na_expo.docx.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3387/banheiros_quimicos_na_expo.docx.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado a colocação de banheiros químicos no Parque Municipal de Itaguaí, durante toda semana, bairro Centro.</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3388/troca_de_manilhas-_engenho.docx.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3388/troca_de_manilhas-_engenho.docx.pdf</t>
   </si>
   <si>
     <t>Solicitando troca de manilhas na Rua Nadir Antunes Ramalho, na sua extensão,  para melhor escoramento de valas, devido as enchentes, bairro Engenho.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3391/bueiro_orla_coroa_grande.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3391/bueiro_orla_coroa_grande.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo e reposição da tampa de bueiro na calçada da Orla de Coroa Grande, Rua Beira Mar,  antes do Quiosque do Dudu.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3392/indicacao_construcao_praca_mangueira2.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3392/indicacao_construcao_praca_mangueira2.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma área de lazer  com campo, academia ao ar livre ,brinquedos, mesas com cadeiras, equipamentos para terceira idade, no Bairro da Mangueira, próximo a Rua da Mangueira com a Rua Tabajara.</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3393/reforma_da_ponte.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3393/reforma_da_ponte.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma da ponte na Rua RG (Rua que liga o bairro Jardim Weda ao Leandro), localizada no Jardim Weda.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3394/realizacao_tapa_buraco.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3394/realizacao_tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Solicitando a realização de tapa-buraco na Rua Pastor Antônio Antunes da Rocha, nº1 (em frente ao CIEP 498 Irmã Dulce) localizado no bairro Chaperó.</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3395/indicacao_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3395/indicacao_1.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza com roçada em toda extensão da Rua Alcebíades Andrade da Rocha, bairro Vila Geni.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3396/indicacao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3396/indicacao.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feita a Revitalização da Praça na Rua Canadá Oeste, bairro de Monte Serrat.</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3397/indicacao__colocacao_de_tampas___de__bueiro_na_rua_sao_jorge_bairro_vila_geni.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3397/indicacao__colocacao_de_tampas___de__bueiro_na_rua_sao_jorge_bairro_vila_geni.pdf</t>
   </si>
   <si>
     <t>Solicitando colocação de tampas de bueiros concretadas na Rua São Jorge , bairro Vila Geni, Itaguaí RJ.</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3398/indicacao_para_passagem_de_maquina_patrol_na_rua_italo_rodrigues.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3398/indicacao_para_passagem_de_maquina_patrol_na_rua_italo_rodrigues.pdf</t>
   </si>
   <si>
     <t>Solicitando passagem da máquina Patrol, por toda extensão da Rua Ítalo Rodrigues Dornelles, bairro do Engenho, próximo a barreira Cantão.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3411/10_-_manutencao_e_troca_de_manilha1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3411/10_-_manutencao_e_troca_de_manilha1.pdf</t>
   </si>
   <si>
     <t>Solicitando desobstrução e troca de manilhas na Avenida José Paulo Felix de Andrade, entre os números 112 ao 113, bairro Estrela do Céu.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3412/29_-_retirada_de_uma_arvore_na_rua_antonio_cezario_alves_na_altura_da_casa_27_no_bairro_parque_paraiso.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3412/29_-_retirada_de_uma_arvore_na_rua_antonio_cezario_alves_na_altura_da_casa_27_no_bairro_parque_paraiso.pdf</t>
   </si>
   <si>
     <t>Solicitando a retirada de uma árvore na Rua Antônio Cezario Alves, na altura da casa 27, no bairro Parque Paraíso.</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3413/operacao.tapa.buraco.santabarbara.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3413/operacao.tapa.buraco.santabarbara.pdf</t>
   </si>
   <si>
     <t>Solicitando operação tapa-buraco por toda extensão da Rua Santa Bárbara, bairro Brisamar.</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3414/reforma_quadra_jardim_mar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3414/reforma_quadra_jardim_mar.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma da Quadra de Esportes do Colégio Jardim Mar.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3415/instalacao_de_unidade_do_procon.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3415/instalacao_de_unidade_do_procon.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de uma unidade do Procon no município de Itaguaí.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3416/instalacao_de_polo_gastronomico.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3416/instalacao_de_polo_gastronomico.pdf</t>
   </si>
   <si>
     <t>Solicitando a destinação de um espaço e incentivo para criação de um Polo Gastronômico no Município de Itaguaí.</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3417/rocagem_atras_do_cefet_em_toda__extensao_da_via.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3417/rocagem_atras_do_cefet_em_toda__extensao_da_via.pdf</t>
   </si>
   <si>
     <t>Solicitando roçagem na Avenida Ponte Preta atrás do Cefet, em toda extensão da via, bairro Vila Ibirapitanga.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3418/iluminacao__publica_-__engenho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3418/iluminacao__publica_-__engenho.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção da iluminação pública na Rua Professor Sebastião Azevedo, em frente a casa 37, Quadra 1, Lote 40, bairro Engenho, pois não há iluminação.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3419/tapa_buraco_chapero.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3419/tapa_buraco_chapero.pdf</t>
   </si>
   <si>
     <t>Solicitando realização de tapa-buraco na Estrada de Chaperó, (em frente à Drogaria Primavera) localizada no bairro Parque Primavera.</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3420/revitalizacao_praca_monte_serrat.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3420/revitalizacao_praca_monte_serrat.pdf</t>
   </si>
   <si>
     <t>Solicitando a revitalização da Praça na Rua São João, localizada no bairro Monte Serrat.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3421/indicacao_2.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3421/indicacao_2.pdf</t>
   </si>
   <si>
     <t>Solicitando um Gerador de Energia para a Casa Lar do Idoso Anézia de Aguiar, localizada no bairro Somel.</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3422/indicacao_1.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3422/indicacao_1.pdf</t>
   </si>
   <si>
     <t>Solicitando a disponibilidade de um Guarda zelador para Praça Vicente Cicarino, localizada no Centro de Itaguaí.</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3423/bairro_somel_rua_paes_ferreira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3423/bairro_somel_rua_paes_ferreira.pdf</t>
   </si>
   <si>
     <t>Solicitando a complementação do serviço de asfaltamento da Rua Paes Ferreira, no bairro Somel.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3424/praca_jardim_america_rua_buenos_aires.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3424/praca_jardim_america_rua_buenos_aires.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma área de lazer com  brinquedos, mesas com cadeiras, equipamentos para terceira idade no bairro Jardim América, Rua Buenos Aires.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3439/rua_tranversal_39_entulho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3439/rua_tranversal_39_entulho.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulhos na Rua Transversal 39, nº 20, Lote 12, Quadra 100, bairro Brisamar.</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3440/iluminacao_rua_santa_barbara.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3440/iluminacao_rua_santa_barbara.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção da Iluminação Pública na Rua Santa Bárbara, no bairro Brisamar.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3441/reparo_praca_mazomba_6158.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3441/reparo_praca_mazomba_6158.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção e limpeza da Praça da Estrada do Mazomba, altura do nº 6158, no bairro Mazomba.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3442/reparo_asfaltico_esquina_oscar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3442/reparo_asfaltico_esquina_oscar.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção asfáltica na Rua Vivail da Silveira, esquina da E. M. Oscar José de Souza, bairro Santana.</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3445/indicacao_030_-__tapa_buracos.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3445/indicacao_030_-__tapa_buracos.docx</t>
   </si>
   <si>
     <t>Solicitando tapa-buraco na Av. Ayrton Senna da Silva, 273 (em frente à Eletro Máquinas e Ferragens) localizada no bairro Monte Serrat.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3446/indicacao_031_-_revitalizacao_praca.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3446/indicacao_031_-_revitalizacao_praca.docx</t>
   </si>
   <si>
     <t>Solicitando a revitalização da Praça na Rua General Bocaiúva, (em frente ao Banco do Brasil) localizado no bairro Centro.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3447/passagem_da_maquina_patrol_na_rua_vinte_e_oito_bairro_santa_candida.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3447/passagem_da_maquina_patrol_na_rua_vinte_e_oito_bairro_santa_candida.pdf</t>
   </si>
   <si>
     <t>Solicitando passagem da Máquina Patrol por toda extensão da Rua Vinte e Oito, no bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3448/troca_de_lampada_em_poste_de_iluminacao_publica_na_rua_santa_cecilia_no_72_bairro_jardim_weda.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3448/troca_de_lampada_em_poste_de_iluminacao_publica_na_rua_santa_cecilia_no_72_bairro_jardim_weda.pdf</t>
   </si>
   <si>
     <t>Solicitando troca de lâmpada em poste de iluminação pública  na Rua Santa Cecília nº 72, bairro Jardim Weda.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3452/31.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3452/31.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza com Vacool em toda a extensão da Rua Costa Rica, bairro Jardim América.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3453/30.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3453/30.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza de valão na Rua Presidente Roselvelt, bairro Vila Geni.</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3468/colocacao_de_lixeiras_-_centro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3468/colocacao_de_lixeiras_-_centro.pdf</t>
   </si>
   <si>
     <t>Solicitando a colocação de lixeiras em toda a Rua General Bocaíuva, bairro Centro.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3469/colocacao_de_lixeiras.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3469/colocacao_de_lixeiras.pdf</t>
   </si>
   <si>
     <t>Solicitando a colocação de lixeiras em toda Avenida Itaguaí, bairro Engenho.</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3470/indicacao_restaurante_popular.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3470/indicacao_restaurante_popular.pdf</t>
   </si>
   <si>
     <t>Solicitando estudo de viabilidade para construção de um Restaurante Popular no Município.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3471/indicacao_rua_saturno.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3471/indicacao_rua_saturno.pdf</t>
   </si>
   <si>
     <t>Solicitando a desobstrução dos bueiros da Rua Saturno, localizada no bairro Vila Geni.</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3475/indicacao_10_-_solciitando_a_construcao_de_uma_praca_no_cacao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3475/indicacao_10_-_solciitando_a_construcao_de_uma_praca_no_cacao.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma praça na comunidade do Cação, bairro Brisamar.</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3476/indicacao_11_-_criacao_moeda_social.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3476/indicacao_11_-_criacao_moeda_social.pdf</t>
   </si>
   <si>
     <t>Solicitando a criação da Moeda Social de Itaguaí, voltada ao atendimento de pessoas em situação de vulnerabilidade social inscritas no Cadastro Único da União.</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3490/tapa_buraco_chapero_certo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3490/tapa_buraco_chapero_certo.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado operação Tapa-buracos em toda a extensão da Estrada do Chaperó, bairro Chaperó.</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3491/iluminacao_bairro_ibirapitanga.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3491/iluminacao_bairro_ibirapitanga.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado reparo na iluminação Pública, na extensão da Rua Cesar Lattes, Vila Ibirapitanga.</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3492/limpeza_e_rocada_em_chapero.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3492/limpeza_e_rocada_em_chapero.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza/roçada por toda a extensão da Estrada de Chaperó,  no bairro Chaperó.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3493/retirada_de_lixo_na_est_do_teixeira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3493/retirada_de_lixo_na_est_do_teixeira.pdf</t>
   </si>
   <si>
     <t>Solicitando a retirada de lixo da Estrada do Teixeira nº 290 em frente ao bazar da Silvia, bairro Jardim Laia.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3494/indicacao_rua_mario_telles_b_mangueira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3494/indicacao_rua_mario_telles_b_mangueira.pdf</t>
   </si>
   <si>
     <t>Solicitando serviço de asfaltamento da Rua Mário Telles, no bairro Mangueira.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3495/rua_dezoito_chapero.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3495/rua_dezoito_chapero.pdf</t>
   </si>
   <si>
     <t>Solicitando a operação tapa buracos na Rua Dezoito, próximo a Escola Municipal Fusão Fukamati, Gleba A, bairro Chaperó.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3496/29.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3496/29.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza com Vacool em toda a extensão da Rua México, bairro Jardim América.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3497/32.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3497/32.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza com Vacool em toda a extensão da Rua Cuba, bairro Jardim América.</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3498/troca_de_tampa_de_bueiro_em_santa_candida.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3498/troca_de_tampa_de_bueiro_em_santa_candida.docx</t>
   </si>
   <si>
     <t>Solicitando a troca de tampa de bueiro na Rua Altamiro Domiciano da Cruz, bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3499/iluminacao_na_rua_professora_maxima_bairro_jardim_weda.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3499/iluminacao_na_rua_professora_maxima_bairro_jardim_weda.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo na iluminação Pública da Rua Professora Máxima Barcelos Gonçalves Rosa, atrás da Loja TMC, no bairro Jardim Weda.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3502/praca_sintetico_brisamar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3502/praca_sintetico_brisamar.pdf</t>
   </si>
   <si>
     <t>Solicitando reforma da Praça do Campo Sintético no Bairro Brisamar,  reforma dos brinquedos, alambrado e manutenção da iluminação pública da praça.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3503/recuperacao_da_massa_asfaltica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3503/recuperacao_da_massa_asfaltica.pdf</t>
   </si>
   <si>
     <t>Solicitando a recuperação da massa asfáltica com nivelamento do piso e tapagem de buraco na Estrada do Teixeira, próximo ao ESF Vista Alegre, bairro Vista Alegre.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3524/26_-_poda_de_arvore_na_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3524/26_-_poda_de_arvore_na_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf</t>
   </si>
   <si>
     <t>Solicitando poda de árvore na Rua Pai Fabrício, na altura da casa 70, no bairro Leandro.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3525/31_-_poda_de_arvore_na_rua_26_n_75_quadra_27_no_bairro_brisamar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3525/31_-_poda_de_arvore_na_rua_26_n_75_quadra_27_no_bairro_brisamar.pdf</t>
   </si>
   <si>
     <t>Solicitando poda de árvore na Rua 26, nº 75, quadra 27, localizada no bairro Brisamar.</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3526/implementacao_de_patio_de_veiculos.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3526/implementacao_de_patio_de_veiculos.pdf</t>
   </si>
   <si>
     <t>Solicitando a disponibilização de um espaço para Implantação de um Pátio de veículos no Município de Itaguaí.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3527/reparo_asfaltico_engenho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3527/reparo_asfaltico_engenho.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo asfáltico em toda extensão da Rua Maria Figueira Costa , no bairro Engenho.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3528/tapa_buraco_chapero.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3528/tapa_buraco_chapero.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado operação tapa-buracos em toda extensão da Rua Mazomba, bairro Chaperó.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3529/saneamento_av._sapucaia_brisamar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3529/saneamento_av._sapucaia_brisamar.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja providenciado o Saneamento Básico na Av. Sapucaia 5D nº 18, bairro Brisamar - Itaguaí/RJ.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3530/iluminacao_na_av._sapucaia_5d-_brisamar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3530/iluminacao_na_av._sapucaia_5d-_brisamar.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja providenciado Iluminação na Av. Sapucaia 5D nº 18 , bairro Brisamar - Itaguaí/RJ.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3535/indicacao_033_-_asfaltamento.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3535/indicacao_033_-_asfaltamento.docx</t>
   </si>
   <si>
     <t>Solicitando asfaltamento por toda a extensão da Rua Cravos, localizada no bairro Parque Primavera.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3536/bairro_somel_rua_sao_jorge.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3536/bairro_somel_rua_sao_jorge.pdf</t>
   </si>
   <si>
     <t>Solicitando a complementação do serviço de asfaltamento da Rua São Jorge com a Rio Santos - Vila Paraíso, bairro Somel.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3537/bairro_somel_rua_coronel_alziro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3537/bairro_somel_rua_coronel_alziro.pdf</t>
   </si>
   <si>
     <t>Solicitando a complementação do serviço de asfaltamento da Rua Coronel Alziro com a Rio Santos, Vila Paraíso - Bairro Somel.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3549/iiuminacao_publica_por_toda_extensao_da_rua_sao_francisco_xavier_-bairro_monte_serrat..pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3549/iiuminacao_publica_por_toda_extensao_da_rua_sao_francisco_xavier_-bairro_monte_serrat..pdf</t>
   </si>
   <si>
     <t>Iluminação Pública por toda extensão da rua São Francisco Xavier  - bairro Monte Serrat.</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3550/indicacao_10_-_reparo_no_esgoto.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3550/indicacao_10_-_reparo_no_esgoto.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo de esgoto na rua Antônio Ferraz Viana, na calçada da academia CT BodyBox</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3552/candido_cardoso_bueiro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3552/candido_cardoso_bueiro.pdf</t>
   </si>
   <si>
     <t>Solicitando colocação de tampa de bueiro na Rua Cândido Cardoso de Mendonça, nº 28, quadra 137, bairro Engenho.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3553/19_-_limpeza_e_rocada_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3553/19_-_limpeza_e_rocada_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e roçada  na Rua Norma Cristina de Jesus, na altura da casa 14, no bairro Vila Geny.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3554/21_-_limpeza_e_rocada_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3554/21_-_limpeza_e_rocada_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e roçada na Rua Aimorés, na altura dos lotes 07, 08, 09, quadra 74, no bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3555/limpeza_e_retirada_de_entulhos-centro.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3555/limpeza_e_retirada_de_entulhos-centro.docx</t>
   </si>
   <si>
     <t>Solicitando limpeza e retirada de entulho em toda extensão da Rua Antônia Barbosa Cunha, bairro Centro.</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3556/solicitacao_de_troca_de_lampada__bairro_engenho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3556/solicitacao_de_troca_de_lampada__bairro_engenho.pdf</t>
   </si>
   <si>
     <t>Solicitando troca de lâmpadas na Rua José Pinto, no bairro  Engenho.</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3560/tampa_bueiro_estrada_teixeira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3560/tampa_bueiro_estrada_teixeira.pdf</t>
   </si>
   <si>
     <t>Solicitando troca da tampa do bueiro na Rua Estrada do Teixeira, nº 290, no bairro Vista Alegre.</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3561/troca_tampa_bueiro_rua_jose_rufino.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3561/troca_tampa_bueiro_rua_jose_rufino.pdf</t>
   </si>
   <si>
     <t>Solicitando troca da tampa do bueiro na Rua José Rufino, nº 50, bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3562/bairro_somel_rua_sao_vicente.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3562/bairro_somel_rua_sao_vicente.pdf</t>
   </si>
   <si>
     <t>Solicitando a complementação do serviço de asfaltamento da Rua São Vicente com a Rio Santos, Vila Paraíso - bairro Somel.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3563/bairro_somel_rua_vinte_e_quatro_de_junho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3563/bairro_somel_rua_vinte_e_quatro_de_junho.pdf</t>
   </si>
   <si>
     <t>Solicitando a complementação do serviço de asfaltamento da Rua Vinte e Quatro de junho com a Rio Santos , Vila Paraíso , bairro Somel.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3564/centro_hemodinamica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3564/centro_hemodinamica.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de um Centro de Hemodinâmica para realização de Cateterismo e Angioplastia no Hospital Municipal São Francisco Xavier.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3568/regulamentacao_de_peso_de_veiculos.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3568/regulamentacao_de_peso_de_veiculos.pdf</t>
   </si>
   <si>
     <t>Solicitando  realização de estudo necessário para definir o limite de peso de veículos que trafegam na Rua Paris, bairro Califórnia.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3573/limpeza_na_rua_manaca.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3573/limpeza_na_rua_manaca.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza dos bueiros na Rua Manacá, lote 37, quadra 07,  bairro Parque Primavera.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3575/limpeza_de_bueiros_na_rua_francisco_simoes_de_souza.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3575/limpeza_de_bueiros_na_rua_francisco_simoes_de_souza.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza dos bueiros na Rua Francisco Simões de Souza nº 28, quadra 130, bairro Engenho.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3583/28_-_manutencao_e_troca_das_manilhas_da_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3583/28_-_manutencao_e_troca_das_manilhas_da_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção e troca das manilhas da Rua Pai Fabrício, na altura da casa 70, no bairro Leandro.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3584/25_-_manutencao_dos_bueiros_existentes_na_rua_domingos_acacio_de_oliveira_na_altura_do_lote_153_no_bairro_centro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3584/25_-_manutencao_dos_bueiros_existentes_na_rua_domingos_acacio_de_oliveira_na_altura_do_lote_153_no_bairro_centro.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção dos bueiros existentes na Rua Domingos Acácio de Oliveira, na altura do lote 153, no bairro Centro.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3585/tapa_buraco_chapero_b.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3585/tapa_buraco_chapero_b.pdf</t>
   </si>
   <si>
     <t>Solicitando a que seja feita a operação "tapa buracos" em toda a extensão da Gleba B, bairro Chaperó.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3586/iluminacao_bairro_parque_paraiso.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3586/iluminacao_bairro_parque_paraiso.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo de iluminação na extensão da Rua Jacob Goldemberg, bairro Parque Paraíso.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3588/retirada_de_entulho_rua_manuel_da_paixao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3588/retirada_de_entulho_rua_manuel_da_paixao.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulhos na Rua Manuel da Paixão, altura do nº 222, no bairro Centro.</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3589/retirada_entulho_rua_benito_juarez.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3589/retirada_entulho_rua_benito_juarez.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulhos na Rua Benito Juarez nº 948,  no bairro Centro.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3590/bairro_somel_rua_sao_jorge.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3590/bairro_somel_rua_sao_jorge.pdf</t>
   </si>
   <si>
     <t>Solicitando a complementação do serviço de asfaltamento da Rua São Vicente com a Rio Santos , Vila Paraíso, bairro Somel.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3591/bairro_somel_rua_sao_gabirel.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3591/bairro_somel_rua_sao_gabirel.pdf</t>
   </si>
   <si>
     <t>Solicitando a complementação do serviço de asfaltamento da Rua São Gabriel com a Rio Santos ,Vila Paraíso, bairro Somel.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3592/indicacao_37.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3592/indicacao_37.pdf</t>
   </si>
   <si>
     <t>Solicitando troca de manilhas na Rua Lígia Cavalcante, no bairro Brisa Mar.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3593/indicacao_4.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3593/indicacao_4.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulho na Rua Estados Unidos (atrás do mercado Super Compras)  bairro Jardim América.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3594/poda_de_arvore_na_rua_xavantes.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3594/poda_de_arvore_na_rua_xavantes.pdf</t>
   </si>
   <si>
     <t>Solicitando poda de árvore na Rua Xavantes nº 52, quadra 74, bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3597/indicacao_11_-_colocar_agua_nos_vestiarios_na_quadra_doteixeira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3597/indicacao_11_-_colocar_agua_nos_vestiarios_na_quadra_doteixeira.pdf</t>
   </si>
   <si>
     <t>Solicitando a que viabilize a instalação de água nos vestiários da Quadra do Teixeira, bairro Teixeira.</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3598/indicacao_15_-_colocacao_de_placas_de_carga_e_descarga_na_rua_padre_izidro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3598/indicacao_15_-_colocacao_de_placas_de_carga_e_descarga_na_rua_padre_izidro.pdf</t>
   </si>
   <si>
     <t>solicitando a instalação de placa de Carga e Descarga na Rua Padre Isidro, esquina com a_x000D_
 Avenida Ari parreiras, bairro Centro.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3607/27_-_limpeza_e_rocada_na_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3607/27_-_limpeza_e_rocada_na_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e roçada na Rua Pai Fabrício, na altura da casa 70, no bairro Leandro.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3608/23_-_manutencao_do_asfalto_com_recapeamento_e_tapa-buraco_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3608/23_-_manutencao_do_asfalto_com_recapeamento_e_tapa-buraco_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção do asfalto, com recapeamento e tapa-buraco na Rua Aimorés, na altura dos lotes 07, 08, 09, quadra 74, no bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3624/manilhas_amendoeira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3624/manilhas_amendoeira.pdf</t>
   </si>
   <si>
     <t>Solicitando em caráter de urgência colocação de manilhas na Rua Minas Gerais, no bairro Amendoeira.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3612/limpeza_e_dragagem_amendoeira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3612/limpeza_e_dragagem_amendoeira.pdf</t>
   </si>
   <si>
     <t>Solicitando em caráter de urgência limpeza e dragagem do valão na Rua Minas Gerais, localizado no bairro Amendoeira.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3613/semana_de_conscientizacao_de__violencia_contra_a_mulher.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3613/semana_de_conscientizacao_de__violencia_contra_a_mulher.pdf</t>
   </si>
   <si>
     <t>Solicitando a implementação da semana escolar de combate a violência contra a mulher nas Escolas do Município de Itaguaí.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3614/semana_da_crianca_e_do_adolescente.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3614/semana_da_crianca_e_do_adolescente.pdf</t>
   </si>
   <si>
     <t>Solicitando a implementação da semana da Criança e do Adolescente nas Creches e Escolas do Município de Itaguaí.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3615/argentina_coutinho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3615/argentina_coutinho.pdf</t>
   </si>
   <si>
     <t>Que seja implantada a Educação Básica, em sua totalidade, até o 9º ano na E. M. Argentina Coutinho, localizada na Rua Pedro Pacheco, bairro Brisamar.</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3616/posto_mazomba.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3616/posto_mazomba.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja analisada a possibilidade do Posto de Saúde do bairro Mazomba, ter seu horário de funcionamento estendido para as 24 horas.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3617/indicacao_039_-_asfaltamento.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3617/indicacao_039_-_asfaltamento.pdf</t>
   </si>
   <si>
     <t>Solicitando o asfaltamento por toda a extensão da Rua Castro Alves, Qd. 8, Lt. 29, localizada no bairro Monte Serrat (Rua atrás do Ciep da reta).</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3618/indicacao_041_-_troca_de_lampada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3618/indicacao_041_-_troca_de_lampada.pdf</t>
   </si>
   <si>
     <t>Solicitando troca de lâmpada na Rua Antônio Ciraudo n°18 Casa 1, (em frente ao portão da garagem , esquina com a Rua Haroldo Eindinger em frente ao n° 26, Rua do antigo Hotel Itália), localizada no bairro Centro.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3619/rua_darci_teixeira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3619/rua_darci_teixeira.pdf</t>
   </si>
   <si>
     <t>Solicitando a reposição da tampa de concreto da caixa de águas pluviais da Rua  Darci Teixeira Gomes,  bairro Centro, referência (em frente ao número 665, ao lado da Oficina de Lanternagem do Chiquinho).</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3620/indicacao_rua_saturno_quebra_mola.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3620/indicacao_rua_saturno_quebra_mola.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de um quebra-molas na Rua Saturno s/n, Lote 34, em frente a única Igreja nesta Rua, bairro Vila Geny.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3621/rua_mario_teles.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3621/rua_mario_teles.pdf</t>
   </si>
   <si>
     <t>Solicitando troca de lâmpadas com manutenção na Iluminação Pública por toda extensão  da Rua  Mário Telles, bairro Vila Ibirapitanga.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3645/30_-_manutencao_da_iluminacao_publica_na_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3645/30_-_manutencao_da_iluminacao_publica_na_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção da Iluminação Pública na Rua Pai Fabrício, na altura da casa 70, no bairro Leandro.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3646/32_-_pavimentacao_e_construcao_de_saneamento_na_rua_radialista_paulo_de_carvalho_no_bairro_parque_primavera.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3646/32_-_pavimentacao_e_construcao_de_saneamento_na_rua_radialista_paulo_de_carvalho_no_bairro_parque_primavera.pdf</t>
   </si>
   <si>
     <t>Solicitando pavimentação e construção de saneamento na Rua Radialista Paulo de Carvalho, no bairro Parque Primavera.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3647/praia_salina_lombada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3647/praia_salina_lombada.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja instalado na Rua Praia da Salina, ao lado do campo da Lafer, no bairro Brisamar, um redutor de velocidade na forma de uma lombada (quebra-molas).</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3648/pavimentacao_rua_perola.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3648/pavimentacao_rua_perola.pdf</t>
   </si>
   <si>
     <t>Solicitando pavimentação na Rua Pérola, no bairro Mazomba.</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3649/reparo_asfaltico_padaria_california.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3649/reparo_asfaltico_padaria_california.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado o reparo asfáltico na Rua Nossa Sra. das Graças, altura da padaria Califórnia, no bairro Califórnia.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3650/iluminacao__publica_-__jardim_laia.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3650/iluminacao__publica_-__jardim_laia.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado o reparo de iluminação na extensão da Rua Osvaldo José Pereira , bairro Jardim Laiá.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3651/indicacao_65_-_troca_de_lampadas_na_rua_a_vila_margarida.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3651/indicacao_65_-_troca_de_lampadas_na_rua_a_vila_margarida.pdf</t>
   </si>
   <si>
     <t>Solicitando a troca de Lâmpadas por toda a Extensão da Rua A, localizada no bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3652/indicacao_040_-_troca_de_lampada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3652/indicacao_040_-_troca_de_lampada.pdf</t>
   </si>
   <si>
     <t>Solicitando troca de lâmpada na Rua Domingos Felix Vidal, n°412, localizada no bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3653/troca_de_lampada_ivo_ciufo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3653/troca_de_lampada_ivo_ciufo.pdf</t>
   </si>
   <si>
     <t>Solicitando troca de lâmpada na Rua Ivo Ciufo Cicarino, Lote 07, QD 50, próximo à AV. do Canal, bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3654/indicacao_farmacia_popular_24_horas.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3654/indicacao_farmacia_popular_24_horas.pdf</t>
   </si>
   <si>
     <t>Solicitando estudo de viabilidade do FUNCIONAMENTO 24 HORAS DA FARMÁCIA POPULAR ( JOSÉ SAGARÁRIO FILHO ) do Município de Itaguaí.</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3655/33_ok.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3655/33_ok.pdf</t>
   </si>
   <si>
     <t>Solicitando poda de árvore na Rua Adalgisa Lemos (em frente à Igreja CEO ), bairro Vila Geny.</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3656/indicacao_39.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3656/indicacao_39.pdf</t>
   </si>
   <si>
     <t>Solicitando estudo de viabilidade  de troca de manilha na Rua 26, no bairro Brisamar.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3657/indicacoa_de_limpeza_na_rua_francisco_costa_pereira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3657/indicacoa_de_limpeza_na_rua_francisco_costa_pereira.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza por toda extensão da Rua Francisco Costa Pereira, bairro Engenho, Itaguaí.</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3672/indicacao_van_da_saude_na_escola.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3672/indicacao_van_da_saude_na_escola.docx</t>
   </si>
   <si>
     <t>Solicitando a implantação do Projeto Van da Saúde na Escola, constituído basicamente de uma van que irá percorrer os colégios do município, munido de cadeira de dentista, 1 dentista, 1 psicólogo e 1 clinico geral, para avaliar a saúde bucal, mental e demais aspectos de saúde das criança de nossa rede de ensino.</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3673/indicacao_cartao_educacao.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3673/indicacao_cartao_educacao.docx</t>
   </si>
   <si>
     <t>Solicitando a implantação do Cartão Educação, com a finalidade do município financiar a compra de material didático e pedagógico dos professores e pedagogos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3611/rua_domingos_felix_vidal.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3611/rua_domingos_felix_vidal.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja instalado na Rua Domingos Félix Vidal, esquina com a Rua Eliseu Visconti no bairro Vila Margarida, um redutor de velocidade na forma de uma lombada (quebra-molas).</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3674/recapeamento_jose_maria_de_brito.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3674/recapeamento_jose_maria_de_brito.pdf</t>
   </si>
   <si>
     <t>Solicitando em caráter de urgência, recapeamento asfáltico na Rua Prefeito José Maria de Brito, atrás do Super Gás Brás, localizado no bairro Jardim América.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3676/linha_de_onibus_municipal.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3676/linha_de_onibus_municipal.pdf</t>
   </si>
   <si>
     <t>Solicitando a volta de linha de ônibus municipal para atender ao bairro de Coroa Grande.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3677/centro_de_referencia_para_deficientes.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3677/centro_de_referencia_para_deficientes.pdf</t>
   </si>
   <si>
     <t>Solicitando a criação de um Centro de Referência Especializado no Atendimento à Pessoa com Deficiência e Mobilidade Reduzida, no âmbito do município de Itaguaí.</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3680/av_ponte_preta_galeria.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3680/av_ponte_preta_galeria.pdf</t>
   </si>
   <si>
     <t>Solicitando a viabilidade da colocação de galerias no Rio Ponte Preta ao longo da Av. Ponte Preta, no bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3681/rua_orlando_silva_2.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3681/rua_orlando_silva_2.pdf</t>
   </si>
   <si>
     <t>Solicitando operação tapa buracos na RUA ORLANDO SILVA, no bairro do Engenho, em frente aos lotes 07,08,11,145 e lote 10.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3683/36.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3683/36.pdf</t>
   </si>
   <si>
     <t>Solicitando troca de lâmpada na Rua Cuba (em frente ao nº55), bairro Jardim América.</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3684/indicacao_2.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3684/indicacao_2.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção da iluminação pública na Estrada do Mazomba, nº 286, próximo ao Posto de Saúde e a Igreja Resgate, no bairro Leandro.</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3688/iluminacao__publica_-__engenho_05.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3688/iluminacao__publica_-__engenho_05.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção referente iluminação pública na Rua Leopoldo Jardim de Matos, bairro Engenho, na Rua da pizzaria Godega, primeira esquina.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3705/perola_poda_de_arvore_e_iluminacao_publica_.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3705/perola_poda_de_arvore_e_iluminacao_publica_.pdf</t>
   </si>
   <si>
     <t>Solicitando poda de árvores e manutenção na iluminação pública na Rua Pérola, no bairro Mazomba.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3706/safira_poda_manutencao_iluminacao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3706/safira_poda_manutencao_iluminacao.pdf</t>
   </si>
   <si>
     <t>Solicitando poda de árvores e manutenção da iluminação pública na Rua Safira, no bairro Mazomba.</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3707/reparo_de_bueiro_centro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3707/reparo_de_bueiro_centro.pdf</t>
   </si>
   <si>
     <t>Solicitando troca da tampa de bueiro na Rua Dr. Curvelo Cavalcante, em frente ao Nova Brescia, bairro Centro.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3708/indicacao_70_-_reforma_completa_da_praca_do_ciep_-_bairro_santana.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3708/indicacao_70_-_reforma_completa_da_praca_do_ciep_-_bairro_santana.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma completa da Praça do Ciep - no bairro Santana.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3709/indicacao_68__-_solicitando_programa_de_turismo_ecologico_que_promova_passeios_pelos_afluentes_da_bacia_do_guandu_e_pela_baia_de_sepetiba.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3709/indicacao_68__-_solicitando_programa_de_turismo_ecologico_que_promova_passeios_pelos_afluentes_da_bacia_do_guandu_e_pela_baia_de_sepetiba.pdf</t>
   </si>
   <si>
     <t>Solicitando a criação programa do Turismo Ecológico que promova passeios pelos afluentes da Bacia do Guandú e pela Baía de Sepetiba.</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3710/indicacao_042_-_manutencao_do_telhado_da_rodoviaria.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3710/indicacao_042_-_manutencao_do_telhado_da_rodoviaria.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção do telhado do Terminal Rodoviário Otoni Rocha.</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3711/indicacao_043_-__retirada_de_entulhos.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3711/indicacao_043_-__retirada_de_entulhos.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulhos na Rua Guia Lopes nº 73, esquina com o cemitério do Sase, localizada no bairro Sase.</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3713/av_ponte_preta_asfalto.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3713/av_ponte_preta_asfalto.pdf</t>
   </si>
   <si>
     <t>Solicitando a  conclusão no asfaltamento da Av. Ponte Preta, na saída para a Rio Santos, no bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3714/portao_e._tereza_sagario.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3714/portao_e._tereza_sagario.pdf</t>
   </si>
   <si>
     <t>Solicitando reparos na estrutura do portão de ferro da Escola Municipal Teresa Araújo Sagário, no Bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3716/img_0002.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3716/img_0002.pdf</t>
   </si>
   <si>
     <t>Solicitando  tapa buraco na Rua Brasil Sul (em frente ao nº 28), no bairro Jardim América.</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3717/img_0003.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3717/img_0003.pdf</t>
   </si>
   <si>
     <t>Solicitando colocação de escória ( pó de pedra) em toda a extensão da Rua K, localizada no bairro Santa Cândida.</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3727/indicacao_via_de_pedestre.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3727/indicacao_via_de_pedestre.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção um acesso para pedestres, nos dois sentidos na Avenida Prefeito Isoldackson Cruz de Brito, no trecho compreendido na subida do Morro do corte.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3736/calcada_betoca.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3736/calcada_betoca.docx</t>
   </si>
   <si>
     <t>Solicitando que seja efetuado o reparo na calçada de pedestres na Rua Tupinambás, lote 11, quadra 71, bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3737/reparo_bueiro_engenho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3737/reparo_bueiro_engenho.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo da tampa de bueiro na Rua Candido Cardoso Mendonça, nº 28, QD. 137,  no bairro Engenho.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3738/iluminacao_publica_rua_coronel_macedo_soares.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3738/iluminacao_publica_rua_coronel_macedo_soares.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo na iluminação pública na Rua Coronel Macedo Soares nº 135,  bairro Centro.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3739/recuperacao_da_massa_asfaltica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3739/recuperacao_da_massa_asfaltica.pdf</t>
   </si>
   <si>
     <t>Solicitando recuperação da massa asfáltica com tapagem de buraco na Av. Ayrton Senna da Silva, próximo ao Posto de Gasolina desativado, bairro Monte Serrat.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3740/recuperacao_da_massa_asfaltica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3740/recuperacao_da_massa_asfaltica.pdf</t>
   </si>
   <si>
     <t>Solicitando a recuperação da massa asfáltica com tapagem de buraco na Rua Visconde de Cairu, em frente ao lote 3, quadra 51,  bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3741/iliminacao_esquina_rua_padre_vegezze.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3741/iliminacao_esquina_rua_padre_vegezze.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo na iluminação pública no último poste da Rua Padre Cézare Vegezze, esquina com a Rua Nossa Sra. das Graças, bairro Califórnia.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3742/retirada_de_entulho_engenho_proximo_a_godega.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3742/retirada_de_entulho_engenho_proximo_a_godega.pdf</t>
   </si>
   <si>
     <t>Solicitando a retirada de entulho na Rua Hélio de Abreu Dias, bairro Engenho, na altura da pizzaria Godega.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3743/indicacao_69_-_reforma_completa_da_praca_juscelino_batista_oliveira__otochock.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3743/indicacao_69_-_reforma_completa_da_praca_juscelino_batista_oliveira__otochock.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma completa da Praça Juscelino Batista Oliveira (O Tochock), bairro Santana.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3744/indicacao_67_-_mutirao_de_limpeza_por_toda_a_extensao_do_bairro_vila_margarida.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3744/indicacao_67_-_mutirao_de_limpeza_por_toda_a_extensao_do_bairro_vila_margarida.pdf</t>
   </si>
   <si>
     <t>Solicitando mutirão de limpeza por toda a extensão do bairro Vila Margarida.</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3745/indicacao_045_-__tapa_buracos.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3745/indicacao_045_-__tapa_buracos.pdf</t>
   </si>
   <si>
     <t>Solicitando a realização de tapa-buraco na Estrada do Teixeira, 200 (em frente à Jomana Churros), localizada no bairro Jardim Laiá.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3746/indicacao_046_-_limpeza_e_rocada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3746/indicacao_046_-_limpeza_e_rocada.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza/roçada por toda a extensão da Rua Thieres Teixeira Leite, (antiga rua 23), no bairro Vista Alegre.</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3747/rua_vereador_darcy_teixeira_fontes.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3747/rua_vereador_darcy_teixeira_fontes.pdf</t>
   </si>
   <si>
     <t>Solicitando operação taba buracos na Rua Darcy Teixeira Fontes, em frente ao número 12, bairro Centro.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3748/rua_antonio_ferraz.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3748/rua_antonio_ferraz.pdf</t>
   </si>
   <si>
     <t>Solicitando operação taba buracos na Rua Antônio Ferraz Viana (em frente ao número 88 da Igreja Batista Mundial Missão Nikkei\), no bairro do Engenho.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3749/indicacao_quadra_cras_brisamar_29.10.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3749/indicacao_quadra_cras_brisamar_29.10.pdf</t>
   </si>
   <si>
     <t>Solicitando a revitalização da Quadra Poliesportiva do CRAS, localizado no Brisa Mar.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3750/indicacao_ar_escola_argentina_coutinho_29.10.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3750/indicacao_ar_escola_argentina_coutinho_29.10.pdf</t>
   </si>
   <si>
     <t>Solicitando a climatização com ar condicionado na Escola Municipal Argentina Coutinho, localizada na Rua Pedro Pacheco s/n,  bairro Brisa Mar.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3762/iluminacao_rua_da_creche.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3762/iluminacao_rua_da_creche.pdf</t>
   </si>
   <si>
     <t>Solicitando  manutenção da iluminação pública na Rua Antônio Batista Ramos, na Rua da creche Tania Mara Mota Menezes, no bairro Brisamar.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3763/resolucao_de_problemas_de_alagamento.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3763/resolucao_de_problemas_de_alagamento.pdf</t>
   </si>
   <si>
     <t>Solicitando a resolução de problemas de alagamento na Rua Visconde de Cairu, no bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3764/indicacao_044_-_asfaltamento.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3764/indicacao_044_-_asfaltamento.pdf</t>
   </si>
   <si>
     <t>Solicitando o asfaltamento por toda a extensão da Rua Camélias, localizada no bairro Parque Primavera.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3765/rua_antonio_cesario_parque_paraiso.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3765/rua_antonio_cesario_parque_paraiso.pdf</t>
   </si>
   <si>
     <t>Solicitando serviços de operação tapa buracos ao longo da Rua Antônio Cesário, no bairro Parque Paraiso.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3772/indicacao_rocada_no_bairro_26_de_dezembro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3772/indicacao_rocada_no_bairro_26_de_dezembro.pdf</t>
   </si>
   <si>
     <t>Solicitando roçada geral na Praça do bairro 26 de Dezembro.</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3776/retirada_de_entulho_rua_estados_unidos_07.11.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3776/retirada_de_entulho_rua_estados_unidos_07.11.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulho na Rua Estados Unidos n° 611, bairro Jardim América.</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3777/limpeza_com_rocada._rua_estados_unidos_07.11.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3777/limpeza_com_rocada._rua_estados_unidos_07.11.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza com roçada na Rua Estados Unidos n° 611, bairro Jardim América.</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3789/iluminacao_senhor_bonfim.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3789/iluminacao_senhor_bonfim.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo da iluminação pública na Rua Senhor do Bonfim, lote 11, Quadra 05, no bairro Califórnia.</t>
   </si>
   <si>
     <t>3792</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3792/entulhos_rua_coronel_macedo_soares.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3792/entulhos_rua_coronel_macedo_soares.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulhos da Rua Coronel Macedo Soares 135, bairro Centro.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3766/rua_helio_de_abreu.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3766/rua_helio_de_abreu.pdf</t>
   </si>
   <si>
     <t>Solicitando operação taba buracos na Rua Hélio de Abreu Dias, esquina com a Estrada Ari Parreiras, no Bairro do Engenho.</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3793/indicacao__rua_sebastiao_vieira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3793/indicacao__rua_sebastiao_vieira.pdf</t>
   </si>
   <si>
     <t>Solicitando serviço de operação tabas buracos em toda a extensão da Rua Sebastião Vieira, no bairro Monte Serrat.</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>Solicitando seja proibido o descarte de lixo em frente a Creche MARIA ROSA GOMES DO NASCIMENTO, localizada na Estrada do Caçador, no Bairro Teixeira.</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3806/indicacao_64_-_contra_mao_na_rua_presid._castelo_branco_-_bairro_teixeira.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3806/indicacao_64_-_contra_mao_na_rua_presid._castelo_branco_-_bairro_teixeira.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa Diretora, depois de ouvido o douto Plenário, que seja oficiado ao_x000D_
 Exmº Sr. Prefeito, para que determine ao órgão competente da Municipalidade, que_x000D_
 torne a Rua Presidente Castelo Branco, contra mão no sentido ao Sítio do Robe, até a_x000D_
 Rua Alice Santoro Esck “ antiga Rua 4”, no Bairro Teixeira._x000D_
 Justificativa: A referida solicitação se faz se necessária devido ao fluxo de veículos_x000D_
 circulando sobre essa via, a pista encontra-se estreita no sentido próximo ao sítio do_x000D_
 Robe, veículos já caíram no rio devido o ASSOREAMENTO._x000D_
 Aproveito a oportunidade para expressar a minha estima e distinta consideração.</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3808/retirada_entulhos_manoel_araujo_dos_santos.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3808/retirada_entulhos_manoel_araujo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulhos da Rua Manoel Araújo dos Santos, quadra 77, lote 3, bairro Brisamar.</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3809/rretirada_entulhos_engenho.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3809/rretirada_entulhos_engenho.pdf</t>
   </si>
   <si>
     <t>Solicitando retirada de entulhos e lixos da Rua Ari Parreira, ao lado do número 1.371, bairro Engenho.</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3810/cacamba_de_lixo.docx.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3810/cacamba_de_lixo.docx.pdf</t>
   </si>
   <si>
     <t>Solicitando a colocação de uma caçamba de lixo na Rua José Pinto 50, Rua do valão do Guanabara, bairro Engenho.</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3812/rua_almirante_barroso.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3812/rua_almirante_barroso.pdf</t>
   </si>
   <si>
     <t>Solicitando operação tapa buracos na Rua Almirante Barroso, Centro de Itaguaí.</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3813/rua_thieres_teixeira_leite.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3813/rua_thieres_teixeira_leite.pdf</t>
   </si>
   <si>
     <t>Solicitando operação tapa buracos na Rua Thieres Teixeira Leite no Bairro do Engenho, próximo aos números 566 e 768.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3814/indicacao_quadra_maria_guilhermina_29.10.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3814/indicacao_quadra_maria_guilhermina_29.10.pdf</t>
   </si>
   <si>
     <t>Solicitando a revitalização da Quadra na Escola Municipal Professora Maria Guilhermina de Souza , localizada na Estrada Engenheiro Ivan Mundin, s/n°, Lotes 10, 11 e 12, localizada no bairro Leandro.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3815/iluminacao_rua_mario_teles_12.11.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3815/iluminacao_rua_mario_teles_12.11.pdf</t>
   </si>
   <si>
     <t>Solicitando troca de lâmpada na Rua Mário Teles n° 22, Quadra 160, no bairro Ibirapitanga.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
     <t>SES</t>
   </si>
   <si>
     <t>Substitutivos, Emendas e Subemendas</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3029/emenda_ao_pl_004_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3029/emenda_ao_pl_004_2024.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1º da Lei 2.192/2001 que passa a vigorar com a Seguinte redação:_x000D_
 “Art. 1 - Fica instituído o Prêmio Vera. Maria Carolina da Costa - A Mulher Dinâmica, na Câmara Municipal de Itaguaí;_x000D_
 PARÁGRAFO ÚNICO -Será concedido o Prêmio Vera. Maria Carolina da Costa - A Mulher Dinâmica, que visa promover e reconhecer o trabalho das mulheres mais dinâmicas de nossa Cidade. Com a intenção de oficializar e reconhecer o trabalho e luta das mulheres do nosso Município”_x000D_
 Haroldo Jesus_x000D_
 Vereador</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3365/emenda_ao_projeto_de_lei_22_-_ldo_2025_-_vereador_jocimar_do_cartorio_-.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3365/emenda_ao_projeto_de_lei_22_-_ldo_2025_-_vereador_jocimar_do_cartorio_-.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei n° 22/2024 - Que Dispõe sobre as Diretrizes Orçamentárias para a elaboração da Lei Orçamentária para o exercício do ano de 2025.</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3405/emenda_pl_22_2024_fabinho_rocha.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3405/emenda_pl_22_2024_fabinho_rocha.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei n 22/2024 - Que Dispõe sobre as Diretrizes Orçamentárias para a elaboração da Lei Orçamentária para o exercício de 2025</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3406/emenda_a_ldo_2025.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3406/emenda_a_ldo_2025.pdf</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3407/emenda_a_ldo_haroldo_jesus.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3407/emenda_a_ldo_haroldo_jesus.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI DO VEREADOR HAROLDO JESUS DE DIRETRIZES ORCAMENTARIAS 2025</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3408/emenda_a_ldo_2025.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3408/emenda_a_ldo_2025.pdf</t>
   </si>
   <si>
     <t>Aditiva ao Projeto de Lei n 22/2024 - Que Dispõe sobre as Diretrizes Orçamentárias para a elaboração da Lei Orçamentária para o exercício de 2025</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3409/emenda_a_ldo_22.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3409/emenda_a_ldo_22.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei n 22/2024 - Que Dispõe sobre as _x000D_
 Diretrizes Orçamentárias para a elaboração da Lei Orçamentária para _x000D_
 o exercício de 2025</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3410/emenda_a_ldo_2025.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3410/emenda_a_ldo_2025.pdf</t>
   </si>
   <si>
     <t>Aditiva ao Projeto de Lei n 22/2024 -Que Dispõe sobre as Diretrizes Orçamentárias para a elaboração da Lei Orçamentária para o exercício de 2025</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3426/emendas_a_ldo_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3426/emendas_a_ldo_2024.pdf</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
     <t>Mesa Diretora - Mesa</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3778/emenda_a_loa_mesa_diretora.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3778/emenda_a_loa_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Altera o Projeto de Lei 62/2024 que ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAGUAÍ-RJ PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3779/emenda_a_loa_haroldo_jesus.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3779/emenda_a_loa_haroldo_jesus.pdf</t>
   </si>
   <si>
     <t>Altera o Projeto de Lei 062/2024 que Estima a Receita e Fixa a Despesa para o Exercício de 2025.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3291/veto_001-2024_ao_pl_08.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3291/veto_001-2024_ao_pl_08.pdf</t>
   </si>
   <si>
     <t>O Projeto de Lei nº 008/2024 que dispõe sobre a disponibilidade do carnê de IPTU em Braile para os contribuintes com deficiência visual, de modo que há vício formal de iniciativa, visto que a matéria tratada no referido Projeto de Lei é de iniciativa do Poder Executivo.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CCJR - Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei 001/2024 de autoria da Mesa Diretora. _x000D_
 Ementa: Altera o artigo 2º da Lei Municipal nº 3.298 de 10 de março de 2015, e dá outras providências._x000D_
 _x000D_
 Relator: Vereador Julinho._x000D_
 Ao analisar o projeto em epígrafe, opino pela sua constitucionalidade. É o Parecer._x000D_
 Sala das Comissões, terça-feira, 16 de janeiro de 2024._x000D_
 _x000D_
 (aa) Ver. Vinicius Alves de Moura Brito_x000D_
@@ -6966,916 +6966,916 @@
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 003 de 2024 de autoria do Poder Executivo. _x000D_
 Ementa: PROMOVE A ADEQUAÇÃO ORÇAMENTÁRIA E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO ANUAL DE 2024._x000D_
 _x000D_
 Relator: ver. Guilherme Farias._x000D_
  _x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, terça-feira, 23 de janeiro de 2024._x000D_
 (aa)_x000D_
 Ver. Zé Domingos_x000D_
 Presidente_x000D_
 _x000D_
 _x000D_
 ver. Guilherme Farias_x000D_
 Relator_x000D_
 _x000D_
 _x000D_
 Ver. Rachel Secundo_x000D_
 Membro</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3033/parecere_ccjr__pl_006_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3033/parecere_ccjr__pl_006_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 006 de 2024 de autoria do Ver. Julinho._x000D_
 Ementa: Dispõe sobre a proibição do uso de celulares e outros dispositivos tecnológicos pelos alunos nas unidades escolares da rede municipal de ensino de Itaguaí._x000D_
 Relator: Ver. Vinicius Alves de Moura Brito._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Constitucionalidade. É o Parecer._x000D_
 Sala das Comissões, segunda-feira, 26 de fevereiro de 2024._x000D_
 (aa) ver. Guilherme Farias_x000D_
 Presidente_x000D_
 Ver. Vinicius Alves de Moura Brito_x000D_
 Relator_x000D_
 Ver. Julinho_x000D_
 Membro</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3034/parcer_ccjr_pl_008_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3034/parcer_ccjr_pl_008_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 008 de 2024 de autoria do Ver. Julinho._x000D_
 Ementa: Dispõe sobre a disponibilização do carnê de IPTU em Braile para os contribuintes com deficiência visual._x000D_
 Relator: Ver. Vinicius Alves de Moura Brito._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Constitucionalidade. É o Parecer._x000D_
 Sala das Comissões, segunda-feira, 26 de fevereiro de 2024._x000D_
 (aa) ver. Guilherme Farias_x000D_
 Presidente_x000D_
 Ver. Vinicius Alves de Moura Brito_x000D_
 Relator_x000D_
 Ver. Julinho_x000D_
 Membro</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3035/parcer_cfocpc_pl_006_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3035/parcer_cfocpc_pl_006_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 006 de 2024 de autoria do Ver. Julinho._x000D_
 Ementa: Dispõe sobre a proibição do uso de celulares e outros dispositivos tecnológicos pelos alunos nas unidades escolares da rede municipal de ensino de Itaguaí._x000D_
 Relator: ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, segunda-feira, 26 de fevereiro de 2024._x000D_
 (aa) Ver. Zé Domingos_x000D_
 Presidente_x000D_
 ver. Guilherme Farias_x000D_
 Relator_x000D_
 ver. Genildo Gandra_x000D_
 Membro</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3036/parcer_cfocpc_pl_008_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3036/parcer_cfocpc_pl_008_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei nº 008 de 2024 de autoria do Ver. Julinho._x000D_
 Ementa: Dispõe sobre a disponibilização do carnê de IPTU em Braile para os contribuintes com deficiência visual._x000D_
 Relator: ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, segunda-feira, 26 de fevereiro de 2024._x000D_
 (aa) Ver. Zé Domingos_x000D_
 Presidente_x000D_
 ver. Guilherme Farias_x000D_
 Relator_x000D_
 ver. Genildo Gandra_x000D_
 Membro</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3037/parcer_ccjr_pl_004_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3037/parcer_ccjr_pl_004_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação_x000D_
 Assunto: Projeto de Lei nº 004 de 2024 de autoria do Ver. Rachel Secundo. _x000D_
 Ementa: REVOGA INTEGRALMENTE A LEI N.° 3.100, DE 18 DE JUNHO DE 2013, E DA OUTRAS PROVIDÊNCIAS._x000D_
 Relator: Ver. Vinicius Alves de Moura Brito._x000D_
  Analisando o projeto de lei em epígrafe, opino pela Constitucionalidade e pela sua aprovação com a Emenda proposta pelo Ver. Haroldo Jesus, que estabelece a Seguinte redação para o “Art. 1 - Fica instituído o Prêmio Vera. Maria Carolina da Costa - A Mulher Dinâmica, na Câmara Municipal de Itaguaí; PARÁGRAFO ÚNICO -Será concedido o Prêmio Vera. Maria Carolina da Costa - A Mulher Dinâmica, que visa promover e reconhecer o trabalho das mulheres mais dinâmicas de nossa Cidade. Com a intenção de oficializar e reconhecer o trabalho e luta das mulheres do nosso Município.” É o Parecer._x000D_
 Sala das Comissões, terça-feira, 27 de fevereiro de 2024._x000D_
 (aa)ver. Guilherme Farias_x000D_
 Presidente_x000D_
 Ver. Vinicius Alves de Moura Brito_x000D_
 Relator_x000D_
 Ver. Julinho_x000D_
 me</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3038/parcer_cfocpc_pl_004_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3038/parcer_cfocpc_pl_004_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei nº 004 de 2024 de autoria do Ver. Rachel Secundo._x000D_
 Ementa: REVOGA INTEGRALMENTE A LEI N.° 3.100, DE 18 DE JUNHO DE 2013, E DA OUTRAS PROVIDÊNCIAS._x000D_
 Relator: ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, terça-feira, 27 de fevereiro de 2024._x000D_
 (aa) Ver. Zé Domingos_x000D_
 Presidente_x000D_
 ver. Guilherme Farias_x000D_
 Relator_x000D_
 ver. Genildo Gandra_x000D_
 Membro</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>CDM - Comissão de Defesa da Mulher</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3039/parecer_cdm_pl_004_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3039/parecer_cdm_pl_004_2024.pdf</t>
   </si>
   <si>
     <t>EXMº SR. PRESIDENTE DA CÂMARA MUNICIPAL DE ITAGUAÍ-RJ._x000D_
 Comissão de Defesa da Mulher_x000D_
 PARECER_x000D_
 Assunto: Projeto de Lei nº 004 de 2024 de autoria do Ver. Rachel Secundo._x000D_
 Ementa: REVOGA INTEGRALMENTE A LEI N.° 3.100, DE 18 DE JUNHO DE 2013, E DA OUTRAS PROVIDÊNCIAS._x000D_
 Relator: Ver. Genildo Gandra._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, terça-feira, 27 de fevereiro de 2024._x000D_
 (aa) Ver. Vinicius Alves de Moura Brito_x000D_
 Presidente_x000D_
 Ver. Genildo Gandra_x000D_
 Relator_x000D_
 Ver. Julinho_x000D_
 Membro</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3040/parcere_ccjr_pl_13_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3040/parcere_ccjr_pl_13_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação_x000D_
 PARECER_x000D_
 Assunto: Projeto de Lei nº 013 de 2024 de autoria do Poder Executivo._x000D_
 Ementa: INSTITUI O PROGRAMA ESPECIAL DE REGULARIZAÇÃO FISCAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Relator: Ver. Vinicius Alves de Moura Brito._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Constitucionalidade. É o Parecer._x000D_
 Sala das Comissões, terça-feira, 27 de fevereiro de 2024._x000D_
 (aa) ver. Guilherme Farias_x000D_
 Presidente_x000D_
 Ver. Vinicius Alves de Moura Brito_x000D_
 Relator_x000D_
 Ver. Julinho_x000D_
 Membro</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3041/parcere_cfocpc_pl_13_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3041/parcere_cfocpc_pl_13_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei nº 013 de 2024 de autoria do Poder Executivo._x000D_
 Ementa: INSTITUI O PROGRAMA ESPECIAL DE REGULARIZAÇÃO FISCAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Relator: ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, terça-feira, 27 de fevereiro de 2024._x000D_
 (aa) Ver. Zé Domingos_x000D_
 Presidente_x000D_
 ver. Guilherme Farias_x000D_
 Relator_x000D_
 ver. Genildo Gandra_x000D_
 Membro</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>CEC - Comissão de Educação e Cultura</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3042/parecere_cec__pl_006_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3042/parecere_cec__pl_006_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Educação e Cultura_x000D_
 Assunto: Projeto de Lei nº 006 de 2024 de autoria do Ver. Julinho._x000D_
 Ementa: Dispõe sobre a proibição do uso de celulares e outros dispositivos tecnológicos pelos alunos nas unidades escolares da rede municipal de ensino de Itaguaí._x000D_
 Relator: Ver. Nando Rodrigues._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, segunda-feira, 26 de fevereiro de 2024._x000D_
 (aa) ver. Julinho_x000D_
 Presidente_x000D_
 Ver. Nando Rodrigues_x000D_
 Relator_x000D_
 Ver. Vinicius Alves de Moura Brito_x000D_
 Membro</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
     <t>CAPD - Comissão de Atenção a Pessoa com Deficiência</t>
   </si>
   <si>
     <t>Comissão de Atenção a Pessoa com Deficiência_x000D_
 Assunto: Projeto de Lei nº 008 de 2024 de autoria do Ver. Julinho. _x000D_
 Ementa: Dispõe sobre a disponibilização do carnê de IPTU em Braile para os contribuintes com deficiência visual._x000D_
 Relator: Ver. Fabinho Taciano._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, terça-feira, 27 de fevereiro de 2024._x000D_
 (aa) Ver. Jocimar do Cartório - Presidente; Ver. Fabinho Taciano - Relator; Ver. Julinho - Membro;</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3095/parecer_ccjr_pl_009_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3095/parecer_ccjr_pl_009_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 Assunto: Projeto de Lei 009;2024 de autoria da Vereadora Rachel Secundo da Silva ._x000D_
 Ementa: Altera a Lei de nº 4020 de 08 de fevereiro de 2022 e Dá outras providências._x000D_
 Relator: Vereador Vinicius Alves de Moura Brito._x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade._x000D_
 É o Parecer. _x000D_
 Câmara municipal, 27 de Fevereiro de 2024._x000D_
 (aa) _x000D_
 Guilherme Farias_x000D_
 Presidente_x000D_
 Julio Cezar José de Andrade Filho_x000D_
 membro_x000D_
 Vinicius Alves de Moura Brito_x000D_
 Relator</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3096/parecer_ccjr_pl_011_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3096/parecer_ccjr_pl_011_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 PARECER_x000D_
 Assunto: Projeto de Lei 011/2024 de autoria da Vereadora Rachel Secundo da Silva ._x000D_
 Ementa: Autoriza a instituição do programa gerando o futuro , de apoio ás gestantes em situação de vulnerabilidade socioeconômica no Âmbito do município de Itaguaí e dá outras providências ._x000D_
 Relator: Vereador Vinicius Alves de Moura Brito._x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade._x000D_
 É o Parecer._x000D_
 Câmara municipal, 27 de Fevereiro de 2024. (aa)_x000D_
 Guilherme Farias_x000D_
 Presidente_x000D_
 Julio Cezar José de Andrade Filho_x000D_
 membro_x000D_
 Vinicius Alves de Moura Brito</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3097/parecer_cfocpc_pl_009_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3097/parecer_cfocpc_pl_009_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas PARECER Assunto: Projeto de Lei nº 009 de 2024 de autoria da Ver. Rachel Secundo.  Ementa: ALTERA A LEI N° 4.020 DE 08 DE FEVEREIRO DE 2022 E DÁ OUTRAS PROVIDENCIAS.  Relator: Ver. Genildo Gandra.   Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer. Sala das Comissões, quinta-feira, 7 de março de 2024.  (aa) Ver. Zé Domingos Presidente   Ver. Genildo Gandra Relator   ver. Guilherme Farias Membro</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>CVT - Comissão de Viação e Transporte</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3127/parecer_cvt_pl_009_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3127/parecer_cvt_pl_009_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Viação e Transporte_x000D_
 Assunto: Projeto de Lei nº 009 de 2024 de autoria Vera. Rachel Secundo. Ementa: ALTERA A LEI N° 4.020 DE 08 DE FEVEREIRO DE 2022 E DÁ OUTRAS PROVIDENCIAS._x000D_
 Relator: Ver. Genildo Gandra._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, segunda-feira, 11 de março de 2024. (aa) Ver. Fabinho Taciano - Presidente; Ver. Genildo Gandra - Relator; Ver. Julinho - Membro.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3136/parecer_ccj_pl_15_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3136/parecer_ccj_pl_15_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO PARECER - Assunto: Projeto de Lei nº 15/2024 de autoria do Poder Executivo. Ementa: Autoriza a entrada de agentes de combate às endemias em imóveis públicos ou privados, fechados ou abandonados no município de Itaguaí, e dá outras providências.  Relator: Vereador Julio Cezar José de Andrade Filho. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 18 de março de 2024. Guilherme Severino Campo de Farias Kifer Ribeiro Presidente Julio Cezar José de Andrade Filho Relator Vinicius Alves de Moura Brito  Membro</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3137/parecer_ccj_pl_16_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3137/parecer_ccj_pl_16_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO PARECER Assunto: Projeto de Lei nº 16/2024 de autoria do Poder Executivo. Ementa: Altera o anexo I da Lei 4.084 de 06 de junho de 2023. Relator: Vereador Julio Cezar José de Andrade Filho. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 18 de março de 2024. Guilherme Severino Campo de Farias Kifer Ribeiro Presidente Julio Cezar José de Andrade Filho Relator Vinicius Alves de Moura Brito  Membro</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3138/parecer_ccjr_pl_10_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3138/parecer_ccjr_pl_10_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação_x000D_
 PARECER_x000D_
 Assunto: Projeto de Lei nº 05/2024 de autoria da vereadora Rachel Secundo da Silva_x000D_
 Ementa: Tomba o serviço de táxi, como bem de natureza imaterial de valor cultural_x000D_
 no município de Itaguaí e dá outras providências._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende_x000D_
 as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua_x000D_
 Constitucionalidade._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 07 de março de 2024. (aa) _x000D_
 Guilherme Severino Campo de Farias Kifer Ribeiro_x000D_
 Presidente_x000D_
 Julio Cezar José de Andrade Filho_x000D_
 Relator_x000D_
 Vinicius Alves de Moura Brito_x000D_
 Membro</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3139/parecer_ccjr_pl_010_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3139/parecer_ccjr_pl_010_2024.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição, Justiça e Redação_x000D_
 Assunto: Projeto de Lei nº 10/2024 de autoria da vereadora Rachel Secundo da Silva_x000D_
 Ementa: Autoriza a instituição do programa seguir em frente, tendo por finalidade a_x000D_
 reinserção produtiva para a população em situação de rua do município de Itaguaí,_x000D_
 ou outra denominação definida pelo poder executivo com a mesma finalidade, e dá_x000D_
 outras providências._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende_x000D_
 as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua_x000D_
 Constitucionalidade._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 07 de março de 2024. (aa)_x000D_
 Guilherme Severino Campo de Farias Kifer Ribeiro_x000D_
 Presidente_x000D_
 Julio Cezar José de Andrade Filho_x000D_
 Relator_x000D_
 Vinicius Alves de Moura Brito_x000D_
 Membro</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3140/parecer_ccjr_pl_12_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3140/parecer_ccjr_pl_12_2024.pdf</t>
   </si>
   <si>
     <t>Parecer Comissão de Constituição, Justiça e Redação_x000D_
 Assunto: Projeto de Lei nº 12/2024 de autoria da vereadora Rachel Secundo da Silva_x000D_
 Ementa: Autoriza a instituição da rede municipal de proteção e acolhimento as_x000D_
 crianças e aos adolescentes órfãos do feminicídio, bem como àquelas vítimas de_x000D_
 violência doméstica, no âmbito do município de Itaguaí e dá outras providências._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende_x000D_
 as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua_x000D_
 Constitucionalidade,_x000D_
 E o Parecer._x000D_
 Sala das Comissões, 07 de março de 2024. (aa)_x000D_
 Guilherme Severino Campo de Farias Kifer Ribeiro_x000D_
 Presidente_x000D_
 Julio Cezar José de Andrade de Filho_x000D_
 Relator_x000D_
 Vinicius Alves de Moura Brito_x000D_
 Membro</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3142/parecer_cfopc_pl_15_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3142/parecer_cfopc_pl_15_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei nº 15 de 2024 de autoria do Poder Executivo. _x000D_
 Ementa: AUTORIZA A ENTRADA DE AGENTES DE COMBATE ÀS ENDEMIAS EM IMÓVEIS PÚBLICOS OU PRIVADOS, FECHADOS OU ABANDONADOS NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Relator: ver. Guilherme Farias._x000D_
  Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, segunda-feira, 18 de março de 2024. (aa)_x000D_
 Ver. Zé Domingos_x000D_
 Presidente_x000D_
 ver. Guilherme Farias_x000D_
 Relator_x000D_
 ver. Genildo Gandra_x000D_
 Membro</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3141/parecer_cfopc_pl_16_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3141/parecer_cfopc_pl_16_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei nº 16 de 2024 de autoria do Poder Executivo._x000D_
 Ementa: ALTERA O ANEXO I DA LEI 4.084 DE 06 DE JUNHO DE 2023._x000D_
 Relator: Ver. Genildo Gandra._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, segunda-feira, 18 de março de 2024. (aa)_x000D_
 Ver. Zé Domingos_x000D_
 Presidente_x000D_
 Ver. Genildo Gandra_x000D_
 Relator_x000D_
 ver. Guilherme Farias_x000D_
 Membro</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3143/parecer_ccj_pl_17_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3143/parecer_ccj_pl_17_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação_x000D_
 Assunto: Projeto de Lei nº 17 de 2024 de autoria do Ver. Haroldo Jesus. _x000D_
 Ementa: ALTERA A LEI MUNICIPAL Nº 3.590, DE 14 DE NOVEMBRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Relator: Ver. Vinicius Alves de Moura Brito._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Constitucionalidade. É o Parecer._x000D_
 Sala das Comissões, segunda-feira, 18 de março de 2024. (aa)_x000D_
 Ver. Guilherme Farias_x000D_
 Presidente_x000D_
 Ver. Vinicius Alves de Moura Brito_x000D_
 Relator_x000D_
 Ver. Julinho_x000D_
 Membro</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3144/parecer_cfocpc_pl_17_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3144/parecer_cfocpc_pl_17_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei nº 17 de 2024 de autoria do Ver. Haroldo Jesus. _x000D_
 Ementa: ALTERA A LEI MUNICIPAL Nº 3.590, DE 14 DE NOVEMBRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Relator: Ver. Genildo Gandra. _x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, segunda-feira, 18 de março de 2024. (aa) Ver. Zé Domingos_x000D_
 Presidente_x000D_
 Ver. Genildo Gandra_x000D_
 Relator_x000D_
 ver. Guilherme Farias_x000D_
 Membro</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>CS - Comissão de Saúde</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3145/parecer_cs_pl_15_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3145/parecer_cs_pl_15_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Saúde_x000D_
 Assunto: Projeto de Lei nº 15 de 2024 de autoria do Poder Executivo. _x000D_
 Ementa: AUTORIZA A ENTRADA DE AGENTES DE COMBATE ÀS ENDEMIAS EM IMÓVEIS PÚBLICOS OU PRIVADOS, FECHADOS OU ABANDONADOS NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Relator: Ver. Genildo Gandra._x000D_
  Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, terça-feira, 19 de março de 2024. (aa)_x000D_
 Ver. Vinícius Alves Presidente; Ver. Genildo Gandra - Relator;  Ver. Julinho - Membro;</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3146/parecer_cs_pl_16_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3146/parecer_cs_pl_16_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Saúde_x000D_
 Assunto: Projeto de Lei nº 16 de 2024 de autoria do Poder Executivo. _x000D_
 Ementa: ALTERA O ANEXO I DA LEI 4.084 DE 06 DE JUNHO DE 2023._x000D_
 Relator: Ver. Genildo Gandra._x000D_
  Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, terça-feira, 19 de março de 2024. (aa) Ver. Vinícius Alves - Presidente; Ver. Genildo Gandra - Relator; _x000D_
 Ver. Julinho - Membro;</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3147/parecer_vt_pl_17_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3147/parecer_vt_pl_17_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Viação e Transporte_x000D_
 Assunto: Projeto de Lei nº 17 de 2024 de autoria do Ver. Haroldo Jesus. _x000D_
 Ementa: ALTERA A LEI MUNICIPAL Nº 3.590, DE 14 DE NOVEMBRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Relator: Ver. Julinho._x000D_
  Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, terça-feira, 19 de março de 2024._x000D_
 (aa) Ver. Fabinho Taciano - Presidente; Ver. Julinho - Relator;  ver. Genildo Gandra - Membro;</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3176/parecer_ccjr_pe_1_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3176/parecer_ccjr_pe_1_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Emenda Modificativa de autoria de 11 Vereadores._x000D_
 Ementa: Altera a redação do artigo 45 da Lei Orgânica do Município e dá outras_x000D_
 providências._x000D_
 Relator: Vereador Vinícius Alves de Moura Brito_x000D_
 Analisando a matéria em epígrafe opina pela legalidade e constitucionalidade do_x000D_
 projeto de Emenda._x000D_
 E o Parecer._x000D_
 Sala das Comissões, 26 de março de 2024. (aa) Ver. Guilherme Farias_x000D_
 Presidente_x000D_
 Ver. Vinicius Alves de Moura Brito_x000D_
 Relator_x000D_
 Ver. Julinho_x000D_
 Membro</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3177/parecer_cfocpc_pe_1_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3177/parecer_cfocpc_pe_1_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO_x000D_
 DE CONTAS_x000D_
 PARECER_x000D_
 Assunto: Projeto de Emenda Modificativa de autoria de 11 Vereadores._x000D_
 Ementa: Altera a redação do artigo 45 da Lei Orgânica do Município e dá outras_x000D_
 providências._x000D_
 Relator: Vereador Genildo Ferreira Gandra_x000D_
 Analisando a matéria, nada tenho a opor quanto a sua aprovação._x000D_
 E o Parecer._x000D_
 Sala das Comissões, 26 de março de 2024._x000D_
 (aa) Ver. Zé Domingos - Presidente; Ver. Genildo Gandra - Relator; ver. Guilherme Farias - Membro;</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO PARECER Assunto: Projeto de Lei nº 18/2024 de autoria da Mesa Diretora Ementa: Dispõe sobre a recomposição salarial anual dos servidores públicos do poder legislativo do Município de Itaguaí e dá outras providências.  Relator: Vereador Julio Cezar José de Andrade Filho Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 20 de março de 2024. (aa) Guilherme Severino Campo de Farias Kifer Ribeiro Presidente Julio Cezar José de Andrade Filho Relator Vinicius Alves de Moura Brito  Membro</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3198/cfopc_005-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3198/cfopc_005-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E PRESTAÇÃO DE CONTAS ASSUNTO: Projeto de Lei nº 005/2024 de autoria da vereadora Rachel Secundo.  EMENDA: TOMBA O SERVIÇO DE TÁXI, COMO BEM DE NATUREZA IMATERIAL D EVALOR CULTURAL NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS. RELATOR: Ver. Guilherme Farias.  Analisando o projeto de lei em epígrafe, opino pela Aprovação.   É o parecer.        Sala das Comissões, quinta-feira, 25 de março de 2024. (aa) Guilherme farias. Vereador –Relator;  Genildo Gandra Vereador – Membro; José Domingos do Rozário.                Vereador – Presidente;</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3208/cfopc_pl_010-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3208/cfopc_pl_010-2024.pdf</t>
   </si>
   <si>
     <t>Parecer de Comissão de Finanças, Orçamento e Prestação de Contas: Assunto: Projeto de Lei nº 010/2024 de autoria da vereadora Rachel Secundo. Emenda: autoriza a instituição do programa seguir em frente, tendo por finalidade a reinserção produtiva para a população em situação de rua do Município de Itaguaí, ou outra denominação definida pelo poder executivo com a mesma finalidade, e dá outras providências. Relator: Ver. Guilherme Farias. Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o parecer. Sala das Comissões, quinta-feira, 25 de março de 2024. (aa) (aa) Guilherme farias. Vereador –Relator; Genildo Gandra Vereador – Membro; José Domingos do Rozário. Vereador – Presidente;</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3209/cfopc_011-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3209/cfopc_011-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E PRESTAÇÃO DE CONTAS  ASSUNTO: Projeto de Lei nº 011/2024 de autoria da vereadora Rachel Secundo. EMENDA: autoriza a nstituição do Programa Gerando Futur, de apoio as gestantes em situação de vulnerabilidade socioeconômica no âmbito do município de Itaguaí e dá uotras providências.                                                                                                                                                                                                                                                                                                           RELATOR: Ver. Guilherme Farias.  Analisando o projeto de lei em epígrafe, opino pela Aprovação.   É o parecer.        Sala das Comissões, 07 de março de 2024. (aa) Guilherme farias. Vereador –Relator; Genildo Gandra Vereador – Membro; José Domingos do Rozário. Vereador – Presidente;</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3210/cfopc_pl_018-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3210/cfopc_pl_018-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E PRESTAÇÃO DE CONTAS PARECER  ASSUNTO: Projeto de Lei nº 018/2024 de autoria da Mesa Diretora - Mesa  EMENDA: DISPÕE SOBRE A RECOMPOSIÇÃO SALARIAL ANUAL DOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO DO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.                                                                                                                                                                                                                                                                                                  RELATOR: Ver. Guilherme Farias.  Analisando o projeto de lei em epígrafe, opino pela Aprovação.   É o parecer.        Sala das Comissões, 01 de abril de 2024. (aa) Guilherme farias. Vereador –Relator; Genildo Gandra Vereador – Membro; José Domingos do Rozário. Vereador – Presidente;</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3216/parecer_cfocpc_pl_012_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3216/parecer_cfocpc_pl_012_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E PRESTAÇÃO DE CONTAS_x000D_
 PARECER_x000D_
 ASSUNTO: Projeto de Lei n 012/2024 de autoria da vereadora Rachel Secundo da Silva._x000D_
 EMENDA: AUTORIZA A INSTITUIÇÃO DA REDE MUNICIPAL DE PROTEÇÃO E ACOLHIMENTO_x000D_
 ÀS CRIANÇAS E AOS ADOLESCENTES ÓRFÃOS DO FEMINICíDIO, BEM COMO AQUELAS_x000D_
 VÍTIMAS DE VIOLÊNCIA DOMÊSTICA, NO ÂMBITO DO MUNICÍPIO DE ITAGUAí E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação._x000D_
 É o parecer._x000D_
 Sala das Comissões, 04 de abril de 2024. (aa) José Domingos do Rosário - Presidente; Genildo Gandra - Ver. Membro; Guilherme Farias - Relator.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3253/parecer_cecpl_05_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3253/parecer_cecpl_05_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE EDUCAÇÃO E CULTURA_x000D_
 Assunto: PROJETO DE LEI nº 5/2024_x000D_
 Tomba O Serviço De Táxi , Como Bem De Natureza Imaterial De Valor_x000D_
 Cultural no Municipio De Itaguaí e Dá Outras Providências._x000D_
 Relator: Vereador Vinícius Alves de Moura Brito._x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria_x000D_
 atende as normas constitucionais, legais e regimentais, motivo pelo qual opina_x000D_
 pela sua aprovação._x000D_
 É o Parecer._x000D_
 Itaguaí , 05 de Abril de 2024 (aa) Júlio Cezar José de Andrade Filho - Presidente; Vinícius Alves de Moura Brito - Relator; Nando Rodrigues - Membro.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3311/parecer_ccjr_23_pl_09_05_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3311/parecer_ccjr_23_pl_09_05_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 23 de 2024 de autoria do Poder Executivo. _x000D_
 Ementa: ALTERA O §3º DO ARTIGO 7º DA LEI MUNICIPAL Nº 3.988, DE 09 DE NOVEMBRO DE 2021._x000D_
 _x000D_
 Relator: Ver. Julinho._x000D_
 _x000D_
 Analisando o projeto de lei em epígrafe, opino pela Constitucionalidade. É o Parecer._x000D_
 Sala das Comissões, quinta-feira, 9 de maio de 2024._x000D_
 _x000D_
 Ver. Guilherme Farias_x000D_
 Presidente_x000D_
 _x000D_
 _x000D_
 Ver. Julinho_x000D_
 Relator_x000D_
 _x000D_
 _x000D_
 Ver. Vinicius Alves de Moura Brito_x000D_
 Membro</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3313/parecer_cfocpc_23_pl_09_05_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3313/parecer_cfocpc_23_pl_09_05_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 23 de 2024 de autoria do Poder Executivo. _x000D_
 Ementa: ALTERA O §3º DO ARTIGO 7º DA LEI MUNICIPAL Nº 3.988, DE 09 DE NOVEMBRO DE 2021._x000D_
 _x000D_
 Relator: Ver. Fabinho Rocha._x000D_
  _x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, quinta-feira, 9 de maio de 2024._x000D_
 _x000D_
 Ver. Zé Domingos_x000D_
 Presidente_x000D_
 _x000D_
 _x000D_
 Ver. Fabinho Rocha_x000D_
 Relator_x000D_
 _x000D_
 _x000D_
 ver. Guilherme Farias_x000D_
 Membro</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3338/parecer_ccjr_pl_19_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3338/parecer_ccjr_pl_19_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 19/2024 de autoria do vereador Guilherme Farias._x000D_
 Ementa: Dispõe sobre a regulamentação da prestação do serviço de transporte_x000D_
 individual privado de passageiros, baseado em tecnologia de comunicação digital e_x000D_
 dá outras providências._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende_x000D_
 as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua_x000D_
 Constitucionalidade._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 24 de abril de 2024. (aa)_x000D_
 Guilherme Severino Campo de Farias Kifer Ribeiro_x000D_
 Presidente_x000D_
 Julio Cezar José de Andrade Filho_x000D_
 Relator_x000D_
 Vinícius Alves de Moura Brito_x000D_
 Membro</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3339/parecer_ccjr_pl_20_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3339/parecer_ccjr_pl_20_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 20/2024 de autoria do vereador Guilherme Farias._x000D_
 Ementa: Institui a Campanha de Incentivo à Doação de Cabelo para Pessoas Carente_x000D_
 em Tratamento de Câncer no Município de Itaguaí_x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua_x000D_
 Constitucionalidade._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 24 de abril de 2024._x000D_
 (aa) Guilherme Severino Campo de Farias Kifer Ribeiro Presidente Julio Cezar José de Andrade Filho Relator Vinícius Alves de Moura Brito Membro</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3340/parecer_ccjr_pl_21_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3340/parecer_ccjr_pl_21_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 21/2024 de autoria do vereador Guilherme Farias._x000D_
 Ementa: Institui o “IPTU e ITR VERDE” e autoriza a concessão de desconto no_x000D_
 imposto predial e territorial urbano-Iptu, como incentivo de tecnologias ambientais_x000D_
 sustentáveis e dá outras providências._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende_x000D_
 as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua_x000D_
 Constitucionalidade._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 24 de abril de 2024. (aa) Guilherme Severino Campo de Farias Kifer Ribeiro Presidente Julio Cezar José de Andrade Filho Relator Vinícius Alves de Moura Brito Membro</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei de autoria do Poder Executivo veto 001 ._x000D_
 Ementa: Projeto de Lei nº 008/2024 que dispõe sobre a disponibilidade do Carnê_x000D_
 de IPTU em Braile para os contribuintes com deficiência visual, de modo que há_x000D_
 vício formal de iniciativa, visto que a matéria tratada no referido Projeto de Lei é_x000D_
 de iniciativa do Poder Executivo._x000D_
 Relator: Vereador Vinicius Alves de Moura Brito._x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria_x000D_
 atende as normas constitucionais, legais e regimentais, motivo pelo qual opina_x000D_
 pela sua manutenção do veto._x000D_
 E o Parecer._x000D_
 Itaguaí, 02 de Maio de 2024.. (aa) Guilherme Severino Campo de Farias Kifer Ribeiro Presidente Julio Cezar José de Andrade Filho Relator Vinícius Alves de Moura Brito Membro</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3342/parecer_ccjr_pdl_7_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3342/parecer_ccjr_pdl_7_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto Decreto Legislativo nº 07/2024 Ementa: Dispõe sobre a concessão dos títulos de cidadão itaguaiense e cidadão benemérito itaguaiense e dá outras providências. Relator: Vereador Julio Cezar José de Andrade Filho Analisando Decreto Legislativo em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 30 de abril de 2024. (aa) Guilherme Severino Campo de Farias Kifer Ribeiro - Presidente; Julio Cezar José de Andrade Filho - Relator; Vinicius Alves de Moura Brito - Membro;</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3343/parecer_cjcr_pl_22_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3343/parecer_cjcr_pl_22_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 22/2024 de autoria do Poder Executivo.  Ementa: Dispões sobre as diretrizes orçamentárias para a elaboração da lei orçamentária para o exercício de 2025 e dá outras providências. Relator: Vereador Julio Cezar José de Andrade Filho Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 13 de maio de 2024. (aa) Guilherme Severino Campo de Farias Kifer Ribeiro - Presidente; Julio Cezar José de Andrade Filho - Relator; Vinicius Alves de Moura Brito - Membro.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3344/parecer_ccjr_pl_24_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3344/parecer_ccjr_pl_24_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 24/2024 de autoria do Poder Executivo.  Ementa: Altera dispositivos da lei municipal nº 2.499 de 16 de agosto de 2005 e dá outras providências. Relator: Vereador Julio Cezar José de Andrade Filho Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 13 de maio de 2024. (aa) Guilherme Severino Campo de Farias Kifer Ribeiro - Presidente; Julio Cezar José de Andrade Filho - Relator; Vinicius Alves de Moura Brito - Membro;</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3345/parecer_cfocpc_pdl_7_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3345/parecer_cfocpc_pdl_7_2024.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: Projeto de Decreto Legislativo 07/2024 de autoria da Mesa Diretora - Mesa.  EMENTA: DISPÕE SOBRE A CONCESSÃO DOS TÍTULOS DE CIDADADÃO ITAGUAIENSE E CIDADÃO BENEMÉRITO ITAGUAIENSE E DÁ OUTRAS PROVIDÊNCIAS.                                                                                                                                                                                                                                                                                                        RELATOR: Ver. Guilherme Farias.  Analisando o projeto de lei em epígrafe, opino pela Aprovação.   É o parecer.        Sala das Comissões, terça-feira, 07 de maio de 2024.(aa Guilherme farias. Vereador – Relator. Fabinho Rocha. Vereador – Membro. José Domingos do Rosário.  Vereador – Presidente.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3346/parecer_cfocpc_pl_019_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3346/parecer_cfocpc_pl_019_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei n 019/2024 de autoria do Ver. Guilherme Farias._x000D_
 Ementa: DISPÕE SOBRE A REGULAMENTAÇÃO DA PRESTAÇÃO DO SERVIÇO_x000D_
 DE TRANSPORTE INDIVIDUAL PRIVADO DE PASSAGEIROS, BASEADO EM_x000D_
 TECNOLOGIA DE COMUNICAÇÃO DIGITAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Relator: Ver. Fabinho Rocha._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação._x000D_
 É o Parecer._x000D_
 Sala das Comissões, terça feira dia 07 de maio de 2024. (aa) Guilherme farias. Vereador – Membro. Fabinho Rocha. Vereador – Relator. José Domingos do Rosário. Vereador – Presidente.</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3348/parecer_cfocpc_pl_20_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3348/parecer_cfocpc_pl_20_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei n 020/2024 de autoria do Ver. Guilherme Farias. Ementa: Institui a Campanha de Incentivo à Doação de Cabelo para Pessoas Carentes em Tratamento de Câncer no Município de Itaguaí. Relator: Ver. Fabinho Rocha. Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer. Sala das Comissões, terça feira dia 07 de maio de 2024. (aa) Guilherme farias. Vereador – Membro. Fabinho Rocha. Vereador – Relator. José Domingos do Rosário. Vereador – Presidente.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3347/parecer_cfocpc_pl_21_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3347/parecer_cfocpc_pl_21_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 021/2024 de autoria do Verº. Guilherme Farias._x000D_
 Ementa: Institui o programa “IPTU e ITR VERDE” e autoriza a concessão de_x000D_
 desconto no imposto predial e territorial urbano - Iptu,_x000D_
 como incentivo de_x000D_
 tecnologias ambientais sustentáveis e dá outras providências._x000D_
 Relator: Ver. Fabinho Rocha._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação._x000D_
 É o Parecer._x000D_
 Sala das Comissões, terça feira dia 07 de maio de 2024. (aa) Guilherme farias. Vereador – Membro. Fabinho Rocha. Vereador – Relator. José Domingos do Rosário. Vereador – Presidente.</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
     <t>CAAS - Comissão de Assistência e Ação Social</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3349/parecer_caas_pl_10_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3349/parecer_caas_pl_10_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 10/2024 - Autoria: Ver. Rachel Secundo. Ementa: “AUTORIZA A INSTITUIÇÃO DO PROGRAMA SEGUIR EM FRENTE, TENDO POR FINALIDADE A REINSERÇÃO PRODUTIVA PARA A POPULAÇÃO EM SITUAÇÃO DE RUA DO MUNICIPIO DE ITAGUAÍ, OU OUTRA DENOMINAÇÃO DEFINIDA PELO PODER EXECUTIVO COM A MESMA FINALIDADE, E DÁ OUTRAS PROVIDÊNCIAS.”. Autor: Vereadora Rachel Secundo. Relator: Vereador Fabiano José Nunes A Comissão de Assistência e Ação Social, após analisar a matéria, opina pela sua aprovação. É o Parecer. Sala das Comissões, 24 de abril de 2024. Vereador Jocimar Pereira do Nascimento Presidente da Comissão Fabiano José Nunes Membro da Comissão Guilherme Severino Campo de Farias Kifer Ribeiro Membro da Comissão</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3350/parecer_caas_pl_011_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3350/parecer_caas_pl_011_2024.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: Projeto de Lei n° 011/2024 de autoria da vereadora Rachel Secundo._x000D_
 EMENTA: AUTORIZA A INSTITUIÇÃO DO PROGRAMA GERANDO O FUTURO, DE APOIO AS_x000D_
 GESTANTES EM SITUAÇÃO DE VULNERABILIDADE SOCIOECONÔMICA NO ÂMBITO DO_x000D_
 MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação._x000D_
 É o parecer._x000D_
 Sala das Comissões, quarta-feira, 24 de abril de 2024._x000D_
 (aa)Fabinho Taciano. Vereador —membro_x000D_
 Guilherme farias. Vereado — Relator_x000D_
 Jocimar Pereira do Nascimento. Vereador — Presidente</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3351/parecer_caas_pl_012_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3351/parecer_caas_pl_012_2024.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: Projeto de Lei nº 012/2024 de autoria da vereadora Rachel Secundo._x000D_
 EMENTA: AUTORIZA A INSTITUIÇÃO DA REDE MUNICIPAL DE PROTEÇÃO E ACOLHIMENTO_x000D_
 ÀS CRIANÇAS E AOS ADOLESCENTES ÓRFÃOS DO FEMINICÍDIO, BEM COMO AQUELAS_x000D_
 VÍTIMAS DE VIOLÊNCIA DOMÉSTICAS, NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação._x000D_
 É o parecer._x000D_
 Sala das Comissões, quarta-feira, 24 de abril de 2024.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>PARECER Assunto: Projeto de Lei nº 14/2024 de autoria do vereador Jocimar Pereira do Nascimento.  Ementa: Institui a semana municipal de conscientização sobre a alergia alimentar em Itaguaí e dá outras providências. Relator: Vereador Julio Cezar José de Andrade Filho Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 20 de maio de 2024. (aa) Guilherme Severino Campo de Farias Kifer Ribeiro - Presidente; Julio Cezar José de Andrade Filho  - Relator; Vinicius Alves de Moura Brito - Membro;</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>PARECER  ASSUNTO: Projeto de Lei nº 024/2024 de autoria do Rubem Vieira de Souza - Prefeito.  EMENDA: ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.499, DE 16 DE AGOSTO DE 2005, E DÁ OUTRAS PROVIDÊNCIAS.                                                                                                                                                                                                                                 RELATOR: Ver. Guilherme Farias.  Analisando o projeto de lei em epígrafe, opino pela Aprovação.   É o parecer.        Sala das Comissões, 17 de maio de 2024. (aa) Guilherme farias. Vereador – Relator;  Fabinho Rocha. Vereador – Membro; José Domingos do Rozário. Vereador – Presidente;</t>
   </si>
   <si>
@@ -7956,131 +7956,131 @@
 Relator_x000D_
 _x000D_
 _x000D_
 ver. Guilherme Farias_x000D_
 Membro</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
     <t>ASSUNTO: PROJETO DE LEI 20/2024 DE AUTORIA DO VEREADOR GUILHERME FARIAS._x000D_
 EMENTA: "Institui a Campanha de Incentivo à Doação de Cabelo para Pessoas Carentes em Tratamento de Câncer no Município de Itaguaí."_x000D_
 RELATOR: Vereador Fabiano José Nunes_x000D_
 A Comissão de Assistência e Ação Social, após analisar a matéria, opina pela sua constitucionalidade._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 23 de maio de 2024._x000D_
 (aa) Jocimar Pereira do Nacimento - Presidente; Fabiano José Nunes- Relator; Guilherme Farias - Membro.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>CACAJ - Comissão de Atenção à Criança, ao Adolescente e ao Jovem</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3435/parecer_cacaj_pl_12_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3435/parecer_cacaj_pl_12_2024.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 Assunto: Projeto de Lei n° 012 de 2024 de autoria da Vera. Rachel Secundo._x000D_
 Ementa: Autoriza a instituição da rede municipal de proteção e_x000D_
 acolhimento as crianças e aos adolescentes órfãos do feminicidio, bem_x000D_
 como àquelas vítimas de violência doméstica, no âmbito do município de_x000D_
 itaguaí e dá outras providências._x000D_
 Relator: Ver. Fabinho Rocha._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação._x000D_
 É o Parecer._x000D_
 Sala das Comissões _27-de maio de 2024._x000D_
 (aa) Jocimar do Cartório - Presidente; Ver. Fabinho Rocha - Relator; Ver. Sandro da Hermínio - membro.</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3438/pl_14_2024_assinado_ccjr.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3438/pl_14_2024_assinado_ccjr.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 14/2024 - Ementa: INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO SOBRE A ALERGIA ALIMENTAR EM ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS. Autoria: Ver. Jocimar do Cartório. Relator: Ver. Julinho. Analisando o Projeto de Lei em epígrafe, este relator verificou que a matéria atende às normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3454/pl_29_2024_assinado_ccjr.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3454/pl_29_2024_assinado_ccjr.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 29/2024 de autoria do Ver. Haroldo Jesus._x000D_
 Ementa: Inclui o dia do Barbeiro no calendário oficial de eventos do Município de Itaguaí e dá outras providências._x000D_
 Relator: Vereador Vinícius Alves de Moura Brito._x000D_
 analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constituicionalidade. É o parecer. Itaguaí, 28 de maio de 2024._x000D_
 (aa) Guilherme Severino Campos de Farias Kifer Ribeiro - Presidente; Júlio Cezar JOsé de Andrade Filho - Membro; Vinícius alves de Moura Brito - Relator.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3455/parecer_ccjr_pl_25_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3455/parecer_ccjr_pl_25_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação_x000D_
 Assunto: Projeto de Lei nº 25/2024 de autoria do vereador Fabinho Taciano._x000D_
 Ementa: Dispõe sobre instituir no município a prática do TEQBALL e dá outras_x000D_
 providências._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende_x000D_
 as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua_x000D_
 Constitucionalidade._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 29 de maio de 2024._x000D_
 _x000D_
 (aa) Guilherme Severino Campos de Farias Kifer Ribeiro - Presidente; Júlio Cezar JOsé de Andrade Filho - Relator; Vinícius alves de Moura Brito - membro.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3456/parecer_ccjr_pl_26_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3456/parecer_ccjr_pl_26_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação_x000D_
 Assunto: Projeto de Lei nº 26/2024 de autoria do vereador Fabinho Taciano._x000D_
 Ementa: Dispõe sobre instituir no município de Itaguaí o dia municipal do futebol_x000D_
 feminino e dá outras providências._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende_x000D_
 as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua_x000D_
 Constitucionalidade._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 29 de maio de 2024._x000D_
 (aa) Guilherme Severino Campos de Farias Kifer Ribeiro - Presidente; Júlio Cezar JOsé de Andrade Filho - Relator; Vinícius alves de Moura Brito - membro.</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3472/parecer_pl_27_2024_assinada.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3472/parecer_pl_27_2024_assinada.pdf</t>
   </si>
   <si>
     <t>Parecer Comissão de Constituição, Justiça e Redação_x000D_
 Assunto:Projeto de Lei 27/2024 de autoria do Ver. Fabinho Taciano._x000D_
 Ementa: Institui  o programa higiene móvel para assegurar as condições básicas de higiene e dignidade das pessoas em situação de rua, no âmbito do município de Itaguaí e dá outras providências._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 29 de maio de 2024. (aa) Guilherme Severino Campos de Farias Kifer Ribeiro - Presidente; Júlio Cezar JOsé de Andrade Filho - Relator; Vinícius alves de Moura Brito - membro.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>Assunto: Emenda 02 ao PL 022/2024de autoria do Ver. Jocimar do_x000D_
 Cartório._x000D_
 Ementa: Dispõe sobre as Diretrizes Orçamentárias para a elaboração da Lei_x000D_
 Orçamentária para o exercício de 2025,e dá outras providências ._x000D_
 Relator: Vereador Vinicius Alves de Moura Brito._x000D_
 Analisando a proposta de emenda , opino pela sua aprovação._x000D_
 É o Parecer ._x000D_
 Sala das comissões ,10 de Junho de 2024._x000D_
  (aa) Guilherme Severino Campos de Farias Kifer Ribeiro - Presidente; Júlio Cezar JOsé de Andrade Filho - Membro; Vinícius alves de Moura Brito - relator.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
@@ -8167,211 +8167,211 @@
 Ementa: Dispõe sobre as Diretrizes Orçamentárias para a elaboração da Lei_x000D_
 Orçamentária para o exercício de 2025, e dá outras providências._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando a proposta de emenda, opino pela sua aprovação._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 07 de junho de 2024._x000D_
 (aa) Guilherme Severino Campos de Farias Kifer Ribeiro - Presidente; Júlio Cezar JOsé de Andrade Filho - Relator; Vinícius alves de Moura Brito - membro.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
     <t>Assunto: Emenda 09 ao PL 022/2024 de autoria do vereador Guilherme Farias_x000D_
 Ementa: Dispõe sobre as Diretrizes Orçamentárias para a elaboração da Lei_x000D_
 Orçamentária para o exercício de 2025, e dá outras providências._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando a proposta de emenda, opino pela sua aprovação._x000D_
 E o Parecer._x000D_
 Sala das Comissões, 07 de junho de 2024._x000D_
 (aa) Guilherme Severino Campos de Farias Kifer Ribeiro - Presidente; Júlio Cezar José de Andrade Filho - Relator; Vinícius alves de Moura Brito - membro.</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3473/parecer_cfocpc_pl_27_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3473/parecer_cfocpc_pl_27_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E PRESTAÇÃO DE CONTAS_x000D_
 ASSUNTO: Projeto de Lei n9 027/2024 de autoria do Ver. Fabinho Taciano._x000D_
 EMENDA: INSTITUI O PROGRAMA HIGIENE MÓVEL PARA ASSEGURAR AS CONDIÇÕES_x000D_
 BÁSICAS DE HIGIENE E A DIGNIDADE DAS PESSOAS EM SITUAÇÃO DE RUA, NO ÂMBITO DO_x000D_
 MUNICÍPIO DE ITAGUAí E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação._x000D_
 É o parecer._x000D_
 Sala das Comissões, 12 de junho de 2024._x000D_
 (aa) José Domingos do Rosário - Presidente; Guilherme Farias - Relator; Fábio Luis da Silva Rocha - Membro.</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3474/parecer_cfocpc_pl_29_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3474/parecer_cfocpc_pl_29_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E PRESTAÇÃO DE CONTAS_x000D_
 ASSUNTO: Projeto de Lei n2 029/2024 de autoria do Ver. Haroldo Jesus._x000D_
 EMENDA: Inclui o Dia do Barbeiro no calendário Oficial de eventos do município de_x000D_
 Itaguaí e dá outras providências._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação._x000D_
 É o parecer._x000D_
 Sala das Comissões, 12 de junho de 2024._x000D_
 (aa) José Domingos do Rosário - Presidente; Guilherme Farias - Relator; Fábio Luis da Silva Rocha - Membro.</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3483/parecer_cfocpc_pl_25_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3483/parecer_cfocpc_pl_25_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei n° 25/2024 de autoria do vereador Fabinho Taciano._x000D_
 Ementa: Dispõe sobre instituir no município a prática do TEQBALL e dá_x000D_
 outras providências._x000D_
 Relator: Ver. Fabinho Rocha._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação._x000D_
 É o Parecer._x000D_
 Sala das Comissões, terça feira, 11 de junho de 2024._x000D_
 (aa) Ver. Zé Domingos - Presidente; Ver. Fabinho Rocha - Relator; Ver. Guilherme Farias - Membro.</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3484/parecer_cfocpc_pl_26_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3484/parecer_cfocpc_pl_26_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento. Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei n° 26/2024 de autoria do vereador Fabinho Taciano._x000D_
 Ementa: Dispõe sobre instituir no município de Itaguaí o dia municipal do_x000D_
 futebol feminino e dá outras providências._x000D_
 Relator: Ver. Fabinho Rocha._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação._x000D_
 É o Parecer._x000D_
 Sala das Comissões, terça feira, 11 de junho de 2024._x000D_
 (aa) Ver. Zé Domingos - Presidente; Ver. Fabinho Rocha - Relator; Ver. Guilherme Farias - Membro.</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>CMADUS - Comissão de Meio Ambiente, Desenvolvimento Urbano e Sustentável</t>
   </si>
   <si>
     <t>COMISSÃO DE MEIO AMBIENTE, DESENVOLVIMENTO URBANO E_x000D_
 SUSTENTÁVEL._x000D_
 Assunto: Projeto de Lei de Autoria do Vereador Guilherme Farias Kifer._x000D_
 Ementa: Institui o Programa" IPTU E ITR Verde" E Autoriza A Concessão de_x000D_
 Desconto no Imposto Predial E Territorial Urbano - IPTU, Como Incentivo De_x000D_
 Tecnologias Ambientais Sustentáveis E Da Outras Providências._x000D_
 Relator: Vereador Vinícius Alves de Moura Brito._x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria_x000D_
 atende as normas constitucionais, legais e regimentais, motivo pelo qual opina_x000D_
 pela sua aprovação._x000D_
 E o Parecer._x000D_
  20 Maio de 2024. (aa) José Domingos do Rozário - Presidente; Vinícius Alves de Moura Brito - Relator; Guilherme Farias - Membro;</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3505/parecer_cjcr_pl_30_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3505/parecer_cjcr_pl_30_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 PARECER_x000D_
 Assunto: Projeto de Lei de autoria do Vereador Jocimar do Nascimento._x000D_
 Ementa: PI n° 30/2024 que dispõe sobre o Programa de Monitoramento Aéteo_x000D_
 de focos de Dengue no município de Itaguai E outras Providências._x000D_
 Relator: Vereador Vinicius Alves de Moura Brito._x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria não_x000D_
 atende as normas constitucionais, legais e regimentais, motivo pelo qual opina_x000D_
 pela sua Inconstitucionalidade._x000D_
 É o Parecer._x000D_
 Itaguaí, 28 de Maio de 2024._x000D_
 (aa) Guilherme Farias - Presidente; Júlio Cezar José de Andrade Filho - Membro; Vinícius Alves de Moura Brito - Relator.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3506/parecer_cjcr_pl_31_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3506/parecer_cjcr_pl_31_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 PARECER_x000D_
 Assunto: Projeto de Lei de autoria do Vereador Júlio Andrade Filho._x000D_
 Ementa: PI n° 31/2024 " Institui Programa Municipal de Isenção de IPTU para_x000D_
 pessoas com TEA ( transtorno do Espectro Autista ),e dá outras providências ._x000D_
 Relator: Vereador Vinicius Alves de Moura Brito._x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria não_x000D_
 atende as normas constitucionais, legais e regimentais, motivo pelo qual opina_x000D_
 pela sua Inconstitucionalidade._x000D_
 É o Parecer._x000D_
 Itaguaí, 28 de Maio de 2024._x000D_
 (aa) Guilherme Farias - Presidente; Júlio Cezar José de Andrade Filho - Membro; Vinícius Alves de Moura Brito - Relator.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>Comissão de Constituicão, Justica e Redacão_x000D_
 Assunto: Projeto de Lei n° 41 de 2024 de autoria do Mesa Diretora._x000D_
 Ementa: DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO DOS SECRETÁRIOS_x000D_
 MUNICIPAIS DE ITAGUAL PARA O MANDATO DE 2025 A 2028._x000D_
 Relator: Ver. Julinho._x000D_
 Analisando o projeto de lei em epígrafe, opino pela_x000D_
 Constitucionalidade. É o Parecer._x000D_
 Sala das Comissões, segunda-feira, 24 de junho de 2024._x000D_
 (aa) Guilherme Farias - Presidente; Júlio Cezar José de Andrade Filho - Relator; Vinícius Alves de Moura Brito - Membro.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3508/parecer_ccjr_pr_011_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3508/parecer_ccjr_pr_011_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Constituição. Justiça e Redação_x000D_
 Assunto: Projeto de Resolução n° 11 de 2024 de autoria do Mesa Diretora._x000D_
 Ementa: DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO DOS VEREADORES_x000D_
 DA CÂMARA MUNICIPAL DE ITAGUAL PARA A LEGISLATURA 2025 A 2028._x000D_
 Relator: Ver. Julinho._x000D_
 Analisando o projeto de resolução em epígrafe, opino pela_x000D_
 Constitucionalidade. É o Parecer._x000D_
 Sala das Comissões, 24 de junho de 2024._x000D_
 (aa) Guilherme Farias - Presidente; Júlio Cezar José de Andrade Filho - Relator; Vinícius Alves de Moura Brito - Membro.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3509/parecer_cfocpc_pl_41_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3509/parecer_cfocpc_pl_41_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 PARECER_x000D_
 Assunto: Projeto de Lei nº 41 de 2024 de autoria do Mesa Diretora._x000D_
 Ementa: DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS DE ITAGUAÍ, PARA O MANDATO DE 2025 A 2028._x000D_
 Relator: Ver. Fabinho Rocha._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, segunda-feira, 24 de junho de 2024. (aa)_x000D_
 Ver. Zé Domingos_x000D_
 Presidente_x000D_
 Ver. Fabinho Rocha_x000D_
 Relator_x000D_
 ver. Guilherme Farias_x000D_
 Membro</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 PARECER_x000D_
 Assunto: Projeto de Resolução nº 11 de 2024 de autoria do Mesa Diretora._x000D_
 Ementa: DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE ITAGUAÍ, PARA A LEGISLATURA 2025 A 2028._x000D_
 Relator: Ver. Fabinho Rocha._x000D_
@@ -8462,144 +8462,144 @@
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei nº 40 de 2024 de autoria do Ver. Sandro da Hermínio. _x000D_
 Ementa: Denominada oficialmente o logradouro Público, conhecido Praça das Novinhas localizado no bairro Parque Paraiso neste município, como Praça SGT Rafael Wolfgramm Dias._x000D_
 _x000D_
 Relator: ver. Guilherme Farias._x000D_
  _x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, quinta-feira, 27 de junho de 2024._x000D_
 _x000D_
 Ver. Zé Domingos_x000D_
 Presidente_x000D_
 _x000D_
 _x000D_
 ver. Guilherme Farias_x000D_
 Relator_x000D_
 _x000D_
 _x000D_
 Ver. Fabinho Rocha_x000D_
 Membro</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3566/parecer_ccjr_pl_33_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3566/parecer_ccjr_pl_33_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema de despesas específicas concedidos aos agentes políticos e servidores do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3567/parecer_cfocpc_pl_33_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3567/parecer_cfocpc_pl_33_2024.pdf</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3569/parecer_ccjr_pl_42_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3569/parecer_ccjr_pl_42_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial ao orçamento municipal — Secretaria Municipal de Cultura.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3570/parecer_cfocpc_pl_42_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3570/parecer_cfocpc_pl_42_2024.pdf</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3571/parecer_ccjr_pl_43_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3571/parecer_ccjr_pl_43_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial ao orçamento municipal — Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3572/parecer_cfocpc_pl_43_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3572/parecer_cfocpc_pl_43_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO_x000D_
 DE CONTAS_x000D_
 PARECER_x000D_
 Assunto: Projeto de Lei nº 43/2024 de autoria do Poder Executivo._x000D_
 Ementa: Autoriza abertura de crédito especial ao orçamento municipal — Fundo_x000D_
 Municipal de Saúde._x000D_
 Relator: Vereador Guilherme Severino Campos de Farias Kifer Ribeiro._x000D_
 Analisando o projeto de lei, opino favoravelmente quanto a sua aprovação._x000D_
 E o Parecer._x000D_
 Sala das Comissões, 19 de julho de 2024</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 Assunto: Projeto de Lei 036/2024 de autoria do Poder Executivo._x000D_
 Ementa: Propõe Alterações na Lei Municipal 3.926/2021 (Código de Meio_x000D_
 Ambiente de Itaguaí ) e dá outras providências._x000D_
 Relator: Vereador Vinicius Alves de Moura Brito._x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria_x000D_
 atende as normas constitucionais, legais e regimentais, motivo pelo qual opina_x000D_
 pela sua Constitucionalidade._x000D_
 É o Parecer._x000D_
 Câmara Municipal, 21 de Junho de 2024._x000D_
 (aa) Guilherme Farias - Presidente; Júlio César José de Andrade Filho; Vinícius Alves de Moura Brito.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 Assunto: Projeto de Lei nº 39/2024 de autoria do vereador Alexandro Valença de Paula.  Ementa:  Denomina oficialmente o logradouro público, conhecido como Rua Engenheiro Ivan Mundim (antiga Estrada do Mazomba) localizado no bairro Mazomba neste Município, como Rua Diácono Manoel Clementino. Relator: Vereador Julio Cezar José de Andrade Filho. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 06 de agosto de 2024. _x000D_
  (aa) Guilherme Farias - Presidente; Júlio César José de Andrade Filho; Vinícius Alves de Moura Brito.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3577/parecer_pl_36_2024_financas_assinado.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3577/parecer_pl_36_2024_financas_assinado.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS_x000D_
 Assunto: Projeto de Lei nº 036/2024 de autoria do Poder Executivo._x000D_
 EMENTA: PROPÕE ALTERAÇÕES NA LEI MUNICIPAL Nº 3.926/2021 (CÓDIGO DE MEIO AMBIENTE DE ITAGUAÍ) E DÁ OUTRAS PROVIDÊNCIAS.                                                                                                                                                                                                                                                                                                            RELATOR: Ver. Guilherme Farias.  Analisando o projeto de lei em epígrafe, opino pela Aprovação.   É o parecer.      _x000D_
 Sala das Comissões, 09 de agosto de 2024. (aa) Guilherme Farias - Membro; Fábio LuÍs da Silva Rocha -Membro; José Domingos do Rosário - Presidente.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3578/precer_pl_39_2024_financas_assinado.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3578/precer_pl_39_2024_financas_assinado.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E PRESTAÇÃO DE CONTAS PARECER  ASSUNTO: Projeto de Lei nº 039/2024 de autoria do vereador Alexandro Valença de Paula.  EMENDA: DENOMINA OFICIALMENTE O LOGADOURO PÚBLICO, CONHECIDO RUA ENGENHEIRO IVAN MUNDIM (ANTIGA ESTRADA DO MAZOMBA) LOCALIZADA NO BAIRRO MAZOMBA NESTE MUNICÍPIO, COMO RUA DIÁCONO MANOEL CLEMENTINO .                                                                                                                                                                                                                                                                                                            RELATOR: Ver. Guilherme Farias.  Analisando o projeto de lei em epígrafe, opino pela Aprovação.   É o parecer. Sala das Comissões, 12 de agosto de 2024. (aa) Ver. Zé Domingos - Presidente; Ver. Guilherme Farias - Relator; Ver. Fabinho Rocha - membro;</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação_x000D_
 Assunto: Projeto de Lei nº 44 de 2024 de autoria do Poder Executivo. _x000D_
 Ementa: Dispõe sobre a denominação oficial da Sala de Espetáculo do Teatro Municipal Marilu Moreira_x000D_
 Relator: Ver. Julinho._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Constitucionalidade. É o Parecer._x000D_
 Sala das Comissões, terça-feira, 13 de agosto de 2024._x000D_
 (aa)Ver. Guilherme Farias_x000D_
 Presidente_x000D_
 Ver. Julinho_x000D_
 Relator_x000D_
 Ver. Vinicius Alves de Moura Brito_x000D_
 Membro</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
@@ -8613,385 +8613,385 @@
 Presidente_x000D_
 Ver. Guilherme Farias_x000D_
 Relator_x000D_
 Ver. Fabinho Rocha_x000D_
 Membro</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>COMISSÃO DE ASSISTÊNCIA E AÇÃO SOCIAL_x000D_
 ASSUNTO: Projeto de Lei 27/2024 de autoria do vereador Fabinho Taciano._x000D_
 EMENTA: INSTITUI O PROGRAMA HIGIENE MÓVEL PARA ASSEGURAR AS CONDIÇÕES BÁSICAS DE_x000D_
 HIGIENE E A DIGNIDADE DAS PESSOAS EM SITUAÇÃO DE RUA, NO ÂMBITO DO MUNICÍPIO DE_x000D_
 ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação._x000D_
 É o parecer._x000D_
 Sala das Comissões, terça-feira, 25 de junho de 2024._x000D_
 (aa) Guilherme Farias - Vereador Relator; Jocimar do Cartório - Vereador Presidente; Fabinho Taciano - Vereador Membro.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3602/parecer_pl_37_ccjr_assinado.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3602/parecer_pl_37_ccjr_assinado.pdf</t>
   </si>
   <si>
     <t>CRIA A RUA DO GRAU, ESPAÇO DESTINADO À PRÁTICA DE MANOBRAS COM MOTOCICLETAS.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3627/parecer_cjcr_pl_46_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3627/parecer_cjcr_pl_46_2024.pdf</t>
   </si>
   <si>
     <t>Assunto: Projeto de Lei nº 46/2024 de autoria do vereador Haroldo Rodrigues Jesus_x000D_
 Neto._x000D_
 Ementa: Dá Denominação Oficial a Campo de Futebol Municipal._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende_x000D_
 as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua_x000D_
 Constitucionalidade._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 19 de agosto de 2024. (aa) Guilherme Severino Campos de Faria Kifer Ribeiro - Presidente; Julio Cesar José de Andrade Filho - Relator; Fábio Rocha - 1 Suplente;</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO Assunto: Projeto de Resolução nº 14/2024 de autoria da Mesa Diretora.  Ementa:  Altera a Resolução nº 11 de 2024. Relator: Vereador Julio Cezar José de Andrade Filho Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 03 de setembro de 2024. Guilherme Severino Campo de Farias Kifer Ribeiro Presidente Julio Cezar José de Andrade Filho Relator Vinicius Alves de Moura Brito  Membro</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO Assunto: Projeto de Lei nº 48/2024 de autoria da Mesa Diretora.  Ementa:  Altera dispositivos da Lei 4.182 de 19 de Julho de 2024. Relator: Vereador Julio Cezar José de Andrade Filho Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 03 de setembro de 2024. Guilherme Severino Campo de Farias Kifer Ribeiro Presidente Julio Cezar José de Andrade Filho Relator Vinicius Alves de Moura Brito  Membro</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO Assunto: Projeto de Lei nº 45/2024 de autoria do vereador Haroldo Rodrigues Jesus Neto.  Ementa:  Declara como Patrimônio Cultural do povo Itaguaiense a Fantasia Carnavalesca Bate Bola (Clovis).  Relator: Vereador Julio Cezar José de Andrade Filho Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 30 de agosto de 2024. Guilherme Severino Campo de Farias Kifer Ribeiro Presidente Julio Cezar José de Andrade Filho Relator Vinicius Alves de Moura Brito  Membro</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3632/pareceres__cfocpc_pl_48_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3632/pareceres__cfocpc_pl_48_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei nº 48 de 2024 de autoria do Mesa Diretora. _x000D_
 Ementa: Altera dispositivos da Lei 4.182 de 19 de Julho de 2024._x000D_
 Relator: ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, terça-feira, 10 de setembro de 2024._x000D_
 _x000D_
 Ver. Zé Domingos_x000D_
 Presidente_x000D_
 _x000D_
 _x000D_
 ver. Guilherme Farias_x000D_
 Relator_x000D_
 _x000D_
 _x000D_
 Ver. Fabinho Rocha_x000D_
 Membro</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3633/parecer_cfocpc_pl_46_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3633/parecer_cfocpc_pl_46_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS_x000D_
 ASSUNTO: Projeto de Lei nº 046/2024 de autoria do Ver. Haroldo Jesus._x000D_
 EMENDA: DÁ DEMONIMAÇÃO OFICIAL A CAMPO DE FUTEBOL MUNICIPAL._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela sua Aprovação._x000D_
 É o parecer._x000D_
 Sala das Comissões, 09 de setembro de 2024. (aa) José Domingos do Rosário - Presidente; Guilherme Farias - Relator; Fábio Luis da Silva Rocha - Membro.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3638/parecer_cjcr_pl_47_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3638/parecer_cjcr_pl_47_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação_x000D_
 Assunto: Projeto de Lei nº 47/2024 de autoria do vereador Vinicius Alves._x000D_
 Ementa: Dispõe sobre a criação de um centro de hemodinâmica para realização de_x000D_
 cateterismo e angioplastia no Hospital Municipal São Francisco Xavier._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende_x000D_
 as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua_x000D_
 Constitucionalidade._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 03 de setembro de 2024._x000D_
 Guilherme Severino Campos de Farias Kifer Ribeiro_x000D_
 Presente_x000D_
 Julio Cezar José de Andrade Filho_x000D_
 Relator_x000D_
 Vinicius Alves de Moura Brito_x000D_
 Membro</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3639/parecer_cjcr_pl_34_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3639/parecer_cjcr_pl_34_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTICA E REDAÇÃO_x000D_
 Assunto: Projeto de Lei nº 34/2024 de autoria do vereador Guilherme Farias._x000D_
 Ementa: Dá denominação oficial ao prédio público da Creche Municipal localizada_x000D_
 no Complexo Educacional Profº Dulce da Silva Figueira, em Piranema, como Prof”_x000D_
 Teresinha de Jesus Campos de Farias e dá outras providências._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende_x000D_
 as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua_x000D_
 Constitucionalidade._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 21 de junho de 2024._x000D_
 Guilherme Severino Campos de Farias Kifer Ribeiro_x000D_
 Presidente_x000D_
 Julio Cezar Andrade Filho_x000D_
 Relatór_x000D_
 Vinicius Alves de Mura Brito ão Membro</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3640/parecer_cfocpc_pl_34_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3640/parecer_cfocpc_pl_34_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei nº 034 de 2024 de autoria da Ver. Guilherme Farias._x000D_
 Ementa: DA DENOMINAÇÃO OFICIAL AO PRÉDIO PÚBLICO DA_x000D_
 CRECHE MUNICIPAL LOCALIZADA NO COMPLEXO EDUCACIONAL_x000D_
 PROFº DULCE DA SILVA FIGUEIRA. EM PIRANEMA. COMO PROF”_x000D_
 IERESINHA DE JESUS CAMPOS DE FARIAS E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS._x000D_
 Relator: Ver. Fabinho Rocha._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o_x000D_
 Parecer._x000D_
 Sala das Comissões, quinta-feira, 8 de agosto de 2024._x000D_
 ver. Zé Domingos_x000D_
 Presidente_x000D_
 Ver. Fabinho Rocha_x000D_
 Relator_x000D_
 ver. Guilherme Farias_x000D_
 membro</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3641/parecer_cmadus_pl_36_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3641/parecer_cmadus_pl_36_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE MEIO AMBIENTE, DESENVOLVIMENTO URBANO E_x000D_
 SUSTENTÁVEL_x000D_
 ASSUNTO: Projeto de Lei 36/2024 de autoria do Poder Executivo._x000D_
 EMENDA: PROPÕE ALTERÇÕES NA LEI Nº 3.926/2021 (CÓDIGO DO MEIO AMBIENTE DE_x000D_
 ITAGUAÍ) E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação._x000D_
 É o parecer._x000D_
 Sala das Comissões, terça-feira, 20 de agosto de 2024._x000D_
 (aa) Ver. JOsé Domingos - Presidente;_x000D_
 Ver. Guilherme Farias - Relator;_x000D_
 Ver. Vinícius Alves - membro;</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3642/parecer_cfocpc_pl_14_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3642/parecer_cfocpc_pl_14_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei nº 014 de 2024 de autoria da Ver. Jocimar do_x000D_
 Cartório._x000D_
 Ementa: INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO_x000D_
 SOBRE A ALERGIA ALIMENTAR EM ITAGUAÍ E DÁ OUTRAS_x000D_
 PROVIDENCIAS._x000D_
 Relator: Ver. Fabinho Rocha._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o_x000D_
 Parecer._x000D_
 Sala das Comissões, quinta-feira 08 de agosto de 2024._x000D_
 (aa) Zé Domingos - Presidente; Ver. Fabinho Rocha- Relator; Ver. Guilherme Farias - Membro;</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3669/parecer_csaude_pl_14_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3669/parecer_csaude_pl_14_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE SAÚDE_x000D_
 Assunto: Projeto de Lei nº 14/2024 de autoria do vereador Jocimar Pereira do Nascimento._x000D_
 Ementa: Institui a semana municipal de conscientização sobre a alergia alimentar em Itaguaí e dá outras providências._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende_x000D_
 as normas constitucionais, legãis e regimentais;qnotivo pelo qual opino_x000D_
 favoravelmente quanto a sua Aprovação._x000D_
 É o Parecer._x000D_
 (aa) Vinícius Alves de Moura Brito - Presidente; Julio Cézar José de Andrade Filho - Relator; Fabinho Rocha - Membro;</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3699/parecer_ccjr_pl_56.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3699/parecer_ccjr_pl_56.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTICA E REDAÇÃO Assunto: Projeto de Lei nº 56/2024 de autoria do Poder Executivo. Ementa: Institui o Programa Especial de Regularização Fiscal e dá outras providências. Relator: Vereador Julinho. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 17 de outubro de 2024. (aa) Guilherme Severino Campos de Farias Kifer Ribeiro - Presidente; Julio Cezar Andrade Filho - Relator; Alex Alves - membro.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3700/parecer_cfocpc_pl_56.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3700/parecer_cfocpc_pl_56.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas: Assunto: Projeto de Lei nº 56/2024 de autoria do Poder Executivo. Ementa: Institui o Programa Especial de Regularização Fiscal e dá outras providências. Relator: Ver. Guilherme Farias. Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer. Sala das Comissões, quinta-feira, 17 de outubro de 2024. (aa) ver. Zé Domingos - Presidente; Ver. Fabinho Rocha - Membro; ver. Guilherme Farias - Relator.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>CEL - Comissão de Esporte e Lazer</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3715/parecer_cel_25_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3715/parecer_cel_25_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE ESPORTE E LAZER._x000D_
 Assunto: Projeto De Lei 25_x000D_
 Ementa: DISPÕE SOBRE INSTITUIR NO MUNICÍPIO A PRÁTICA DO TEQBALL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Relator: Vereador Vinícius Alves de Moura Brito._x000D_
 Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Aprovação. É o parecer. Itaguaí, 15 de outubro de 2024._x000D_
 (aa) Alex Alves - Presidente; Vinícius Alves de Moura Brito - Relator. Júlio Cézar de Andrade - Membro.</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3720/parecer_ccjr_49.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3720/parecer_ccjr_49.pdf</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação Assunto: Projeto de Lei nº 49/2024 de autoria do vereador Julio Cézar JOse de Andrade Filho. Ementa: Dispõe sobre a criação e implantação do Programa de Educação Financeira e Empreendedorismo no Município de Itaguaí e dá outras providências. Relator: Vereador Vinícius Alves. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 11 de outubro de 2024. (aa) Guilherme Severino Campos de Farias Kifer Ribeiro - Presente; Julio Cezar José de Andrade Filho - Membro; Vinicius Alves de Moura Brito - Relator.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3721/parecer_ccjr_50.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3721/parecer_ccjr_50.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO PARECER Assunto: Projeto de Lei nº 50/2024 de autoria do vereador Guilherme Farias.  Ementa:  Autoriza o Poder Executivo Municipal a emitir o selo de origem artesanal aos produtos alimentícios produzidos no Município de Itaguaí e dá outras providências  Relator: Vereador Julio Cezar José de Andrade Filho    Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 16 de outubro de 2024. (aa) Guilherme Severino Campo de Farias Kifer Ribeiro Presidente Julio Cezar José de Andrade Filho Relator Vinicius Alves de Moura Brito  Membro</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3722/parecer_ccjr_51.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3722/parecer_ccjr_51.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO PARECER Assunto: Projeto de Lei nº 51/2024 de autoria do vereador Jocimar do Cartório.  Ementa:  Reconhece as pessoas com fibromialgia como pessoas com deficiência (PCD) no âmbito do Município de Itaguaí e dá outras providências. Relator: Vereador Julio Cezar José de Andrade Filho    Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 16 de outubro de 2024. Guilherme Severino Campo de Farias Kifer Ribeiro Presidente Julio Cezar José de Andrade Filho Relator Vinicius Alves de Moura Brito  Membro</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3723/parecer_ccjr_53.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3723/parecer_ccjr_53.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO PARECER Assunto: Projeto de Lei nº 53/2024 de autoria do vereador Zé Domingos.  Ementa: Denomina oficialmente a quadra de futsal municipal do bairro Monte Serrat Relator: Vereador Julio Cezar José de Andrade Filho    Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 16 de outubro de 2024. Guilherme Severino Campo de Farias Kifer Ribeiro Presidente Julio Cezar José de Andrade Filho Relator Vinicius Alves de Moura Brito  Membro</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3724/parecer_ccjr_55.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3724/parecer_ccjr_55.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO PARECER Assunto: Projeto de Lei nº 55/2024 de autoria do vereador Júlio César José de Andrade Filho.  Ementa: Determina a substituição dos sinais sonoros nos estabelecimentos de ensino de Itaguaí, a fim de não gerar incômodo sensorial aos alunos com transtorno do espectro autista (TEA). Relator: Vereador Vinícius Alves de Moura Brito. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 11 de outubro de 2024. (aa) Guilherme Severino Campo de Farias Kifer Ribeiro - Presidente; Julio Cezar José de Andrade Filho - membro; Vinicius Alves de Moura Brito - Relator.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3725/parecer_el_pl_26_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3725/parecer_el_pl_26_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE ESPORTE E LAZER PARECER Assunto: Projeto de Lei nº 26/2024 de autoria do vereador Fabinho Taciano.  Ementa: Dispõe sobre instituir no município de Itaguaí o dia municipal do futebol feminino e dá outras providências. Relator: Vereador Julio Cezar José de Andrade Filho. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as    normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Aprovação. É o Parecer. Sala das Comissões, 15 de outubro de 2024. Alecsandro Alves de Azevedo Presidente Julio Cezar José de Andrade Filho Relator Vinicius Alves de Moura Brito  Membro</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>Comissão de Educação e Cultura Assunto: Projeto de Lei nº 007 de 2024 de autoria do Ver. Julinho.  Ementa: Dispõe sobre divulgação da demanda atendida e lista de espera por vagas em creches do município. Relator: Ver. Nando Rodrigues. Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer. Sala das Comissões, 15 de outubro de 2024. (aa) ver. Julinho Presidente Ver. Nando Rodrigues Relator Ver. Vinicius Alves de Moura Brito Membro</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3728/parecer_ccjr_pl_07_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3728/parecer_ccjr_pl_07_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO Assunto: Projeto de Lei nº 07/2024 de autoria do vereador Julinho. Ementa: Dispõe sobre divulgação da demanda atendida e lista de espera por vagas em creche do município. Relator: Vereador Vinícius Alves de Moura Brito. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Sala das Comissões, 11 de outubro de 2024. (aa) Guilherme Severino Campo de Farias Kifer Ribeiro - Presidente; Julio Cezar José de Andrade Filho - membro; Vinicius Alves de Moura Brito - Relator.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3729/parecer_cfocpc_pl_007_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3729/parecer_cfocpc_pl_007_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei nº 007 de 2024 de autoria da Ver. Julinho._x000D_
 Ementa: Dispõe sobre divulgação da demanda atendida e lista de espera por_x000D_
 vagas em creches do município,_x000D_
 Relator: Ver. Fabinho Rocha._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o_x000D_
 Parecer._x000D_
 Sala das Comissões, quinta-feira, 8 de agosto de 2024._x000D_
 (aa) Ver. Zé Domingos - Presidente; Ver. Fabinho Rocha - Relator; Ver. Guilherme Farias - Membro.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3730/parecer_cfocpc_pl_047_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3730/parecer_cfocpc_pl_047_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: Projeto de Lei nº 047 de 2024 de autoria da Ver. Vinicius Alves._x000D_
 Ementa: Dispõe sobre a criação de um Centro de hemodinâmica para realização de cateterismo e angioplastia no Hospital Municipal São Francisco Xavier._x000D_
 Relator: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer._x000D_
 Sala das Comissões, 10 de outubro de 2024._x000D_
 (aa) Jozé Domingos do Rozário - Presidente; Ver. Guilherme Farias - Relator; Ver. Fábio Rocha - Membro;</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação_x000D_
 Assunto: Projeto de Lei 054 de autoria do Vereador Júlio César. Ementa: Dispõe sobre o uso de transporte escolar municipal pelos alunos do ensino médio residentes nos bairros Raiz da Serra, Serra do Matoso, Estrada do Caçador, Ibituporanga e divisa do Município de Itaguaí com Piraí, matriculados no colégio estadual Professora Eliana de Almeida Santos e dá outras providências. Relator: Vereador Vinícius Alves de Moura Brito. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Itaguaí, 04 de novembro de 2024. (aa) Guilherme Farias - Presidente; Júlio César José de Andrade Filho - membro; Vinícius Alves de Moura Brito - Relator.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação_x000D_
 Assunto: Projeto de Lei 057 de autoria do Vereador Júlio César. Ementa: Dispõe sobre a criação do Selo Escola Amiga do Autismo, no âmbito do Município de Itaguaí e dá outras providências. Relator: Vereador Vinícius Alves de Moura Brito. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Itaguaí, 04 de novembro de 2024. (aa) Guilherme Farias - Presidente; Júlio César José de Andrade Filho - membro; Vinícius Alves de Moura Brito - Relator.</t>
   </si>
   <si>
@@ -9008,197 +9008,197 @@
     <t>Comissão de Constituição, Justiça e Redação_x000D_
 Assunto: Projeto de Lei 059 de autoria do Poder Executivo. Ementa: Altera a Lei n 3.462 de 2017 e dá outras providências. Relator: Vereador Júlio César José de Andrade Filho. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Itaguaí, 04 de novembro de 2024. (aa) Guilherme Farias - Presidente; Júlio César José de Andrade Filho - Relator; Vinícius Alves de Moura Brito - Membro.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação Assunto: Projeto de Lei 60/2024 de autoria do Poder Executivo. Ementa: Estabelece o plano municipal de turismo - PLAMTUR, como integrado e norteador para o desenvolvimento do turismo. Relator: Vereador Júlio César José de Andrade Filho. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Itaguaí, 04 de novembro de 2024. (aa) Guilherme Farias - Presidente; Júlio César José de Andrade Filho - Relator; Vinícius Alves de Moura Brito - Membro.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação Assunto: Projeto de Lei 061 de autoria do Poder Executivo. Ementa: Altera a Lei n 3.481 de março 2017, que cria o sistema municipal de informações e indicadores culturais e dá outras providências. Relator: Vereador Júlio César José de Andrade Filho. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Itaguaí, 01 de novembro de 2024. (aa) Guilherme Farias - Presidente; Júlio César José de Andrade Filho - Relator; Vinícius Alves de Moura Brito - Membro.</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação Assunto: Projeto de Lei 063 de autoria do Poder Executivo. Ementa: Dispõe sobre a revisão do plano plurianual 2022/2025, instituido pela Lei n 3,970 de outubro de 2021. Relator: Vereador Júlio César José de Andrade Filho. Analisando o projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o Parecer. Itaguaí, 01 de novembro de 2024. (aa) Guilherme Farias - Presidente; Júlio César José de Andrade Filho - Relator; Vinícius Alves de Moura Brito - Membro.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3758/parecer_cfocpc_pl_055_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3758/parecer_cfocpc_pl_055_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS PARECER  ASSUNTO: Projeto de Lei nº 055/2024 de autoria do Ver. Júlio César José.  EMENDA: Determina a substituição dos sinais sonoros nos estabelecimentos de ensino de Itaguaí, a fim de não gerar incômodos sensoriais aos alunos com Transtorno do Espectro Autista (TEA).”                                                                                                                                                                                                                                                                                                      RELATOR: Ver. Guilherme Farias.  Analisando o projeto de lei em epígrafe, opino pela Aprovação.   É o parecer.        Sala das Comissões, 31 de outubro de 2024.                                                                                           Guilherme farias. Vereador – Relator                        Fábio Luís da Silva Rocha.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3759/parecer_cfocpc_pl_053_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3759/parecer_cfocpc_pl_053_2024.pdf</t>
   </si>
   <si>
     <t>EXCELENTÍSIMO SR. PRESIDENTE DA CÂMARA MUNICIPAL DE ITAGUAÍ - RJ COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS PARECER  ASSUNTO: Projeto de Lei nº 053/2024 de autoria do Ver. Zé Domingos   EMENDA: Denomina Oficialmente a Quadra de Futsal Municipal do Bairro Monte Serrat.                                                                                                                                                                                                                                                                                                          RELATOR: Ver. Guilherme Farias.  Analisando o projeto de lei em epígrafe, opino pela Aprovação.   É o parecer.        Sala das Comissões, 31 de outubro de 2024.                                                                                           Guilherme farias. Vereador – Relator                              Fábio Luís da Silva Rocha.                                                            José Domin</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3760/parecer_cfocpc_pl_051_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3760/parecer_cfocpc_pl_051_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS PARECER  ASSUNTO: Projeto de Lei nº 051/2024 de autoria do Ver. Jocimar do Cartório.  EMENDA: RECONHECE AS PESSOAS COM FIBROMIALGIA COMO PESSOAS COM DEFICIÊNCIA (PCD) NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ E DA OUTRAS PROVIDÊNCIAS.                                                                                                                                                                                                                                                                                                            RELATOR: Ver. Guilherme Farias.  Analisando o projeto de lei em epígrafe, opino pela Aprovação.   É o parecer.        Sala das Comissões, 31 de outubro de 2024.                                                                                           Guilherme farias. Vereador – Relator                              Fábio Luís da Silva Rocha.                                                            José Do</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3761/parecer_cfocpc_pl_49_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3761/parecer_cfocpc_pl_49_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS ASSUNTO: Projeto de Lei nº 049/2024 de autoria do Ver. Julinho. EMENDA: Dispõe sobre a criação e implantação do Programa de Educação Financeira e Empreendedorismo no Município de Itaguaí e dá outras providências..” RELATOR: Ver. fabinho Rocha. Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o parecer. Sala das Comissões, 29 de outubro de 2024. (aa) José Domingos - Presidente; Guilherme Farias - Membro; Fábio Luís da Silva Rocha - Relator.</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3797/parecer_cfocpc_pl_060_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3797/parecer_cfocpc_pl_060_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS_x000D_
 ASSUNTO: Projeto de Lei nº 060/2024 de autoria do Poder Executivo._x000D_
 EMENDA: ESTABELECE O PLANO MUNICIPAL DE TURISMO — PLAMTUR, COMO_x000D_
 INSTRUMENTO INTEGRADO E NORTEADO PARA O DESENVOLVIMENTO DO TURISMO._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela sua Aprovação._x000D_
 É o parecer._x000D_
 Sala das Comissões, 14 de novembro de 2024._x000D_
 (aa) José Domingos do Rosário - Presidente; Guilherme Farias - Relator; Fábio Luis da Silva Rocha - Membro.</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3798/parecer_cfocpc_pl_061_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3798/parecer_cfocpc_pl_061_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS_x000D_
 ASSUNTO: Projeto de Lei nº 061/2024 de autoria do Poder Executivo._x000D_
 EMENDA: ALTERA E ACRESCENTA DISPOSITIVOS NA LEI 3.481, DE 14 DE MARÇO DE 2017,_x000D_
 QUE CRIA O SISTEMA MUNICIPAL DE INFORMAÇÕES E INDICADORES CULTURAIS E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela sua Aprovação._x000D_
 É o parecer._x000D_
 Sala das Comissões, 14 de novembro de 2024. (aa) José Domingos do Rosário - Presidente; Guilherme Farias - Relator; Fábio Luis da Silva Rocha - Membro.</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3799/parecer_cfocpc_pl_063_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3799/parecer_cfocpc_pl_063_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS_x000D_
 ASSUNTO: Projeto de Lei nº 063/2024 de autoria do Poder Executivo._x000D_
 EMENDA: DISPÕE SOBREA REVISÃO DO PLANO PLURIANUAL 2022/2025, INSTITUÍDO_x000D_
 PELA LEI Nº 3,970, DE 07 DE OUTUBRO DE 2021._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela sua Aprovação._x000D_
 É o parecer._x000D_
 Sala das Comissões, 25 de novembro de 2024._x000D_
 _x000D_
 (aa) José Domingos do Rosário - Presidente; Guilherme Farias - Relator; Fábio Luis da Silva Rocha - Membro.</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 Assunto: Projeto de Lei 62/2024 de autoria do Poder Executivo_x000D_
 Ementa:  ESTIMA A RECEITA E FIXA A_x000D_
 DISPESA DO MUNICÍPIO DE ITAGUAÍ-RJ PARA O EXERCÍCIO DE 2025._x000D_
 Relator: Vereador Julio Cezar José de Andrade Filho_x000D_
 Analisando o PL 62/2024, opino pela sua constitucionalidade com as seguintes_x000D_
 emendas:_x000D_
 Emenda 10 de autoria da Mesa Diretora..._x000D_
 Emenda 11 de autoria do Ver. Haroldo Jesus..._x000D_
 É o Parecer._x000D_
 Sala das Comissões, 27 de novembro de 2024._x000D_
 Guilherme Severino Campo de Farias Kifer Ribeiro_x000D_
 Presidente_x000D_
 Julio Cezar José de Andrade Filho_x000D_
 Relator_x000D_
 Vinicius Alves de Moura Brito_x000D_
 Membro</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3801/parecer_cfocpc_pl_50_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3801/parecer_cfocpc_pl_50_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS ASSUNTO: Projeto de Lei nº 050/2024 de autoria do Poder Executivo. EMENDA: Autoriza o Poder Executivo Municipal a emitir o selo de Origem artezanal aos produtos alimentícios produzidos no Município de Itaguaí, e dá outras providências. RELATOR: Ver. Fabinho Rocha. Analisando o Projeto de Lei em epígrafe, opino pela sua Aprovação. É o parecer. Sala das Comissões, 12 de novembro de 2024. (aa) José Domingos do Rosário - Presidente; Guilherme Farias - Membro; Fábio Luis da Silva Rocha - Relator.</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3802/parecer_cfocpc_pl_54_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3802/parecer_cfocpc_pl_54_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS ASSUNTO: Projeto de Lei nº 054/2024 de autoria do Ver. Julinho. EMENDA: Dispõe sobre a autorização do uso do transporte escolar municipal pelos alunos do Ensino Médio residentes nos Bairros Raiz da Serra, Serra do Matoso, Estrada do Caçador, Ibituporanga e divisa do Município de Itaguaí com Pirai, matriculados no Colégio Estadual Professora Eliana de Almeida Santos e dá outras providências . RELATOR: Ver. Fabinho Rocha. Analisando o projeto de lei em epígrafe, opino pela sua Aprovação. É o parecer. Sala das Comissões, 12 de novembro de 2024. (aa) José Domingos do Rosário - Presidente; Guilherme Farias - Membro; Fábio Luis da Silva Rocha - Relator.</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3803/parecer_cfocpc_pl_57_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3803/parecer_cfocpc_pl_57_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS ASSUNTO: Projeto de Lei nº 057/2024 de autoria do Poder Executivo. EMENDA: Dispõe sobre a criação do "Selo Escola Amiga do Autismo", no âmbito do Município de Itaguaí e dá outras providências. RELATOR: Ver. Fabinho Rocha. Analisando o projeto de lei em epígrafe, opino pela sua Aprovação. É o parecer. Sala das Comissões, 25 de novembro de 2024. (aa) José Domingos do Rosário - Presidente; Guilherme Farias - Membro; Fábio Luis da Silva Rocha - Relator.</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3804/parecer_cfocpc_pl_58_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3804/parecer_cfocpc_pl_58_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS ASSUNTO: Projeto de Lei nº 058/2024 de autoria do Ver. Guilherme Farias. EMENDA: Dá denominação oficial ao prédio público da quadra municipal poliesportiva localizada no Complexo Educacional Prof. Dulce da Silva Figueira em Piranema, como Quadra Municipal Poliesportiva Josefina Kifer Moreira Ribeiro. RELATOR: Ver. Fabinho Rocha. Analisando o projeto de lei em epígrafe, opino pela sua Aprovação. É o parecer. Sala das Comissões, 12 de novembro de 2024. (aa) José Domingos do Rosário - Presidente; Guilherme Farias - Membro; Fábio Luis da Silva Rocha - Relator.</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3811/parecer_cecpl_49_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3811/parecer_cecpl_49_2024.pdf</t>
   </si>
   <si>
     <t>Comissão de Educação e Cultura Assunto: Projeto de Lei nº 049 de 2024 de autoria do Ver. Julinho. Ementa: Dispõe sobre a criação e implantação do Programa de Educação Financeira e Empreendedorismo no Município de Itaguaí. Relator: Ver. Nando Rodrigues. Analisando o projeto de lei em epígrafe, opino pela Aprovação. É o Parecer. Sala das Comissões, 15 de outubro de 2024. (aa) ver. Julinho - Presidente; Ver. Nando Rodrigues - Relator; Ver. Vinicius Alves de Moura Brito - Membro;</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
     <t>Comissão de Saúde_x000D_
 Assunto: Projeto de Lei n 047/2024 de autoria do vereador Vinícius Alves._x000D_
 Ementa: Dispõe sobre a criação de um centro de hemodinâmica para realização de cateterismo e angioplastia no Hospital Municipal São Francisco Xavier. Relator: Vereador Julio Cézar José de Andrade FIlho._x000D_
 Analisando o Projeto de Lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opino favoravelmente quanto a sua aprovação. É o parecer. Sadas das Comissões, 11 de novembro de 2024. (aa) Vinicius Alves de Moura Brito - Presidente; Julio Cézar José de Andrade Filho - Relator; Fabinho Rocha - Membro.</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
     <t>Comissão de Atenção à Pessoa com Deficiência_x000D_
 Assunto: Projeto de Lei nº 51/2024 de autoria do Vereador Jocimar do Nascimento._x000D_
 Ementa: Reconhece as pessoas com fibromialgia como pessoas com deficiência (PCD) no âmbito do município de Itaguaí e dá outras providências._x000D_
 Relatório: Vereador Alexandro Valença de Paula._x000D_
 Analisando o Projeto de Lei , opino favoravelmente quanto a sua aprovação. Itaguai, 27 de novembro de 2024. (aa) JOcimar Pereira do Nascimento - Presidente; Alexaandro Valença de Paula - Relator; Fabiano José Nunes - Membro.</t>
   </si>
   <si>
     <t>3822</t>
@@ -9280,947 +9280,947 @@
   <si>
     <t>Comissão de Finanças, Orçamento, Controle e Prestação de Contas_x000D_
 Assunto: PL 062/2024 de autoria do Poder Executivo. _x000D_
 Ementa: Estima a Receita e Fixa as Despesas para o exercício de 2025 - Lei Orçamentaria Anual 2025._x000D_
 Relator: Vereador Guilherme Farias._x000D_
  Analisando o Projeto de Lei 062/2024, opino e pela sua aprovação com as seguintes emendas:_x000D_
 ..._x000D_
 É o Parecer._x000D_
 Sala das Comissões, quinta-feira, 19 de dezembro de 2024._x000D_
 (aa) Ver. José Domingos do Rosário - Presidente;_x000D_
 Ver. Guilherme Farias_x000D_
 Relator_x000D_
 Verª. Fabinho Rocha_x000D_
 Membro</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamentos, Controle e Prestações de Contas Assunto: Ementa: Projeto de Lei nº 064 de 2024 de autoria de autoria do poder executivo. ALTERA E REPUBLICA O ANEXO DE METAS FISCAIS QUE COMPÕE A LEI Nº 4.178, DE 19 DE JULHO DE 2024- LEI DE DIRETRIZES ORÇAMENTÁRIAS- LDO PARAOEXERCÍCIODE 2025. Relator: Ver. Fabinho Rocha. Analisando o projeto de lei em epígrafe, opino pela Aprovação. É oParecer. (aa) Sala das Comissões, 23 de dezembro de 2024. Ver. Zé Domingos Presidente Ver. Fabinho Rocha Relator ver. Guilherme Farias Membro</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3836/parecer_cfocpc_pl_066_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3836/parecer_cfocpc_pl_066_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS_x000D_
 ASSUNTO: Projeto de Lei n2 066/2024 de autoria do Poder Executivo._x000D_
 EMENDA: DISPÕE SOBRE O PARCELAMENTO E DE DÉBITOS DO MUNICÍPIO DE ITAGUAÍ COM_x000D_
 O SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL — RPPS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela aprovação._x000D_
 É o parecer._x000D_
 Itaguaí, 23 de dezembro de 2024. (aa)_x000D_
 José Domingos do Rosário - Presidente; Guilherme Farias - Relator; Fábio Luís da Silva Rocha - Membro;</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3837/parecer_cfocpc_pl_067_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3837/parecer_cfocpc_pl_067_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS_x000D_
 ASSUNTO: Projeto de Lei n2 067/2024 de autoria do Poder Executivo._x000D_
 EMENDA: DISPÕE SOBRE A ESTRUTURA BÁSICA ORGANIZACIONAL DO ITAPREVI —_x000D_
 INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES DE ITAGUAí E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela aprovação._x000D_
 É o parecer._x000D_
 Itaguaí, 23 de dezembro de 2024. (aa) José Domingos do Rosário - Presidente; Guilherme Farias - Relator; Fábio Luís da Silva Rocha - Membro;</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3838/parecer_cfocpc_pl_068_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3838/parecer_cfocpc_pl_068_2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO, CONTROLE E PRESTAÇÃO DE CONTAS_x000D_
 ASSUNTO: Projeto de Lei n2 068/2024 de autoria do Poder Executivo._x000D_
 EMENDA: AUTORIZA O MUNICÍPIO DE ITAGUAí A EFETUAR O PROTESTO DE CERTIDÃO DE_x000D_
 DÍVIDA ATIVA, DE TÍTULO EXECUTIVO JUDICIAL DE QUANTIA CERTA; AUTORIZA, TAMBÉM,_x000D_
 O REGISTRO PELO MUNICÍPIO DE DEVEDORES DE ENTIDADES QUE PRESTEM SERVIÇOS DE_x000D_
 PROTEÇÃO AO CRÉDITO E/OU PROMOVAM CADASTROS DE DEVEDORES INADIMPLENTES;_x000D_
 DISPENSA O AJUIZAMENTO DE EXECUÇÕES FISCIAS DE BAIXO VALOR E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS._x000D_
 RELATOR: Ver. Guilherme Farias._x000D_
 Analisando o projeto de lei em epígrafe, opino pela aprovação._x000D_
 É o parecer. Itaguaí, 23 de dezembro de 2024._x000D_
 (aa) José Domingos do Rosário - Presidente; Guilherme Farias - Relator; Fábio Luís da Silva Rocha - Membro;</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Alex Alves, Fabinho Taciano, Genildo Gandra, Guilherme Farias, Haroldo Jesus, Jocimar do Cartório, Julinho, Nando Rodrigues, Sandro da Hermínio, Vinicius Alves, Zé Domingos</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 45 DA LEI ORGÂNICA DO MUNICÍPIO DE ITAGUAÍ._x000D_
 Art.1º Fica alterada a redação do artigo 45 da Lei Orgânica do Município de Itaguaí,_x000D_
 que passa a vigorar com a seguinte redação:_x000D_
 “Art. 45. A partir da legislatura que se inicia no ano de 2025, a Câmara_x000D_
 Municipal de Itaguaí será composta por 09 (nove) Vereadores._x000D_
 Art. 2º Esta Emenda entrará em vigor na data de sua publicação, revogadas_x000D_
 as disposições em contrário._x000D_
 (aa) Haroldo Rodrigues Jesus Neto - vereador; Vinícius Alves de Moura Brito - vereador; Julio Cezar José de Andrade Filho - vereador; José Domingos do Rozário ; Alexandro Valença de Paula Genildo Ferreira Gandra, Fabiano José Nunes; Alexandro Alves de Azevedo e Oineguelando Rodrigues Eugênio da Silva; Guilherme Severino Campos de Farias Kifer Ribeiro e Jocimar Pereira do Nascimento</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3637/lei_organica_art_128.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3637/lei_organica_art_128.pdf</t>
   </si>
   <si>
     <t>EMENDA DO ART.128 DA LEI ORGÂNICA DO MUNICÍPIO, AFIN DE QUE SEJA REVOGADO O MESMO.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>PLEI</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2953/pl_01_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2953/pl_01_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA 0 ARTIGO 2° DA LEI MUNICIPAL N° 3.298 DE 10 DE MARÇO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2954/pl_02_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2954/pl_02_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA 0 ARTIGO 3° DA LEI MUNICIPAL N° 3.299 DE 10 DE MARÇO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>PROMOVE ADEQUAÇÃO ORÇAMENTÁRIA E AUTORIZA ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO ANUAL DE 2024.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>Rachel Secundo</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2968/pl_2024_rachel_-_mulher_dinamica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2968/pl_2024_rachel_-_mulher_dinamica.pdf</t>
   </si>
   <si>
     <t>REVOGA INTEGRALMENTE A LEI N.° 3.100, DE 18 DE JUNHO DE 2013, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2972/pl_06_-tomba_o_servico_de_taxi_como_bem_de_natureza_imaterial_de_valor_cultural_no_municipio_de_itaguai_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2972/pl_06_-tomba_o_servico_de_taxi_como_bem_de_natureza_imaterial_de_valor_cultural_no_municipio_de_itaguai_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>TOMBA O SERVIÇO DE TÁXI, COMO BEM DE NATUREZA IMATERIAL DE VALOR CULTURAL NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2973/projeto_de_lei_001_-_proibicao_de_celulares_nas_escolas.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2973/projeto_de_lei_001_-_proibicao_de_celulares_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do uso de celulares e outros dispositivos tecnológicos pelos alunos nas unidades escolares da rede municipal de ensino de Itaguaí.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2986/pl_007_2024_-_vagas_em_creches.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2986/pl_007_2024_-_vagas_em_creches.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre divulgação da demanda atendida e lista de espera por vagas em creches do município.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2988/pl_008_2024_-_iptu_em_barile.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2988/pl_008_2024_-_iptu_em_barile.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização do carnê de IPTU em Braile para os contribuintes com deficiência visual.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2989/pl_09_2024_-_altera_a_lei_no_4.020-2022.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2989/pl_09_2024_-_altera_a_lei_no_4.020-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 4.020 DE 08 DE FEVEREIRO DE 2022 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2990/pl_010_2024_-_programa_seguir_em_frente.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2990/pl_010_2024_-_programa_seguir_em_frente.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INSTITUIÇÃO DO PROGRAMA SEGUIR EM FRENTE, TENDO POR FINALIDADE A REINSERÇÃO PRODUTIVA PARA A POPULAÇÃO EM _x000D_
 SITUAÇÃO DE RUA DO MUNICIPIO DE ITAGUAÍ, OU OUTRA DENOMINAÇÃO DEFINIDA PELO PODER EXECUTIVO COM A MESMA FINALIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2991/pl_011_2024_-_progrma_gerando_o_futuro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2991/pl_011_2024_-_progrma_gerando_o_futuro.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INSTITUIÇÃO DO PROGRAMA GERANDO O FUTURO, DE APOIO AS GESTANTES EM SITUAÇÃO DE VULNERABILIDADE SOCIOECONÔMICA NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2992/pl_012_2024_-_rede_de_protecao_e_acolhimento.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2992/pl_012_2024_-_rede_de_protecao_e_acolhimento.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INSTITUIÇÃO DA REDE MUNICIPAL DE PROTEÇÃO E ACOLHIMENTO AS CRIANÇAS E AOS ADOLESCENTES ÓRFÃOS DO FEMINICIDIO, BEM COMO ÀQUELAS VÍTIMAS DE VIOLÊNCIA DOMÉSTICA, NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3015/img_20240220_0001.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3015/img_20240220_0001.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA ESPECIAL DE REGULARIZAÇÃO FISCAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3052/projeto_de_lei_institui_a_semana_municipal_de_conscientizacao_as_alergias_alimentares.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3052/projeto_de_lei_institui_a_semana_municipal_de_conscientizacao_as_alergias_alimentares.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO SOBRE A ALERGIA ALIMENTAR EM ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3099/pl_015_executivo_2024_endemias.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3099/pl_015_executivo_2024_endemias.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ENTRADA DE AGENTES DE COMBATE ÀS ENDEMIAS EM IMÓVEIS PÚBLICOS OU PRIVADOS, FECHADOS OU ABANDONADOS NO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3102/pl_016_2024_executivo_anexo_i.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3102/pl_016_2024_executivo_anexo_i.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI 4.084 DE 06 DE JUNHO DE 2023.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3103/pl_017_2024_altera_a_lei_no_3.590_2017.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3103/pl_017_2024_altera_a_lei_no_3.590_2017.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.590, DE 14 DE NOVEMBRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3128/pl_reajuste_anual_servidores_da_cmi.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3128/pl_reajuste_anual_servidores_da_cmi.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre A Recomposição Salarial Anual Dos Servidores Públicos Do Poder Legislativo Do Município De Itaguaí E Dá Outras Providências.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3213/pl_de_regulamentacao_de_app_para_transportes_indivivudal.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3213/pl_de_regulamentacao_de_app_para_transportes_indivivudal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA PRESTAÇÃO DO SERVIÇO DE TRANSPORTE INDIVIDUAL PRIVADO DE PASSAGEIROS, BASEADO EM TECNOLOGIA DE COMUNICAÇÃO DIGITAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3214/pl_-_doacao_de_cabelo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3214/pl_-_doacao_de_cabelo.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha de Incentivo à Doação de Cabelo para Pessoas Carentes em Tratamento de Câncer no Município de Itaguaí.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3215/pl-_iptu_verde.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3215/pl-_iptu_verde.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA “IPTU E ITR VERDE” E AUTORIZA A CONCESSÃO DE DESCONTO NO IMPOSTO PREDIAL E TERRITOTIAL URBANO-IPTU, COMO INCENTIVO DE TECNOLOGIAS AMBIENTAIS SUSTENTÁVEIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3295/ldo_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3295/ldo_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3296/altera_a_lei_no_3.988-09-09-2021.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3296/altera_a_lei_no_3.988-09-09-2021.pdf</t>
   </si>
   <si>
     <t>ALTERA O §3º DO ARTIGO 7º DA LEI MUNICIPAL Nº 3.988, DE 09 DE NOVEMBRO DE 2021.</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3297/altera_a_lei_no_2.499-16-08-2005.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3297/altera_a_lei_no_2.499-16-08-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.499, DE 16 DE AGOSTO DE 2005, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3318/projeto_de_lei_-_institui_no_municipio_a_pratica_do_teqball.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3318/projeto_de_lei_-_institui_no_municipio_a_pratica_do_teqball.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INSTITUIR NO MUNICÍPIO A PRÁTICA DO TEQBALL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3319/projeto_de_lei_-_dia_do_futebol_feminino.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3319/projeto_de_lei_-_dia_do_futebol_feminino.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INSTITUIR NO MUNICÍPIO DE ITAGUAÍ O DIA MUNICIPAL DO FUTEBOL FEMININO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3320/projeto_de_lei_-_higiene_movel.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3320/projeto_de_lei_-_higiene_movel.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA HIGIENE MÓVEL PARA ASSEGURAR AS CONDIÇÕES BÁSICAS DE HIGIENE E A DIGNIDADE DAS PESSOAS EM SITUAÇÃO DE RUA, NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3321/veda_a_entrega_de_aplicativo_dentro_de_condominios.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3321/veda_a_entrega_de_aplicativo_dentro_de_condominios.pdf</t>
   </si>
   <si>
     <t>PROIBE O CONSUMIDOR QUE OBRIGUE O TRABALHADOR DE APLICATIVO A REALIZAR ENTREGA, ADENTRANDO EM ESPAÇOS DE USO COMUM, COMO DE CONDOMÍNIOS VERTICAIS E/OU HORIZONTAIS, NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3322/pl_dia_do_barbeiro.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3322/pl_dia_do_barbeiro.pdf</t>
   </si>
   <si>
     <t>Inclui O Dia Do Barbeiro No Calendário Oficial De Eventos Do Município De Itaguaí E Dá Outras Providências.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3323/projeto_de_lei_monitoramento_aero_de_focos_da_dengue.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3323/projeto_de_lei_monitoramento_aero_de_focos_da_dengue.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE MONITORAMENTO AÉREO DE FOCOS DE DENGUE NO MUNICÍPIO DE ITAGUAÍ E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3324/projeto_de_lei_002_-_isencao_do_iptu_para_tea.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3324/projeto_de_lei_002_-_isencao_do_iptu_para_tea.pdf</t>
   </si>
   <si>
     <t>Institui Programa Municipal de Isenção de IPTU para pessoas com TEA (Transtorno do Espectro Autista), e dá outras providências.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3354/pl_iptu.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3354/pl_iptu.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO DOS PRAZOS PARA PAGAMENTO DO IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA (IPTU), ISENTO DE JUROS E MULTA DO REFERIDO IMPOSTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3428/pl_despesas.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3428/pl_despesas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA DE DESPESAS ESPECÍFICAS CONCEDIDOS AOS AGENTES POLÍTICOS E SERVIDORES DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3429/denominacao_oficial_creche_priranema.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3429/denominacao_oficial_creche_priranema.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO OFICIAL AO PRÉDIO PÚBLICO DA CRECHE MUNICIPAL LOCALIZADA NO COMPLEXO EDUCACIONAL PROF.ª DULCE DA SILVA FIGUEIRA, EM PIRANEMA, COMO PROF.ª TERESINHA DE JESUS CAMPOS DE FARIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3431/pl_refis.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3431/pl_refis.pdf</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3450/altera_a_lei_no_3.926_2021.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3450/altera_a_lei_no_3.926_2021.pdf</t>
   </si>
   <si>
     <t>PROPÕE ALTERAÇÕES NA LEI MUNICIPAL Nº 3.926/2021 (CÓDIGO DE MEIO AMBIENTE DE ITAGUAÍ) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3478/pl_rua_do_grau.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3478/pl_rua_do_grau.pdf</t>
   </si>
   <si>
     <t>CRIA A RUA DO GRAU, ESPAÇO DESTINADO À PRÁTICA DE MANOBRAS COM MOTOCICLETAS</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3479/projeto_de_lei_jurandir.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3479/projeto_de_lei_jurandir.pdf</t>
   </si>
   <si>
     <t>Denomina oficialmente o logradouro público, conhecido Rua Flores localizado no bairro  Parque Paraiso neste município. como Rua Bimária Vidal Clemente</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3480/pl_rua_manoel_clementino.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3480/pl_rua_manoel_clementino.pdf</t>
   </si>
   <si>
     <t>Denomina oficialmente o logradouro público, conhecido Rua Engenheiro Ivan Mundim (antiga Estrada do Mazomba) localizado no bairro Mazomba neste Municipio, como Rua Diácono Manoel Clementino</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3486/pl_rafael_wofgramm.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3486/pl_rafael_wofgramm.pdf</t>
   </si>
   <si>
     <t>Denominada oficialmente o logradouro Público, conhecido Praça das Novinhas localizado no bairro Parque Paraiso neste município, como Praça SGT Rafael Wolfgramm Dias.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3487/projeto_de_lei__subsidio_secretarios.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3487/projeto_de_lei__subsidio_secretarios.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS DE ITAGUAÍ, PARA O MANDATO DE 2025 A 2028.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3518/pl_042_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3518/pl_042_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO MUNICIPAL - SECRETARIA MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3519/pl_043_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3519/pl_043_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO MUNICIPAL - FUNDO MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3539/pl_executivo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3539/pl_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÔE SOBRE A DENOMINAÇÃO OFICIAL DA SALA DE ESPETÁCULO DO TEATRO MUNICIPAL MARILU MOREIRA.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3540/pl_bate_bola_01.docx</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3540/pl_bate_bola_01.docx</t>
   </si>
   <si>
     <t>Declara como Patrimônio Cultural do povo Itaguaiense a Fantasia Carnavalesca Bate Bola (Clovis).</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3541/celso_maciel_de_oliveira-_campo_de_futebol.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3541/celso_maciel_de_oliveira-_campo_de_futebol.pdf</t>
   </si>
   <si>
     <t>Dá Denominação Oficial a Campo de Futebol Municipal.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3565/camscanner_08-08-2024_15.131.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3565/camscanner_08-08-2024_15.131.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE UM CENTRO DE HEMODINÂMICA PARA REALIZAÇÃO DE CATETERISMO E ANGIOPLASTIA NO HOSPITAL MUNICIPAL SÃO FRANCISCO XAVIER.</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3600/altera_a_lei_no_4.182-2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3600/altera_a_lei_no_4.182-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 4.182 DE 19 DE JULHO DE 2024.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3604/projeto_de_lei_003_-_educacao_financeira_e_empreendedorismo_nas_escolas.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3604/projeto_de_lei_003_-_educacao_financeira_e_empreendedorismo_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e implantação do Programa de Educação Financeira e Empreendedorismo no Município de Itaguaí e dá outras providências.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3605/selo_de_origem_artesanal_aos_produtos_alimenticios.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3605/selo_de_origem_artesanal_aos_produtos_alimenticios.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EMITIR O SELO DE ORIGEM ARTESANAL AOS PRODUTOS ALIMENTÍCIOS PRODUZIDOS NO MUNICÍPIO DE ITAGUAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3606/projeto_de_lei__reconhece_pcd_fibromialgia_no_ambito_municipal.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3606/projeto_de_lei__reconhece_pcd_fibromialgia_no_ambito_municipal.pdf</t>
   </si>
   <si>
     <t>RECONHECE AS PESSOAS COM FIBROMIALGIA COMO PESSOAS COM DEFICIÊNCIA (PCD) NO ÂMBITO DO MUNICÍPIO DE ITAGUAÍ E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3628/projeto_reconhecimento_de_utilidade_publica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3628/projeto_reconhecimento_de_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE O RECONHECIMENTO DE UTILIDADE_x000D_
 PUBLICA AO " COFEBRAS — CONSELHO FEDERAL_x000D_
 BRASILEIRO DE IGREJAS ORTODOXAS CRISTAS_x000D_
 HUMANISTAS, MINISTROS E JUIZES ECLESIASTICOS,_x000D_
 TEOLOGOS, CAPELAES E PSICANALISTAS CLINICOS",_x000D_
 NO MUNICIPIO DE ITAGUAI E DA OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3634/projeto_de_lei_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3634/projeto_de_lei_2024.pdf</t>
   </si>
   <si>
     <t>Denomina Oficialmente a Quadra de Futsal Municipal do Bairro Monte Serrat.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3635/projeto_de_lei_004_-_transporte_escolar.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3635/projeto_de_lei_004_-_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a autorização do uso do _x000D_
 transporte escolar municipal pelos alunos _x000D_
 do Ensino Médio residentes nos bairros Raiz _x000D_
 da Serra, Serra do Matoso, Estrada do _x000D_
 Caçador, Ibituporanga e divisa do município _x000D_
 de Itaguaí com Piraí, matriculados no _x000D_
 Colégio Estadual Professora Eliana de _x000D_
 Almeida Santos e dá outras providências.”</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3636/projeto_de_lei_005_-_troca_de_sinais_sonoros_nas_escolas.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3636/projeto_de_lei_005_-_troca_de_sinais_sonoros_nas_escolas.pdf</t>
   </si>
   <si>
     <t>“Determina a substituição dos sinais sonoros nos estabelecimentos de ensino de Itaguaí, a fim de não gerar incômodos sensoriais aos alunos com Transtorno do Espectro Autista (TEA).”</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3671/pl_56_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3671/pl_56_2024.pdf</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3685/projeto_de_lei_006_-_selo_escola_amiga_do_autismo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3685/projeto_de_lei_006_-_selo_escola_amiga_do_autismo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do "Selo Escola Amiga do Autismo", no âmbito do Município de Itaguaí e dá outras providências.</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3686/pl_josefina_kifer.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3686/pl_josefina_kifer.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO OFICIAL AO PRÉDIO PÚBLICO DA QUADRA MUNICIPAL POLIESPORTIVA LOCALIZADA NO COMPLEXO EDUCACIONAL PROFª DULCE DA SILVA FIGUEIRA EM PIRANEMA, COMO QUADRA MUNICIPAL POLIESPORTIVA JOSEFINA KIFER MOREIRA RIBEIRO.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3692/pl_059_2024_altera_a_lei_3.462_-_2017.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3692/pl_059_2024_altera_a_lei_3.462_-_2017.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 3.462 DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3694/pl_060_2024_plamtur.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3694/pl_060_2024_plamtur.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O PLANO MUNICIPAL DE TURISMO - PLAMTUR, COMO INSTRUMENTO INTEGRADO E NORTEADOR PARA O DESENVOLVIMENTO_x000D_
 DO TURISMO.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3696/pl_061_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3696/pl_061_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSTTIVOS NA LEI 3.481, DE 14 DE MARÇO DE 2017, QUE CRIA O SISTEMA MUNICIPAL DE_x000D_
 INFORMAÇOES E INDICADORES CULTURAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3698/loa_2025.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3698/loa_2025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAGUAÍ-RJ PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3704/pl_063_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3704/pl_063_2024.pdf</t>
   </si>
   <si>
     <t>DISPÔE SOBRE A REVISÃO DO PLANO PLURIANUAL 2022/2025, INSTITUÍDO PELA LEI nº 3.970, DE 07 DE OUTUBRO DE 2021.</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3782/pl_mensagen_19.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3782/pl_mensagen_19.pdf</t>
   </si>
   <si>
     <t>ALTERA E REPUBLICA O ANEXO DE METAS FISCAIS QUE COMPÕE A LEI Nº 4.178, DE 19 DE JULHO DE 2024 - LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO_x000D_
 PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3783/pl_mensagem_20.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3783/pl_mensagem_20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REPARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE ITAGUAÍ COM O SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3784/pl_mensagem_21.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3784/pl_mensagem_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE ITAGUAÍ COM O SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3787/pl_estrutura_organizacional_itaprevi.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3787/pl_estrutura_organizacional_itaprevi.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA BÁSICA  ORGANIZACIONAL DO ITAPREVI —  INSTITUTO DE PREVIDÊNCIA DOS  SERVIDORES DE ITAGUAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3788/pl_mnsgm_23_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3788/pl_mnsgm_23_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ITAGUAÍ A EFETUAR O PROTESTO DE CERTIDÃO DE DÍVIDA ATIVA, DE TÍTULO EXECUTIVO JUDICIAL DE QUANTIA CERTA; AUTORIZA, TAMBÉM, O REGISTRO PELO MUNICÍPIO DE DEVEDORES EM ENTIDADES QUE PRESTEM SERVIÇOS DE PROTEÇÃO AO CRÉDITO E/OU PROMOVAM CADASTROS DE DEVEDORES INADIMPLENTES; DISPENSA O AJUIZAMENTO DE EXECUÇÕES FISCAIS DE BAIXO VALOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3790/lei_joaquim_malaia.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3790/lei_joaquim_malaia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA DE CONSCIENTIZAÇÃO E CONTROLE DA DIABETES TIPO 1 EM CRIANÇAS E ADOLESCENTES</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3791/projeto_de_lei_007_-_vacinacao_domiciliar_para_autistas.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3791/projeto_de_lei_007_-_vacinacao_domiciliar_para_autistas.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a vacinação domiciliar das pessoas com autismo no âmbito do Município de Itaguaí e dá outras providências.”</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3182/projeto_decreto_legislativo_005_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3182/projeto_decreto_legislativo_005_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre A Concessão Do Reajuste Do Auxílio Transporte Dos Servidores Da Câmara Municipal De Itaguaí E Dá Outras Providências</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3273/projeto_decreto_legislativo_no_007_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3273/projeto_decreto_legislativo_no_007_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DOS TÍTULOS DE CIDADADÃO ITAGUAIENSE E CIDADÃO BENEMÉRITO ITAGUAIENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2961/resolucao_001_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2961/resolucao_001_2024.pdf</t>
   </si>
   <si>
     <t>Disciplina o uso dos espaços públicos da Câmara Municipal de Itaguaí, a Sala das Sessões e o Salão Nobre e dá outras providências.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2962/resolucao_002_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2962/resolucao_002_2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta o uso de Assinaturas Digitais no âmbito do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2963/resolucao_003_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2963/resolucao_003_2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta o uso dos veículos oficiais pertencentes à Câmara Municipal de Itaguaí, por parte dos Vereadores, Funcionários e para Representação Oficial e dá providencias.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2984/projeto_de_resolucao_004_2024_-_cpi_servicos_essenciais.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2984/projeto_de_resolucao_004_2024_-_cpi_servicos_essenciais.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO PARLAMENTAR DE INQUÉRITO NA CÂMARA MUNICIPAL DE ITAGUAÍ-RJ</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3107/projeto_de_resolucao_-_tratamento_favorecido_diferenciado_e_simplificado_para_as_microempresas_empresas_de_pequeno_porte.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3107/projeto_de_resolucao_-_tratamento_favorecido_diferenciado_e_simplificado_para_as_microempresas_empresas_de_pequeno_porte.pdf</t>
   </si>
   <si>
     <t>Regulamenta O Tratamento Favorecido, Diferenciado E Simplificado Para As Microempresas, Empresas De Pequeno Porte, Agricultores Familiares, Produtores Rurais Pessoa Física, Microempreendedores Individuais E Sociedades Cooperativas De Consumo Nas Contratações Públicas De Bens, Serviços E Obras No Âmbito Do Poder Legislativo.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3108/projeto_de_resolucao_-_fase_preparatoria_das_contratacoes.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3108/projeto_de_resolucao_-_fase_preparatoria_das_contratacoes.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre A Regulamentação Da Fase Preparatória Das Contratações Da Administração Pública Do Poder Legislativo, Inerente Aos Processos De Licitação, Dispensa E Inexigibilidade, Em Cumprimento Às Disposições Da Lei Federal Nº 14.133, De 1º De Abril De 2021, Que Estabelece A Lei Geral De Licitações E Contratos Administrativos.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3109/projeto_de_resolucao-_criterio_de_julgamento_por_menor_preco_ou_maior_desconto.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3109/projeto_de_resolucao-_criterio_de_julgamento_por_menor_preco_ou_maior_desconto.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre A Licitação Pelo Critério De Julgamento Por Menor Preço Ou Maior Desconto, Na Forma Eletrônica, Para A Contratação De Bens, Serviços E Obras, No Âmbito Da Administração Pública Do Poder Legislativo E Dá Outras Providências.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_resolucao-_enquadramento_dos_bens_de_consumo_nas_categorias_de_qualidade_comum_e_de_luxo.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_resolucao-_enquadramento_dos_bens_de_consumo_nas_categorias_de_qualidade_comum_e_de_luxo.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre O Enquadramento Dos Bens De Consumo Nas Categorias De Qualidade Comum E De Luxo, No Âmbito Da Administração Pública Do Poder Legislativo E Dá Outras Providências.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_resolucao_-_dispensa_eletronica.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_resolucao_-_dispensa_eletronica.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre A Dispensa De Licitação, Na Forma Eletrônica, De Que Trata A Lei Nº 14.133, De 1º De Abril De 2021, No Âmbito Da Administração Pública Do Poder Legislativo, E Dá Outras Providências.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3174/projeto_resolucao_010_2024-_cria_equipe_de_planejamento_da_contratacao.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3174/projeto_resolucao_010_2024-_cria_equipe_de_planejamento_da_contratacao.pdf</t>
   </si>
   <si>
     <t>Cria No Âmbito Da Administração Interna Da Câmara Municipal De Itaguaí, A Equipe De Planejamento Da Contratação, E Dá Outras Providências.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3482/projeto_de_resolucao_11_2024_subsidio_vereadores.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3482/projeto_de_resolucao_11_2024_subsidio_vereadores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE ITAGUAÍ, PARA A LEGISLATURA 2025 A 2028.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3511/projeto_de_resolucao_2024_-_membros_concurso_publico.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3511/projeto_de_resolucao_2024_-_membros_concurso_publico.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO PRIMEIRO DA RESOLUÇÃO 020/2022 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3521/resolucao_013_2024_-_relatorio_final_da_cpi_servicos_esseincias.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3521/resolucao_013_2024_-_relatorio_final_da_cpi_servicos_esseincias.pdf</t>
   </si>
   <si>
     <t>APROVA O RELATÓRIO FINAL DA COMISSÃO PARLAMENTAR DE INQUÉRITO 001/2024, INSTITUIDA PELA RESOLUÇÃO 004/2024 E DESIGNADA PELA PORTARIA 044/2024 DA CÂMARA MUNICIPAL DE ITAGUAÍ-RJ</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3601/projeto_de_resolucao_no_14_-_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3601/projeto_de_resolucao_no_14_-_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 011 DE 2024.</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
     <t>RelFI</t>
   </si>
   <si>
     <t>Relatório Final</t>
   </si>
   <si>
     <t>CPI0012024 - CPI 001 2024</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3520/relatorio_final_cpi_001_2024.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3520/relatorio_final_cpi_001_2024.pdf</t>
   </si>
   <si>
     <t>Relatório Final da Comissão Parlamentar de Inquérito 001/2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -10527,67 +10527,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3010/ata_s.o._1p_2024_06-02-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3028/ata_s.o._2p_2024_20-02-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3047/ata_s.o._3p_2024_27-02-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3091/ata_s.o._4p_2024_05-03-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3100/ata_s.o._5p_2024_12-03-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3151/ata_s.o._6p_2024_19-03-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3178/ata_s.o._7_1p_2024_26-03-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3235/ata_s.o._8_1p_2024_09-04-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3236/ata_s.o._9_1p_2024_11-04-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3258/ata_s.o._10_1p_2024_18-04-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3272/ata_s.o._11_1p_2024_25-04-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3300/ata_s.o._12_1p_2024_30-04-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3316/ata_s.o._13_1p_2024_09-05-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3356/ata_s.o._14_1p_2024_16-05-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3378/ata_s.o._15_1p_2024_23-05-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3427/ata_s.o._16_1p_2024_28-05-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3436/ata_s.o._17_1p_2024_04-06-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3485/ata_s.o._18_1p_2024_18-06-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3542/ata9a_s.e._-19-07-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3551/ata_s.o._20_1p_2024_06-08-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3581/ata_s.o._21_1p_2024_13-08-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3603/ata_s.o._22_2p_2024_27-08-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3643/ata_s.o._23_2p_2024_10-09-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3687/ata_s.o._24_2p_2024_10-10-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3701/ata_s.o._25_2p_2024_17-10-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3731/ata_s.o._26_2p_2024_29-10-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3780/ata_s.o._27_2p_2024_14-11-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3781/ata_s.o._28_2p_2024_26-11-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3807/ata_s.o._29_2p_2024_10-12-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3830/ata_s.o._30_2p_2024_19-12-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2994/ata1a_s.e._-16-01-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2995/ata2a_s.e._-23-01-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3048/ata3a_s.e._-27-02-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3152/ata4a_s.e._-19-03-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3179/ata5a_s.e._-26-03-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3317/ata6a_s.e._-09-05-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3437/ata7a_s.e._de_2024_04-06-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3543/ata8a_s.e._-27-06-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3544/ata9a_s.e._-19-07-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3582/ata10a_s.e._-13-08-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3644/ata11a_s.e._-10-09-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3702/ata12a_s.e._-17-10-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2993/ata_s.e.j._cep_004__02-02-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3548/ata_s.e.j._cpi_001_2024__01-08-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2987/ata_s.s.i.__1_periodo_02-02-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3094/ata_s.s.__premio_mcc_mulher_dinamica_08-03-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3545/ata_s.s.e.__1_periodo_27-06-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3546/ata_s.s._206_anos_05-07-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3547/ata_s.s.i.__2_periodo_01-08-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3026/mensagem_002_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3098/mensagem_004_2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3101/mensagem_003_2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3292/mensagem_005_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3293/mensagem_006-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3294/mensagem_007-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3430/mensagem_08_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3449/mensagem_009_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3516/mensagem_011_2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3517/mensagem_012_2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3538/mensagem_10_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3691/mensagem_013_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3693/mensagem_014_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3695/mensagem_015_2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3697/mensagem_017_2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3703/mensagem_018_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3769/mensagem_019_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3770/mensagem_no_020_2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3771/mensagem_021_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3785/mensagem_no_22_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3786/mensagem_no_23_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2998/mocoes_legislativa_fabricio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2999/mocoes_legislativa_mario.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3004/indicacao_adem_santidade_fogo_e_gloria.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3016/requerimento_mocao_ingrid_bazil.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3019/mocoes_legislativa_rodolpho.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3032/rodrigo_viana.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3043/camscanner_26-02-2024_17.12_1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3049/mocao_salgado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3065/mocao_sophia_telecom.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3074/mocoes_legislativa_-_marcos_luis_da_silva.pdf.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3104/novo_documento3.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3105/mocao_rayssa.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3106/mocao_orion_moreira_e_pereira.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3112/mocao_eduardo_eugenio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3129/camscanner_15-03-2024_11.30.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3130/mocoes_legislativa_-_bispo_shintoku_macedo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3131/mocoes_legislativa_-_cap._pm_-_aroni.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3134/cristina.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3135/runner.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3148/sergio_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3153/leandro_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3154/mocao_maythe-4.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3155/requerimento_mocao_fabiano_costa.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3156/camscanner_15-03-2024_11.31_2.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3157/camscanner_15-03-2024_11.32.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3158/mocao_lucas_assad_nakano.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3159/mocao_taiana_azevedo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3160/mocao_linda_jennifer.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3180/leonardo_walace.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3181/alan_1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3183/camscanner_15-03-2024_11.29_1.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3184/mocao_cb_orpides.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3185/eduardo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3186/orion.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3187/mocao_dra._nandara_paiva.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3231/mocao_associacao_o_aprisco._1.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3232/jhonny_lima.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3233/mocao_hercilia.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3234/mocao_vitor.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3241/mocao_tiago_silas_carlos_mariano_da_silva.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3245/mocao.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3257/img_0001.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3260/mocao_-_sr_jorge_vanilda.doc_pdf.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3288/pr_daniel.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3289/bolzan1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3290/mocao_do_professor_sro_gilmar_farto_fernandes.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3301/pr_felix.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3332/mocao_jessicaalves.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3337/mocao_do_lexandre.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3362/mocao_de_congratulacoes_e_elogios_gustavo_kifer.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3390/mocao_241.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3380/mocao_ao_sr._wanderley_moreira_lins_junior_241.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3389/aborto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3399/mocao_do_sr._jorge_luiz_comandante.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3400/indicacao_hoje.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3379/mocao_241.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3401/mocao_do_sr.abraao_siqueira.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3402/mocao_gigi_castilho.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3403/mocao_manoel_adelino_lemos_filho.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3404/mocao_claudecir_silva_faustino.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3443/mocao_ao_1o_sgt_marcio_vinicius_pereira.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3444/mocao_felipe_oliveira.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3451/mocao_giullia_lazarine.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3466/rafaela.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3467/mocao_pastor_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3477/francidelia_mocao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3481/joao_jose.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3488/tatiana_mocao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3489/mocoes_diogo_felipe_lopes.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3501/mocao_eduardo.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3504/mocao_pastor_ricardo_torquato.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3522/mocao_amanda.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3523/mocao_anna_carolinne.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3531/mocao_de_congratulacoes_ao_sr._jose_roberto_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3532/sr._luis_carlos__eler.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3533/mocao_pastora_priscila.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3534/requerimento_da_ferreira.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3557/requerimento_de_mocao.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3558/valdinei_dos_santos_miranda.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3559/imagem_digitalizada.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3587/mocao_michael_miranda_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3596/cesar.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3609/pierrepdf.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3610/raphaela_bernardo_mocao.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3622/mocao_luana_1a_ten.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3623/segio_3a_sargento.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3625/mocao_para_ao_sr._didimo__ferreira_homem.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3626/requerimento.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3658/mocao_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3659/mocao_pimentel_2.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3660/requerimento_mocao.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3661/maj._pm_maria_luiza_lopes_pinto.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3662/requerimento_de_mocao_cap._marco_luiz_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3663/rainer_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3664/mocao__major__julio_cesar_alves_da_silva.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3665/mocao_pastor_josias_da_silva_ferreira.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3666/mocao_pastor_davi_silva_cabral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3667/sr_luis_candido.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3668/mocao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3675/jose_ananias_pdf.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3678/mocao_cosme__jose.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3679/carlos_henrique..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3682/mocao_pastor_walbedir_de_souza_junior.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3689/mocao_ricardo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3690/mocao_jose.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3712/mocao_jacson_g._g_da_costa.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3718/mocao__julio_cesar.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3719/andre__luiz.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3732/mocao_ao_comandante_do_destacamento.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3733/mocao_julio_cesar_comandante_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3734/mocao_bianca_reis.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3735/mocao_maysa_almeida.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3767/tarco_1.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3768/jerry.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3773/mocao_dr.renato_tadashi.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3774/mocao_jair_pinto_de_farias.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3775/mocao_johnny_de_jesus_farias_costa.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3794/mocao_valdeir_funeraria.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3795/mocao_liliane_da_silva.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3796/mocao_layra.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3816/rafaela.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3817/mocao_de_congratulacoes_e_elogios_maria__heloisa_aguiar.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3818/mocao_luciano_cemes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3819/vo_sena.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3828/mocao_13_dezembro.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3831/mocao_rosilene.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3832/mocao_de_elogios_renato_cesar_cunha.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3833/bruno_jorge_ferreira_santos__luiz.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2974/indicacao_001.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2975/indicacao_002.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2976/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2977/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2978/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2979/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2980/indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2981/indicacao_008.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2996/indicacao_jardim_weda.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3005/av_ponte_preta.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3002/indicacao_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3003/indicacao_01_-_solicitando_parceria_com_a_petrobras_para_fornecimento_de_manta_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2997/indicacao_sem_terra.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3006/indicacao_014_2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3007/indicacao_015_2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3008/indicacao_limpeza.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3009/indicacao_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3011/limpeza_e_rocada_na_av._decio_muniz.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3012/limpeza_e_rocada_na_praca.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3013/indicacao_020_2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3014/indicacao_021_2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3017/indicacao_asfaltamento_2.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3018/indicacao_-_rua_joao_gonzales_certo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3020/iluminacao_rua_domingos_bento.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3021/redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3022/indicacao_004_-__tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3023/indicacao_002_-_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3024/indicacao_05_-_retirada_de_entulhos_na_rua_nicanor_teixeira.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3025/indicacao_02_-_construcao_de_praca_no_brisamar_no_lado_que_fica_a_rede_ferraz_pneus.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3027/indicacao_01_vinicius.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3030/oficio_troca_de_manilia_e_desentupimento.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3031/reparo_de_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3045/iluminacao_publica_1.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3046/limpeza_na_est._luiz_olavo.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3053/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3054/indicacao_rio_da_guarda.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3055/indicacao_008_-_limpeza_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3056/indicacao_010_-_asfaltamento.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3057/02_-_iluminacao_rua_guilherme_serrano_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3058/01_-_limpeza_e_rocada_itingucu.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3059/climatizacao_das_capelas.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3060/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3061/indicacao_03_-_pintura_horizontal_de_quebra-molas_joao_rosa_gonzales.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3062/indicacao_04_-_que_viabilize_a_a_troca_das_lampadas_por_toda_a_extensao_da_rua_27_-_bairro_teixeira..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3063/indicacao_ibirapitanga_3.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3064/indicacao_limpeza_e_poda_bairro_mangueira.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3066/tronco_vila_margarida_rua_augusto.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3067/ponte_final_da_reta.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3068/reparo__tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3069/limpeza__rocada.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3070/01.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3071/03.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3072/retirada_de_entulho_engenho_manoel_santos.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3073/retirada_de_entulho_engenho.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3075/04_-_tapa-buraco_na_rua_antonio_cesario_alves.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3076/03_-_limpeza_e_retirada_de_entulhos_na_rua_antonio_cesario_alves.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3077/oficio_05.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3078/04.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3079/limpeza_na_rua_helena_galliaco.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3080/limpeza_na_rua_tangaras.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3081/camscanner_28-02-2024_12.07_1.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3082/fusion.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3083/colocacao_de_manilhas.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3084/retirada_de_entulho_predios.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3085/indicacao_009_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3086/indicacao_006_-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3087/indicacao_06_-__que_viabilize_o_reconhecimento_das_travessias_da_rua_k_como_ruas_oficias_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3088/indicacao_07_-_instalacao_de_brinquedos_e_aparelhos_de_ginastica_praca_do_pneu_-_jardim_america.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3089/revitalizacao_praca_das_kombis_26_dezembro.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3090/indicacao_rua_gloria_b._monte_serrat.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3092/limpeza__rocada.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3093/indicacao_troca_de_lampadas_jd_america.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3113/iluminacao_publica_da_rua_francisco_de_assis.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3114/iluminacao_na_rua_vigia.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3115/indicacao_007_-_instalacao_de_postes.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3116/indicacao_005_-__troca_de_lampada.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3117/08.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3118/08.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3119/indicacaobueiro_a__rua_sacramento.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3120/indicacao_operacao_tapa_buraco_mangueira.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3121/indicacao_08_-_desentupimento_de_esgoto_rua_miguel_de_castro_fernandes.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3122/indicacao_09_-__desentupimento_de_esgoto_na_rua_esperanto_-_.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3123/07_-_retirada_de_um_enxame_de_abelhas_na_rua_antonio_matheus.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3124/desobstrucao_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3125/reparo_asfaltico_em_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3126/08_-_limpeza_e_retirada_de_entulhos_na_rua_nilson_francisco_cavalheiro.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3149/troca_de_lam._safira_1.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3150/troca_de_lam._perola_1.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3161/rocada_safira.2.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3162/rocada_e_limpeza_estrada_do_leandro......pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3163/indicacao_de_retirada_de_lixo.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3164/indicacao_de_passagem_da_maquina_patrol.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3165/indicacao_001_-_asfaltamento.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3166/capina_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3167/capina_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3168/10.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3169/17.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3170/indicacao_construcao_creche.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3171/indicacao_revitalizacao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3172/indicacao_003_-__tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3173/05_-_aumento_de_carga_eletrica_na_escola_municipal_maria_guilhermina.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3188/16.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3189/12.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3190/reparo_de_bueiro_engenho.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3191/tapa_buraco_26_de_dezembro.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3192/iluminacao_publica_na_rua_gracelina.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3193/indicacao_limpeza_e_manutencao.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3194/camscanner_01-04-2024_16.22.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3195/camscanner_01-04-2024_16.37.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3196/indicacao_016_-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3197/indicacao_012_-_limpeza_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3199/implementado_programa__para_registro_geral__de_animais_atraves_de_chips_e_sistema_eletronico..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3201/induicacao_lampada_leandro_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3202/indicacao_praca_nadir_vargas_b_santana.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3203/indicacao_buracos_engenho_mario_cicarino.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3204/indicacao_08_-_carro_fumace_por_toda_a_extensao_do_bairro_teixeira.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3205/09_-_poda_de_arvore_na_rodovia_rio_santos_lote_04_quadra_102_no_bairro_mangueira.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3206/indicacao_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3207/desobstrucao_de_manilha.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3211/indicacao_limpeza_das_valas_e_bueiros_da_rua_tangaras.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3212/indicacao_limpea_das_valas_e_bueiro_d_rua_helena_galiaco_prata.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3217/13_-_manutencao_e_troca_das_manilhas_da_rua_domingos_cicarino_ciufo_na_altura_do_lote_06_no_bairro_parque_paraiso.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3218/14_-_limpeza_e_retirada_de_entulhos_na_rua_sao_domingos_na_altura_do_numero_07_no_bairro_jardim_america.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3219/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3220/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3221/reparo_asfaltico_vicente_cicarino.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3222/operacao_tapa_buraco_rua_13_certo.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3223/rede_de_esgoto_rua_safira............pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3224/esgoto_perola.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3225/indicacao_014_-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3226/indicacao_011_-_limpeza_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3227/indicacao_buraco_landulfo_alves.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3228/indicacao_buracos_engenho_m_a_godinho.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3229/18.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3230/15.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3237/indicacao_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_limpeza_na_rua_julio_delamare_engenho.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3239/12_-_a_manutencao_do_asfalto_com_recapeamento_e_tapa-buraco_na_rua_domingos_cicarino_ciufo_na_altura_do_lote_06_no_bairro_parque_paraiso.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3240/15_-_manutencao_do_asfalto_com_recapeamento_e_tapa-buraco_na_rua_maria_candida_na_altura_do_lote_10_quadra_03_no_bairro_monte_serrat.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3242/sinalizacao_transito.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3243/desobstrucao_de_bueiro_jardim_america.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3244/limpeza_de_calcada_california_.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3246/projeto_do_hospital_da__mulher__e__maternidade.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3247/rede_de_esgoto_leandro.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3248/galerias_na_travessia_tucuma.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3249/indicacao_clinica_familia_coroa_grande.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3250/13.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3251/19.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3256/construcao_de_galeria.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3254/poda_de_arvore_generalbocaiuva_ver_fabinho.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3255/iluminacao_publica_brisamar_ver_fabinho.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3252/indicacao_limpeza.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3259/operacao.tapa.buraco.brisamar.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3261/indicacao_015_-_limpeza_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3262/indicacao_013_-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3263/ruas_a_e_b_vila_margarida.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3264/indicacao_de_hospita_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3265/11.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3266/20_ok.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3267/iluminacao_publica_e_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3268/limpeza_na_ru_luiz_machado_correa_brisamar.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3269/indicacao_08_-_retirada_de_entulhos_na_rua_capitulina_sereno_da_silva_ao_lado_do_bar_da_eliana.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3270/09_indicacao_-_troca_de_lampadas_rua_jose_maria_de_brito.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3274/10_-_limpeza_e_desobstrucao_da_manilha_existente_na_rua_9_na_altura_do_lote_02_no_bairro_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3275/11_-_limpeza_e_desobstrucao_das_manilhas_existente_na_rua_iracema_de_alencar_no_bairro_engenho.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3276/retirada_de_entulhos_brisamar1.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3277/recapeamento_asfaltico_arypareira.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3278/iluminacao_reta.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3279/iluminacao_rua_jose_pinto_engenho.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3280/praca_dos_pneus_na_rua_canada_oeste_bairro__jardim_america.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3281/indicacaooperacao_tapa__buracos_engenho_joaquim_canuto.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3282/retirada_de_entulho.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3283/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3284/14.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3285/09.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3286/indicacao__iluminacao_publica_na_rua_vila_um_26_de_dezembro.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3287/manutencao_do_alambrado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3298/revitalizacao_da_praca.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3299/manutencao_do_asfalto_rua_ivo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3302/limpeza_de_muros_e_calcadas-centro.docx.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3303/reparo_de_bueiro_reta.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3304/retirada_de_lixo_do_colegio.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3305/asfaltamento_da_rua_thieres.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3306/rua_canada_oeste_jardim_america.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3307/indicacao_operacao_tapa__buracos_rua_jose_pintobairro_centro.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3308/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3309/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3310/desobstrucao_com_poda__rocagem_e_limpeza_na_rua_tupinambas_santa_candida.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3315/tapa_buraco__por_tod_extensao_ds_rua_jose_acir_medeiros.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3325/17_-_limpeza_e_retirada_de_entulhos_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3326/16_-_poda_de_arvore_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3331/centro_poliesportivos_brisamar.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3328/iluminacao_publica_amelia_louzada.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3329/e_m_renato_goncalves.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3330/cobertura_asfaltica_bairro_centro.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3333/retirada_de_entulho.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3334/retirada_de_lixos_na_rua_guia_lopes.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3335/indicacao_podas_vila_geni.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3336/indicacao_rua_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3352/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3353/limpeza_na_rua_lygia.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3355/indicacao_64_-_solicitando_programa_especial_para_criancas_autistas_nas_ferias_escolares.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3327/bueiro.amelia.wps.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3357/pavimentacao_rua_beco_do_corredor.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3358/20_-_limpeza_e_retirada_de_entulhos_na_rua_sao_francisco_na_altura_do_lote_13_quadra_113_no_bairro_california.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3359/22_-_manutencao_e_desobstrucao_dos_bueiros_existentes_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3360/colocacao_de_manilhas.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3361/deslocamento_de_agente_de_transito.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3363/retirada_de_entulho_no_centro.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3364/limpeza_de_calcada_bairro_engenho.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3366/revitalizacao_da_escola_no_jardim_weda.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3367/revitalizacao_de_canteiro.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3368/indicacao_limpezarocada_e_poda_das_arvores_v_geni.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3369/indicacao_operacao_tapa__buracos_rua_18.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3370/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3375/indicacao_rua_18_qd48_lt_07_vilar_dos_coqueiros_vila_geni.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3376/indicacao_estrada_engenheiro_ivan_mundim_mazomba.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3381/24_-_manutencao_das_calcadas_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3382/18_-_manutencao_e_desobstrucao_do_bueiro_existente_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3383/refletor_amelia_louzada.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3384/iluminacao_rua_23_brisamar.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3385/guardadores_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3386/restauracao_de_patrimonio_historico.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3387/banheiros_quimicos_na_expo.docx.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3388/troca_de_manilhas-_engenho.docx.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3391/bueiro_orla_coroa_grande.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3392/indicacao_construcao_praca_mangueira2.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3393/reforma_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3394/realizacao_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3395/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3396/indicacao.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3397/indicacao__colocacao_de_tampas___de__bueiro_na_rua_sao_jorge_bairro_vila_geni.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3398/indicacao_para_passagem_de_maquina_patrol_na_rua_italo_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3411/10_-_manutencao_e_troca_de_manilha1.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3412/29_-_retirada_de_uma_arvore_na_rua_antonio_cezario_alves_na_altura_da_casa_27_no_bairro_parque_paraiso.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3413/operacao.tapa.buraco.santabarbara.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3414/reforma_quadra_jardim_mar.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3415/instalacao_de_unidade_do_procon.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3416/instalacao_de_polo_gastronomico.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3417/rocagem_atras_do_cefet_em_toda__extensao_da_via.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3418/iluminacao__publica_-__engenho.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3419/tapa_buraco_chapero.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3420/revitalizacao_praca_monte_serrat.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3421/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3422/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3423/bairro_somel_rua_paes_ferreira.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3424/praca_jardim_america_rua_buenos_aires.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3439/rua_tranversal_39_entulho.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3440/iluminacao_rua_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3441/reparo_praca_mazomba_6158.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3442/reparo_asfaltico_esquina_oscar.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3445/indicacao_030_-__tapa_buracos.docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3446/indicacao_031_-_revitalizacao_praca.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3447/passagem_da_maquina_patrol_na_rua_vinte_e_oito_bairro_santa_candida.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3448/troca_de_lampada_em_poste_de_iluminacao_publica_na_rua_santa_cecilia_no_72_bairro_jardim_weda.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3452/31.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3453/30.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3468/colocacao_de_lixeiras_-_centro.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3469/colocacao_de_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3470/indicacao_restaurante_popular.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3471/indicacao_rua_saturno.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3475/indicacao_10_-_solciitando_a_construcao_de_uma_praca_no_cacao.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3476/indicacao_11_-_criacao_moeda_social.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3490/tapa_buraco_chapero_certo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3491/iluminacao_bairro_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3492/limpeza_e_rocada_em_chapero.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3493/retirada_de_lixo_na_est_do_teixeira.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3494/indicacao_rua_mario_telles_b_mangueira.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3495/rua_dezoito_chapero.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3496/29.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3497/32.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3498/troca_de_tampa_de_bueiro_em_santa_candida.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3499/iluminacao_na_rua_professora_maxima_bairro_jardim_weda.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3502/praca_sintetico_brisamar.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3503/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3524/26_-_poda_de_arvore_na_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3525/31_-_poda_de_arvore_na_rua_26_n_75_quadra_27_no_bairro_brisamar.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3526/implementacao_de_patio_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3527/reparo_asfaltico_engenho.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3528/tapa_buraco_chapero.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3529/saneamento_av._sapucaia_brisamar.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3530/iluminacao_na_av._sapucaia_5d-_brisamar.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3535/indicacao_033_-_asfaltamento.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3536/bairro_somel_rua_sao_jorge.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3537/bairro_somel_rua_coronel_alziro.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3549/iiuminacao_publica_por_toda_extensao_da_rua_sao_francisco_xavier_-bairro_monte_serrat..pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3550/indicacao_10_-_reparo_no_esgoto.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3552/candido_cardoso_bueiro.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3553/19_-_limpeza_e_rocada_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3554/21_-_limpeza_e_rocada_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3555/limpeza_e_retirada_de_entulhos-centro.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3556/solicitacao_de_troca_de_lampada__bairro_engenho.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3560/tampa_bueiro_estrada_teixeira.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3561/troca_tampa_bueiro_rua_jose_rufino.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3562/bairro_somel_rua_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3563/bairro_somel_rua_vinte_e_quatro_de_junho.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3564/centro_hemodinamica.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3568/regulamentacao_de_peso_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3573/limpeza_na_rua_manaca.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3575/limpeza_de_bueiros_na_rua_francisco_simoes_de_souza.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3583/28_-_manutencao_e_troca_das_manilhas_da_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3584/25_-_manutencao_dos_bueiros_existentes_na_rua_domingos_acacio_de_oliveira_na_altura_do_lote_153_no_bairro_centro.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3585/tapa_buraco_chapero_b.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3586/iluminacao_bairro_parque_paraiso.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3588/retirada_de_entulho_rua_manuel_da_paixao.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3589/retirada_entulho_rua_benito_juarez.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3590/bairro_somel_rua_sao_jorge.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3591/bairro_somel_rua_sao_gabirel.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3592/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3593/indicacao_4.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3594/poda_de_arvore_na_rua_xavantes.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3597/indicacao_11_-_colocar_agua_nos_vestiarios_na_quadra_doteixeira.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3598/indicacao_15_-_colocacao_de_placas_de_carga_e_descarga_na_rua_padre_izidro.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3607/27_-_limpeza_e_rocada_na_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3608/23_-_manutencao_do_asfalto_com_recapeamento_e_tapa-buraco_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3624/manilhas_amendoeira.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3612/limpeza_e_dragagem_amendoeira.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3613/semana_de_conscientizacao_de__violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3614/semana_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3615/argentina_coutinho.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3616/posto_mazomba.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3617/indicacao_039_-_asfaltamento.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3618/indicacao_041_-_troca_de_lampada.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3619/rua_darci_teixeira.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3620/indicacao_rua_saturno_quebra_mola.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3621/rua_mario_teles.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3645/30_-_manutencao_da_iluminacao_publica_na_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3646/32_-_pavimentacao_e_construcao_de_saneamento_na_rua_radialista_paulo_de_carvalho_no_bairro_parque_primavera.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3647/praia_salina_lombada.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3648/pavimentacao_rua_perola.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3649/reparo_asfaltico_padaria_california.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3650/iluminacao__publica_-__jardim_laia.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3651/indicacao_65_-_troca_de_lampadas_na_rua_a_vila_margarida.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3652/indicacao_040_-_troca_de_lampada.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3653/troca_de_lampada_ivo_ciufo.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3654/indicacao_farmacia_popular_24_horas.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3655/33_ok.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3656/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3657/indicacoa_de_limpeza_na_rua_francisco_costa_pereira.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3672/indicacao_van_da_saude_na_escola.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3673/indicacao_cartao_educacao.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3611/rua_domingos_felix_vidal.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3674/recapeamento_jose_maria_de_brito.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3676/linha_de_onibus_municipal.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3677/centro_de_referencia_para_deficientes.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3680/av_ponte_preta_galeria.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3681/rua_orlando_silva_2.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3683/36.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3684/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3688/iluminacao__publica_-__engenho_05.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3705/perola_poda_de_arvore_e_iluminacao_publica_.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3706/safira_poda_manutencao_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3707/reparo_de_bueiro_centro.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3708/indicacao_70_-_reforma_completa_da_praca_do_ciep_-_bairro_santana.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3709/indicacao_68__-_solicitando_programa_de_turismo_ecologico_que_promova_passeios_pelos_afluentes_da_bacia_do_guandu_e_pela_baia_de_sepetiba.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3710/indicacao_042_-_manutencao_do_telhado_da_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3711/indicacao_043_-__retirada_de_entulhos.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3713/av_ponte_preta_asfalto.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3714/portao_e._tereza_sagario.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3716/img_0002.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3717/img_0003.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3727/indicacao_via_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3736/calcada_betoca.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3737/reparo_bueiro_engenho.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3738/iluminacao_publica_rua_coronel_macedo_soares.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3739/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3740/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3741/iliminacao_esquina_rua_padre_vegezze.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3742/retirada_de_entulho_engenho_proximo_a_godega.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3743/indicacao_69_-_reforma_completa_da_praca_juscelino_batista_oliveira__otochock.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3744/indicacao_67_-_mutirao_de_limpeza_por_toda_a_extensao_do_bairro_vila_margarida.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3745/indicacao_045_-__tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3746/indicacao_046_-_limpeza_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3747/rua_vereador_darcy_teixeira_fontes.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3748/rua_antonio_ferraz.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3749/indicacao_quadra_cras_brisamar_29.10.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3750/indicacao_ar_escola_argentina_coutinho_29.10.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3762/iluminacao_rua_da_creche.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3763/resolucao_de_problemas_de_alagamento.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3764/indicacao_044_-_asfaltamento.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3765/rua_antonio_cesario_parque_paraiso.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3772/indicacao_rocada_no_bairro_26_de_dezembro.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3776/retirada_de_entulho_rua_estados_unidos_07.11.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3777/limpeza_com_rocada._rua_estados_unidos_07.11.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3789/iluminacao_senhor_bonfim.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3792/entulhos_rua_coronel_macedo_soares.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3766/rua_helio_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3793/indicacao__rua_sebastiao_vieira.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3806/indicacao_64_-_contra_mao_na_rua_presid._castelo_branco_-_bairro_teixeira.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3808/retirada_entulhos_manoel_araujo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3809/rretirada_entulhos_engenho.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3810/cacamba_de_lixo.docx.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3812/rua_almirante_barroso.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3813/rua_thieres_teixeira_leite.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3814/indicacao_quadra_maria_guilhermina_29.10.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3815/iluminacao_rua_mario_teles_12.11.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3029/emenda_ao_pl_004_2024.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3365/emenda_ao_projeto_de_lei_22_-_ldo_2025_-_vereador_jocimar_do_cartorio_-.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3405/emenda_pl_22_2024_fabinho_rocha.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3406/emenda_a_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3407/emenda_a_ldo_haroldo_jesus.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3408/emenda_a_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3409/emenda_a_ldo_22.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3410/emenda_a_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3426/emendas_a_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3778/emenda_a_loa_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3779/emenda_a_loa_haroldo_jesus.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3291/veto_001-2024_ao_pl_08.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3033/parecere_ccjr__pl_006_2024.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3034/parcer_ccjr_pl_008_2024.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3035/parcer_cfocpc_pl_006_2024.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3036/parcer_cfocpc_pl_008_2024.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3037/parcer_ccjr_pl_004_2024.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3038/parcer_cfocpc_pl_004_2024.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3039/parecer_cdm_pl_004_2024.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3040/parcere_ccjr_pl_13_2024.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3041/parcere_cfocpc_pl_13_2024.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3042/parecere_cec__pl_006_2024.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3095/parecer_ccjr_pl_009_2024.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3096/parecer_ccjr_pl_011_2024.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3097/parecer_cfocpc_pl_009_2024.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3127/parecer_cvt_pl_009_2024.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3136/parecer_ccj_pl_15_2024.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3137/parecer_ccj_pl_16_2024.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3138/parecer_ccjr_pl_10_2024.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3139/parecer_ccjr_pl_010_2024.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3140/parecer_ccjr_pl_12_2024.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3142/parecer_cfopc_pl_15_2024.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3141/parecer_cfopc_pl_16_2024.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3143/parecer_ccj_pl_17_2024.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3144/parecer_cfocpc_pl_17_2024.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3145/parecer_cs_pl_15_2024.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3146/parecer_cs_pl_16_2024.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3147/parecer_vt_pl_17_2024.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3176/parecer_ccjr_pe_1_2024.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3177/parecer_cfocpc_pe_1_2024.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3198/cfopc_005-2024.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3208/cfopc_pl_010-2024.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3209/cfopc_011-2024.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3210/cfopc_pl_018-2024.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3216/parecer_cfocpc_pl_012_2024.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3253/parecer_cecpl_05_2024.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3311/parecer_ccjr_23_pl_09_05_2024.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3313/parecer_cfocpc_23_pl_09_05_2024.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3338/parecer_ccjr_pl_19_2024.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3339/parecer_ccjr_pl_20_2024.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3340/parecer_ccjr_pl_21_2024.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3342/parecer_ccjr_pdl_7_2024.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3343/parecer_cjcr_pl_22_2024.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3344/parecer_ccjr_pl_24_2024.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3345/parecer_cfocpc_pdl_7_2024.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3346/parecer_cfocpc_pl_019_2024.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3348/parecer_cfocpc_pl_20_2024.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3347/parecer_cfocpc_pl_21_2024.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3349/parecer_caas_pl_10_2024.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3350/parecer_caas_pl_011_2024.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3351/parecer_caas_pl_012_2024.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3435/parecer_cacaj_pl_12_2024.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3438/pl_14_2024_assinado_ccjr.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3454/pl_29_2024_assinado_ccjr.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3455/parecer_ccjr_pl_25_2024.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3456/parecer_ccjr_pl_26_2024.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3472/parecer_pl_27_2024_assinada.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3473/parecer_cfocpc_pl_27_2024.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3474/parecer_cfocpc_pl_29_2024.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3483/parecer_cfocpc_pl_25_2024.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3484/parecer_cfocpc_pl_26_2024.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3505/parecer_cjcr_pl_30_2024.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3506/parecer_cjcr_pl_31_2024.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3508/parecer_ccjr_pr_011_2024.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3509/parecer_cfocpc_pl_41_2024.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3566/parecer_ccjr_pl_33_2024.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3567/parecer_cfocpc_pl_33_2024.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3569/parecer_ccjr_pl_42_2024.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3570/parecer_cfocpc_pl_42_2024.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3571/parecer_ccjr_pl_43_2024.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3572/parecer_cfocpc_pl_43_2024.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3577/parecer_pl_36_2024_financas_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3578/precer_pl_39_2024_financas_assinado.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3602/parecer_pl_37_ccjr_assinado.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3627/parecer_cjcr_pl_46_2024.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3632/pareceres__cfocpc_pl_48_2024.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3633/parecer_cfocpc_pl_46_2024.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3638/parecer_cjcr_pl_47_2024.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3639/parecer_cjcr_pl_34_2024.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3640/parecer_cfocpc_pl_34_2024.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3641/parecer_cmadus_pl_36_2024.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3642/parecer_cfocpc_pl_14_2024.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3669/parecer_csaude_pl_14_2024.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3699/parecer_ccjr_pl_56.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3700/parecer_cfocpc_pl_56.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3715/parecer_cel_25_2024.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3720/parecer_ccjr_49.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3721/parecer_ccjr_50.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3722/parecer_ccjr_51.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3723/parecer_ccjr_53.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3724/parecer_ccjr_55.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3725/parecer_el_pl_26_2024.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3728/parecer_ccjr_pl_07_2024.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3729/parecer_cfocpc_pl_007_2024.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3730/parecer_cfocpc_pl_047_2024.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3758/parecer_cfocpc_pl_055_2024.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3759/parecer_cfocpc_pl_053_2024.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3760/parecer_cfocpc_pl_051_2024.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3761/parecer_cfocpc_pl_49_2024.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3797/parecer_cfocpc_pl_060_2024.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3798/parecer_cfocpc_pl_061_2024.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3799/parecer_cfocpc_pl_063_2024.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3801/parecer_cfocpc_pl_50_2024.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3802/parecer_cfocpc_pl_54_2024.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3803/parecer_cfocpc_pl_57_2024.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3804/parecer_cfocpc_pl_58_2024.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3811/parecer_cecpl_49_2024.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3836/parecer_cfocpc_pl_066_2024.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3837/parecer_cfocpc_pl_067_2024.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3838/parecer_cfocpc_pl_068_2024.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3637/lei_organica_art_128.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2953/pl_01_2024.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2954/pl_02_2024.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2968/pl_2024_rachel_-_mulher_dinamica.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2972/pl_06_-tomba_o_servico_de_taxi_como_bem_de_natureza_imaterial_de_valor_cultural_no_municipio_de_itaguai_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2973/projeto_de_lei_001_-_proibicao_de_celulares_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2986/pl_007_2024_-_vagas_em_creches.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2988/pl_008_2024_-_iptu_em_barile.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2989/pl_09_2024_-_altera_a_lei_no_4.020-2022.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2990/pl_010_2024_-_programa_seguir_em_frente.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2991/pl_011_2024_-_progrma_gerando_o_futuro.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2992/pl_012_2024_-_rede_de_protecao_e_acolhimento.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3015/img_20240220_0001.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3052/projeto_de_lei_institui_a_semana_municipal_de_conscientizacao_as_alergias_alimentares.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3099/pl_015_executivo_2024_endemias.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3102/pl_016_2024_executivo_anexo_i.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3103/pl_017_2024_altera_a_lei_no_3.590_2017.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3128/pl_reajuste_anual_servidores_da_cmi.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3213/pl_de_regulamentacao_de_app_para_transportes_indivivudal.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3214/pl_-_doacao_de_cabelo.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3215/pl-_iptu_verde.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3295/ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3296/altera_a_lei_no_3.988-09-09-2021.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3297/altera_a_lei_no_2.499-16-08-2005.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3318/projeto_de_lei_-_institui_no_municipio_a_pratica_do_teqball.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3319/projeto_de_lei_-_dia_do_futebol_feminino.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3320/projeto_de_lei_-_higiene_movel.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3321/veda_a_entrega_de_aplicativo_dentro_de_condominios.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3322/pl_dia_do_barbeiro.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3323/projeto_de_lei_monitoramento_aero_de_focos_da_dengue.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3324/projeto_de_lei_002_-_isencao_do_iptu_para_tea.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3354/pl_iptu.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3428/pl_despesas.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3429/denominacao_oficial_creche_priranema.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3431/pl_refis.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3450/altera_a_lei_no_3.926_2021.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3478/pl_rua_do_grau.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3479/projeto_de_lei_jurandir.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3480/pl_rua_manoel_clementino.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3486/pl_rafael_wofgramm.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3487/projeto_de_lei__subsidio_secretarios.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3518/pl_042_2024.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3519/pl_043_2024.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3539/pl_executivo.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3540/pl_bate_bola_01.docx" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3541/celso_maciel_de_oliveira-_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3565/camscanner_08-08-2024_15.131.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3600/altera_a_lei_no_4.182-2024.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3604/projeto_de_lei_003_-_educacao_financeira_e_empreendedorismo_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3605/selo_de_origem_artesanal_aos_produtos_alimenticios.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3606/projeto_de_lei__reconhece_pcd_fibromialgia_no_ambito_municipal.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3628/projeto_reconhecimento_de_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3634/projeto_de_lei_2024.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3635/projeto_de_lei_004_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3636/projeto_de_lei_005_-_troca_de_sinais_sonoros_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3671/pl_56_2024.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3685/projeto_de_lei_006_-_selo_escola_amiga_do_autismo.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3686/pl_josefina_kifer.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3692/pl_059_2024_altera_a_lei_3.462_-_2017.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3694/pl_060_2024_plamtur.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3696/pl_061_2024.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3698/loa_2025.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3704/pl_063_2024.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3782/pl_mensagen_19.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3783/pl_mensagem_20.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3784/pl_mensagem_21.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3787/pl_estrutura_organizacional_itaprevi.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3788/pl_mnsgm_23_2024.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3790/lei_joaquim_malaia.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3791/projeto_de_lei_007_-_vacinacao_domiciliar_para_autistas.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3182/projeto_decreto_legislativo_005_2024.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3273/projeto_decreto_legislativo_no_007_2024.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2961/resolucao_001_2024.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2962/resolucao_002_2024.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2963/resolucao_003_2024.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2984/projeto_de_resolucao_004_2024_-_cpi_servicos_essenciais.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3107/projeto_de_resolucao_-_tratamento_favorecido_diferenciado_e_simplificado_para_as_microempresas_empresas_de_pequeno_porte.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3108/projeto_de_resolucao_-_fase_preparatoria_das_contratacoes.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3109/projeto_de_resolucao-_criterio_de_julgamento_por_menor_preco_ou_maior_desconto.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_resolucao-_enquadramento_dos_bens_de_consumo_nas_categorias_de_qualidade_comum_e_de_luxo.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_resolucao_-_dispensa_eletronica.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3174/projeto_resolucao_010_2024-_cria_equipe_de_planejamento_da_contratacao.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3482/projeto_de_resolucao_11_2024_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3511/projeto_de_resolucao_2024_-_membros_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3521/resolucao_013_2024_-_relatorio_final_da_cpi_servicos_esseincias.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3601/projeto_de_resolucao_no_14_-_2024.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3520/relatorio_final_cpi_001_2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3010/ata_s.o._1p_2024_06-02-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3028/ata_s.o._2p_2024_20-02-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3047/ata_s.o._3p_2024_27-02-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3091/ata_s.o._4p_2024_05-03-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3100/ata_s.o._5p_2024_12-03-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3151/ata_s.o._6p_2024_19-03-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3178/ata_s.o._7_1p_2024_26-03-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3235/ata_s.o._8_1p_2024_09-04-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3236/ata_s.o._9_1p_2024_11-04-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3258/ata_s.o._10_1p_2024_18-04-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3272/ata_s.o._11_1p_2024_25-04-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3300/ata_s.o._12_1p_2024_30-04-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3316/ata_s.o._13_1p_2024_09-05-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3356/ata_s.o._14_1p_2024_16-05-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3378/ata_s.o._15_1p_2024_23-05-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3427/ata_s.o._16_1p_2024_28-05-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3436/ata_s.o._17_1p_2024_04-06-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3485/ata_s.o._18_1p_2024_18-06-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3542/ata9a_s.e._-19-07-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3551/ata_s.o._20_1p_2024_06-08-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3581/ata_s.o._21_1p_2024_13-08-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3603/ata_s.o._22_2p_2024_27-08-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3643/ata_s.o._23_2p_2024_10-09-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3687/ata_s.o._24_2p_2024_10-10-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3701/ata_s.o._25_2p_2024_17-10-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3731/ata_s.o._26_2p_2024_29-10-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3780/ata_s.o._27_2p_2024_14-11-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3781/ata_s.o._28_2p_2024_26-11-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3807/ata_s.o._29_2p_2024_10-12-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3830/ata_s.o._30_2p_2024_19-12-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2994/ata1a_s.e._-16-01-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2995/ata2a_s.e._-23-01-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3048/ata3a_s.e._-27-02-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3152/ata4a_s.e._-19-03-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3179/ata5a_s.e._-26-03-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3317/ata6a_s.e._-09-05-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3437/ata7a_s.e._de_2024_04-06-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3543/ata8a_s.e._-27-06-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3544/ata9a_s.e._-19-07-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3582/ata10a_s.e._-13-08-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3644/ata11a_s.e._-10-09-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3702/ata12a_s.e._-17-10-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2993/ata_s.e.j._cep_004__02-02-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3548/ata_s.e.j._cpi_001_2024__01-08-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2987/ata_s.s.i.__1_periodo_02-02-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3094/ata_s.s.__premio_mcc_mulher_dinamica_08-03-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3545/ata_s.s.e.__1_periodo_27-06-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3546/ata_s.s._206_anos_05-07-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3547/ata_s.s.i.__2_periodo_01-08-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3026/mensagem_002_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3098/mensagem_004_2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3101/mensagem_003_2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3292/mensagem_005_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3293/mensagem_006-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3294/mensagem_007-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3430/mensagem_08_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3449/mensagem_009_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3516/mensagem_011_2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3517/mensagem_012_2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3538/mensagem_10_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3691/mensagem_013_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3693/mensagem_014_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3695/mensagem_015_2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3697/mensagem_017_2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3703/mensagem_018_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3769/mensagem_019_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3770/mensagem_no_020_2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3771/mensagem_021_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3785/mensagem_no_22_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3786/mensagem_no_23_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2998/mocoes_legislativa_fabricio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2999/mocoes_legislativa_mario.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3004/indicacao_adem_santidade_fogo_e_gloria.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3016/requerimento_mocao_ingrid_bazil.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3019/mocoes_legislativa_rodolpho.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3032/rodrigo_viana.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3043/camscanner_26-02-2024_17.12_1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3049/mocao_salgado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3065/mocao_sophia_telecom.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3074/mocoes_legislativa_-_marcos_luis_da_silva.pdf.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3104/novo_documento3.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3105/mocao_rayssa.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3106/mocao_orion_moreira_e_pereira.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3112/mocao_eduardo_eugenio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3129/camscanner_15-03-2024_11.30.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3130/mocoes_legislativa_-_bispo_shintoku_macedo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3131/mocoes_legislativa_-_cap._pm_-_aroni.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3134/cristina.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3135/runner.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3148/sergio_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3153/leandro_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3154/mocao_maythe-4.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3155/requerimento_mocao_fabiano_costa.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3156/camscanner_15-03-2024_11.31_2.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3157/camscanner_15-03-2024_11.32.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3158/mocao_lucas_assad_nakano.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3159/mocao_taiana_azevedo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3160/mocao_linda_jennifer.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3180/leonardo_walace.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3181/alan_1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3183/camscanner_15-03-2024_11.29_1.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3184/mocao_cb_orpides.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3185/eduardo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3186/orion.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3187/mocao_dra._nandara_paiva.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3231/mocao_associacao_o_aprisco._1.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3232/jhonny_lima.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3233/mocao_hercilia.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3234/mocao_vitor.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3241/mocao_tiago_silas_carlos_mariano_da_silva.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3245/mocao.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3257/img_0001.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3260/mocao_-_sr_jorge_vanilda.doc_pdf.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3288/pr_daniel.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3289/bolzan1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3290/mocao_do_professor_sro_gilmar_farto_fernandes.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3301/pr_felix.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3332/mocao_jessicaalves.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3337/mocao_do_lexandre.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3362/mocao_de_congratulacoes_e_elogios_gustavo_kifer.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3390/mocao_241.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3380/mocao_ao_sr._wanderley_moreira_lins_junior_241.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3389/aborto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3399/mocao_do_sr._jorge_luiz_comandante.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3400/indicacao_hoje.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3379/mocao_241.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3401/mocao_do_sr.abraao_siqueira.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3402/mocao_gigi_castilho.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3403/mocao_manoel_adelino_lemos_filho.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3404/mocao_claudecir_silva_faustino.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3443/mocao_ao_1o_sgt_marcio_vinicius_pereira.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3444/mocao_felipe_oliveira.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3451/mocao_giullia_lazarine.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3466/rafaela.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3467/mocao_pastor_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3477/francidelia_mocao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3481/joao_jose.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3488/tatiana_mocao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3489/mocoes_diogo_felipe_lopes.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3501/mocao_eduardo.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3504/mocao_pastor_ricardo_torquato.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3522/mocao_amanda.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3523/mocao_anna_carolinne.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3531/mocao_de_congratulacoes_ao_sr._jose_roberto_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3532/sr._luis_carlos__eler.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3533/mocao_pastora_priscila.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3534/requerimento_da_ferreira.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3557/requerimento_de_mocao.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3558/valdinei_dos_santos_miranda.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3559/imagem_digitalizada.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3587/mocao_michael_miranda_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3596/cesar.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3609/pierrepdf.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3610/raphaela_bernardo_mocao.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3622/mocao_luana_1a_ten.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3623/segio_3a_sargento.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3625/mocao_para_ao_sr._didimo__ferreira_homem.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3626/requerimento.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3658/mocao_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3659/mocao_pimentel_2.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3660/requerimento_mocao.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3661/maj._pm_maria_luiza_lopes_pinto.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3662/requerimento_de_mocao_cap._marco_luiz_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3663/rainer_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3664/mocao__major__julio_cesar_alves_da_silva.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3665/mocao_pastor_josias_da_silva_ferreira.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3666/mocao_pastor_davi_silva_cabral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3667/sr_luis_candido.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3668/mocao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3675/jose_ananias_pdf.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3678/mocao_cosme__jose.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3679/carlos_henrique..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3682/mocao_pastor_walbedir_de_souza_junior.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3689/mocao_ricardo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3690/mocao_jose.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3712/mocao_jacson_g._g_da_costa.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3718/mocao__julio_cesar.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3719/andre__luiz.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3732/mocao_ao_comandante_do_destacamento.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3733/mocao_julio_cesar_comandante_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3734/mocao_bianca_reis.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3735/mocao_maysa_almeida.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3767/tarco_1.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3768/jerry.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3773/mocao_dr.renato_tadashi.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3774/mocao_jair_pinto_de_farias.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3775/mocao_johnny_de_jesus_farias_costa.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3794/mocao_valdeir_funeraria.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3795/mocao_liliane_da_silva.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3796/mocao_layra.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3816/rafaela.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3817/mocao_de_congratulacoes_e_elogios_maria__heloisa_aguiar.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3818/mocao_luciano_cemes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3819/vo_sena.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3828/mocao_13_dezembro.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3831/mocao_rosilene.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3832/mocao_de_elogios_renato_cesar_cunha.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3833/bruno_jorge_ferreira_santos__luiz.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2974/indicacao_001.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2975/indicacao_002.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2976/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2977/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2978/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2979/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2980/indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2981/indicacao_008.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2996/indicacao_jardim_weda.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3005/av_ponte_preta.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3002/indicacao_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3003/indicacao_01_-_solicitando_parceria_com_a_petrobras_para_fornecimento_de_manta_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2997/indicacao_sem_terra.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3006/indicacao_014_2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3007/indicacao_015_2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3008/indicacao_limpeza.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3009/indicacao_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3011/limpeza_e_rocada_na_av._decio_muniz.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3012/limpeza_e_rocada_na_praca.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3013/indicacao_020_2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3014/indicacao_021_2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3017/indicacao_asfaltamento_2.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3018/indicacao_-_rua_joao_gonzales_certo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3020/iluminacao_rua_domingos_bento.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3021/redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3022/indicacao_004_-__tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3023/indicacao_002_-_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3024/indicacao_05_-_retirada_de_entulhos_na_rua_nicanor_teixeira.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3025/indicacao_02_-_construcao_de_praca_no_brisamar_no_lado_que_fica_a_rede_ferraz_pneus.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3027/indicacao_01_vinicius.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3030/oficio_troca_de_manilia_e_desentupimento.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3031/reparo_de_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3045/iluminacao_publica_1.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3046/limpeza_na_est._luiz_olavo.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3053/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3054/indicacao_rio_da_guarda.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3055/indicacao_008_-_limpeza_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3056/indicacao_010_-_asfaltamento.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3057/02_-_iluminacao_rua_guilherme_serrano_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3058/01_-_limpeza_e_rocada_itingucu.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3059/climatizacao_das_capelas.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3060/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3061/indicacao_03_-_pintura_horizontal_de_quebra-molas_joao_rosa_gonzales.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3062/indicacao_04_-_que_viabilize_a_a_troca_das_lampadas_por_toda_a_extensao_da_rua_27_-_bairro_teixeira..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3063/indicacao_ibirapitanga_3.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3064/indicacao_limpeza_e_poda_bairro_mangueira.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3066/tronco_vila_margarida_rua_augusto.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3067/ponte_final_da_reta.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3068/reparo__tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3069/limpeza__rocada.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3070/01.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3071/03.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3072/retirada_de_entulho_engenho_manoel_santos.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3073/retirada_de_entulho_engenho.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3075/04_-_tapa-buraco_na_rua_antonio_cesario_alves.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3076/03_-_limpeza_e_retirada_de_entulhos_na_rua_antonio_cesario_alves.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3077/oficio_05.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3078/04.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3079/limpeza_na_rua_helena_galliaco.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3080/limpeza_na_rua_tangaras.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3081/camscanner_28-02-2024_12.07_1.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3082/fusion.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3083/colocacao_de_manilhas.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3084/retirada_de_entulho_predios.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3085/indicacao_009_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3086/indicacao_006_-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3087/indicacao_06_-__que_viabilize_o_reconhecimento_das_travessias_da_rua_k_como_ruas_oficias_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3088/indicacao_07_-_instalacao_de_brinquedos_e_aparelhos_de_ginastica_praca_do_pneu_-_jardim_america.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3089/revitalizacao_praca_das_kombis_26_dezembro.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3090/indicacao_rua_gloria_b._monte_serrat.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3092/limpeza__rocada.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3093/indicacao_troca_de_lampadas_jd_america.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3113/iluminacao_publica_da_rua_francisco_de_assis.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3114/iluminacao_na_rua_vigia.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3115/indicacao_007_-_instalacao_de_postes.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3116/indicacao_005_-__troca_de_lampada.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3117/08.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3118/08.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3119/indicacaobueiro_a__rua_sacramento.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3120/indicacao_operacao_tapa_buraco_mangueira.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3121/indicacao_08_-_desentupimento_de_esgoto_rua_miguel_de_castro_fernandes.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3122/indicacao_09_-__desentupimento_de_esgoto_na_rua_esperanto_-_.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3123/07_-_retirada_de_um_enxame_de_abelhas_na_rua_antonio_matheus.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3124/desobstrucao_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3125/reparo_asfaltico_em_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3126/08_-_limpeza_e_retirada_de_entulhos_na_rua_nilson_francisco_cavalheiro.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3149/troca_de_lam._safira_1.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3150/troca_de_lam._perola_1.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3161/rocada_safira.2.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3162/rocada_e_limpeza_estrada_do_leandro......pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3163/indicacao_de_retirada_de_lixo.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3164/indicacao_de_passagem_da_maquina_patrol.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3165/indicacao_001_-_asfaltamento.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3166/capina_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3167/capina_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3168/10.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3169/17.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3170/indicacao_construcao_creche.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3171/indicacao_revitalizacao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3172/indicacao_003_-__tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3173/05_-_aumento_de_carga_eletrica_na_escola_municipal_maria_guilhermina.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3188/16.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3189/12.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3190/reparo_de_bueiro_engenho.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3191/tapa_buraco_26_de_dezembro.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3192/iluminacao_publica_na_rua_gracelina.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3193/indicacao_limpeza_e_manutencao.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3194/camscanner_01-04-2024_16.22.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3195/camscanner_01-04-2024_16.37.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3196/indicacao_016_-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3197/indicacao_012_-_limpeza_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3199/implementado_programa__para_registro_geral__de_animais_atraves_de_chips_e_sistema_eletronico..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3201/induicacao_lampada_leandro_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3202/indicacao_praca_nadir_vargas_b_santana.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3203/indicacao_buracos_engenho_mario_cicarino.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3204/indicacao_08_-_carro_fumace_por_toda_a_extensao_do_bairro_teixeira.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3205/09_-_poda_de_arvore_na_rodovia_rio_santos_lote_04_quadra_102_no_bairro_mangueira.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3206/indicacao_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3207/desobstrucao_de_manilha.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3211/indicacao_limpeza_das_valas_e_bueiros_da_rua_tangaras.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3212/indicacao_limpea_das_valas_e_bueiro_d_rua_helena_galiaco_prata.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3217/13_-_manutencao_e_troca_das_manilhas_da_rua_domingos_cicarino_ciufo_na_altura_do_lote_06_no_bairro_parque_paraiso.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3218/14_-_limpeza_e_retirada_de_entulhos_na_rua_sao_domingos_na_altura_do_numero_07_no_bairro_jardim_america.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3219/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3220/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3221/reparo_asfaltico_vicente_cicarino.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3222/operacao_tapa_buraco_rua_13_certo.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3223/rede_de_esgoto_rua_safira............pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3224/esgoto_perola.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3225/indicacao_014_-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3226/indicacao_011_-_limpeza_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3227/indicacao_buraco_landulfo_alves.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3228/indicacao_buracos_engenho_m_a_godinho.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3229/18.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3230/15.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3237/indicacao_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_limpeza_na_rua_julio_delamare_engenho.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3239/12_-_a_manutencao_do_asfalto_com_recapeamento_e_tapa-buraco_na_rua_domingos_cicarino_ciufo_na_altura_do_lote_06_no_bairro_parque_paraiso.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3240/15_-_manutencao_do_asfalto_com_recapeamento_e_tapa-buraco_na_rua_maria_candida_na_altura_do_lote_10_quadra_03_no_bairro_monte_serrat.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3242/sinalizacao_transito.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3243/desobstrucao_de_bueiro_jardim_america.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3244/limpeza_de_calcada_california_.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3246/projeto_do_hospital_da__mulher__e__maternidade.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3247/rede_de_esgoto_leandro.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3248/galerias_na_travessia_tucuma.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3249/indicacao_clinica_familia_coroa_grande.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3250/13.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3251/19.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3256/construcao_de_galeria.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3254/poda_de_arvore_generalbocaiuva_ver_fabinho.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3255/iluminacao_publica_brisamar_ver_fabinho.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3252/indicacao_limpeza.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3259/operacao.tapa.buraco.brisamar.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3261/indicacao_015_-_limpeza_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3262/indicacao_013_-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3263/ruas_a_e_b_vila_margarida.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3264/indicacao_de_hospita_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3265/11.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3266/20_ok.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3267/iluminacao_publica_e_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3268/limpeza_na_ru_luiz_machado_correa_brisamar.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3269/indicacao_08_-_retirada_de_entulhos_na_rua_capitulina_sereno_da_silva_ao_lado_do_bar_da_eliana.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3270/09_indicacao_-_troca_de_lampadas_rua_jose_maria_de_brito.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3274/10_-_limpeza_e_desobstrucao_da_manilha_existente_na_rua_9_na_altura_do_lote_02_no_bairro_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3275/11_-_limpeza_e_desobstrucao_das_manilhas_existente_na_rua_iracema_de_alencar_no_bairro_engenho.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3276/retirada_de_entulhos_brisamar1.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3277/recapeamento_asfaltico_arypareira.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3278/iluminacao_reta.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3279/iluminacao_rua_jose_pinto_engenho.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3280/praca_dos_pneus_na_rua_canada_oeste_bairro__jardim_america.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3281/indicacaooperacao_tapa__buracos_engenho_joaquim_canuto.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3282/retirada_de_entulho.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3283/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3284/14.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3285/09.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3286/indicacao__iluminacao_publica_na_rua_vila_um_26_de_dezembro.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3287/manutencao_do_alambrado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3298/revitalizacao_da_praca.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3299/manutencao_do_asfalto_rua_ivo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3302/limpeza_de_muros_e_calcadas-centro.docx.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3303/reparo_de_bueiro_reta.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3304/retirada_de_lixo_do_colegio.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3305/asfaltamento_da_rua_thieres.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3306/rua_canada_oeste_jardim_america.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3307/indicacao_operacao_tapa__buracos_rua_jose_pintobairro_centro.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3308/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3309/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3310/desobstrucao_com_poda__rocagem_e_limpeza_na_rua_tupinambas_santa_candida.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3315/tapa_buraco__por_tod_extensao_ds_rua_jose_acir_medeiros.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3325/17_-_limpeza_e_retirada_de_entulhos_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3326/16_-_poda_de_arvore_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3331/centro_poliesportivos_brisamar.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3328/iluminacao_publica_amelia_louzada.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3329/e_m_renato_goncalves.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3330/cobertura_asfaltica_bairro_centro.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3333/retirada_de_entulho.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3334/retirada_de_lixos_na_rua_guia_lopes.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3335/indicacao_podas_vila_geni.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3336/indicacao_rua_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3352/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3353/limpeza_na_rua_lygia.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3355/indicacao_64_-_solicitando_programa_especial_para_criancas_autistas_nas_ferias_escolares.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3327/bueiro.amelia.wps.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3357/pavimentacao_rua_beco_do_corredor.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3358/20_-_limpeza_e_retirada_de_entulhos_na_rua_sao_francisco_na_altura_do_lote_13_quadra_113_no_bairro_california.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3359/22_-_manutencao_e_desobstrucao_dos_bueiros_existentes_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3360/colocacao_de_manilhas.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3361/deslocamento_de_agente_de_transito.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3363/retirada_de_entulho_no_centro.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3364/limpeza_de_calcada_bairro_engenho.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3366/revitalizacao_da_escola_no_jardim_weda.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3367/revitalizacao_de_canteiro.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3368/indicacao_limpezarocada_e_poda_das_arvores_v_geni.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3369/indicacao_operacao_tapa__buracos_rua_18.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3370/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3375/indicacao_rua_18_qd48_lt_07_vilar_dos_coqueiros_vila_geni.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3376/indicacao_estrada_engenheiro_ivan_mundim_mazomba.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3381/24_-_manutencao_das_calcadas_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3382/18_-_manutencao_e_desobstrucao_do_bueiro_existente_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3383/refletor_amelia_louzada.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3384/iluminacao_rua_23_brisamar.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3385/guardadores_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3386/restauracao_de_patrimonio_historico.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3387/banheiros_quimicos_na_expo.docx.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3388/troca_de_manilhas-_engenho.docx.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3391/bueiro_orla_coroa_grande.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3392/indicacao_construcao_praca_mangueira2.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3393/reforma_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3394/realizacao_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3395/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3396/indicacao.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3397/indicacao__colocacao_de_tampas___de__bueiro_na_rua_sao_jorge_bairro_vila_geni.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3398/indicacao_para_passagem_de_maquina_patrol_na_rua_italo_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3411/10_-_manutencao_e_troca_de_manilha1.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3412/29_-_retirada_de_uma_arvore_na_rua_antonio_cezario_alves_na_altura_da_casa_27_no_bairro_parque_paraiso.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3413/operacao.tapa.buraco.santabarbara.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3414/reforma_quadra_jardim_mar.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3415/instalacao_de_unidade_do_procon.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3416/instalacao_de_polo_gastronomico.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3417/rocagem_atras_do_cefet_em_toda__extensao_da_via.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3418/iluminacao__publica_-__engenho.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3419/tapa_buraco_chapero.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3420/revitalizacao_praca_monte_serrat.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3421/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3422/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3423/bairro_somel_rua_paes_ferreira.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3424/praca_jardim_america_rua_buenos_aires.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3439/rua_tranversal_39_entulho.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3440/iluminacao_rua_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3441/reparo_praca_mazomba_6158.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3442/reparo_asfaltico_esquina_oscar.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3445/indicacao_030_-__tapa_buracos.docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3446/indicacao_031_-_revitalizacao_praca.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3447/passagem_da_maquina_patrol_na_rua_vinte_e_oito_bairro_santa_candida.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3448/troca_de_lampada_em_poste_de_iluminacao_publica_na_rua_santa_cecilia_no_72_bairro_jardim_weda.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3452/31.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3453/30.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3468/colocacao_de_lixeiras_-_centro.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3469/colocacao_de_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3470/indicacao_restaurante_popular.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3471/indicacao_rua_saturno.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3475/indicacao_10_-_solciitando_a_construcao_de_uma_praca_no_cacao.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3476/indicacao_11_-_criacao_moeda_social.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3490/tapa_buraco_chapero_certo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3491/iluminacao_bairro_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3492/limpeza_e_rocada_em_chapero.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3493/retirada_de_lixo_na_est_do_teixeira.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3494/indicacao_rua_mario_telles_b_mangueira.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3495/rua_dezoito_chapero.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3496/29.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3497/32.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3498/troca_de_tampa_de_bueiro_em_santa_candida.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3499/iluminacao_na_rua_professora_maxima_bairro_jardim_weda.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3502/praca_sintetico_brisamar.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3503/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3524/26_-_poda_de_arvore_na_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3525/31_-_poda_de_arvore_na_rua_26_n_75_quadra_27_no_bairro_brisamar.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3526/implementacao_de_patio_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3527/reparo_asfaltico_engenho.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3528/tapa_buraco_chapero.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3529/saneamento_av._sapucaia_brisamar.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3530/iluminacao_na_av._sapucaia_5d-_brisamar.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3535/indicacao_033_-_asfaltamento.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3536/bairro_somel_rua_sao_jorge.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3537/bairro_somel_rua_coronel_alziro.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3549/iiuminacao_publica_por_toda_extensao_da_rua_sao_francisco_xavier_-bairro_monte_serrat..pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3550/indicacao_10_-_reparo_no_esgoto.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3552/candido_cardoso_bueiro.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3553/19_-_limpeza_e_rocada_na_rua_norma_cristina_de_jesus_na_altura_da_casa_14_no_bairro_vila_geny.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3554/21_-_limpeza_e_rocada_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3555/limpeza_e_retirada_de_entulhos-centro.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3556/solicitacao_de_troca_de_lampada__bairro_engenho.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3560/tampa_bueiro_estrada_teixeira.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3561/troca_tampa_bueiro_rua_jose_rufino.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3562/bairro_somel_rua_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3563/bairro_somel_rua_vinte_e_quatro_de_junho.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3564/centro_hemodinamica.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3568/regulamentacao_de_peso_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3573/limpeza_na_rua_manaca.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3575/limpeza_de_bueiros_na_rua_francisco_simoes_de_souza.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3583/28_-_manutencao_e_troca_das_manilhas_da_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3584/25_-_manutencao_dos_bueiros_existentes_na_rua_domingos_acacio_de_oliveira_na_altura_do_lote_153_no_bairro_centro.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3585/tapa_buraco_chapero_b.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3586/iluminacao_bairro_parque_paraiso.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3588/retirada_de_entulho_rua_manuel_da_paixao.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3589/retirada_entulho_rua_benito_juarez.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3590/bairro_somel_rua_sao_jorge.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3591/bairro_somel_rua_sao_gabirel.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3592/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3593/indicacao_4.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3594/poda_de_arvore_na_rua_xavantes.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3597/indicacao_11_-_colocar_agua_nos_vestiarios_na_quadra_doteixeira.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3598/indicacao_15_-_colocacao_de_placas_de_carga_e_descarga_na_rua_padre_izidro.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3607/27_-_limpeza_e_rocada_na_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3608/23_-_manutencao_do_asfalto_com_recapeamento_e_tapa-buraco_na_rua_aimores_na_altura_dos_lotes_07_08_09_quadra_74_no_bairro_ibirapitanga.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3624/manilhas_amendoeira.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3612/limpeza_e_dragagem_amendoeira.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3613/semana_de_conscientizacao_de__violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3614/semana_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3615/argentina_coutinho.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3616/posto_mazomba.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3617/indicacao_039_-_asfaltamento.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3618/indicacao_041_-_troca_de_lampada.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3619/rua_darci_teixeira.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3620/indicacao_rua_saturno_quebra_mola.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3621/rua_mario_teles.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3645/30_-_manutencao_da_iluminacao_publica_na_rua_pai_fabricio_na_altura_da_casa_70_no_bairro_leandro.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3646/32_-_pavimentacao_e_construcao_de_saneamento_na_rua_radialista_paulo_de_carvalho_no_bairro_parque_primavera.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3647/praia_salina_lombada.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3648/pavimentacao_rua_perola.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3649/reparo_asfaltico_padaria_california.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3650/iluminacao__publica_-__jardim_laia.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3651/indicacao_65_-_troca_de_lampadas_na_rua_a_vila_margarida.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3652/indicacao_040_-_troca_de_lampada.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3653/troca_de_lampada_ivo_ciufo.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3654/indicacao_farmacia_popular_24_horas.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3655/33_ok.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3656/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3657/indicacoa_de_limpeza_na_rua_francisco_costa_pereira.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3672/indicacao_van_da_saude_na_escola.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3673/indicacao_cartao_educacao.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3611/rua_domingos_felix_vidal.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3674/recapeamento_jose_maria_de_brito.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3676/linha_de_onibus_municipal.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3677/centro_de_referencia_para_deficientes.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3680/av_ponte_preta_galeria.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3681/rua_orlando_silva_2.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3683/36.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3684/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3688/iluminacao__publica_-__engenho_05.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3705/perola_poda_de_arvore_e_iluminacao_publica_.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3706/safira_poda_manutencao_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3707/reparo_de_bueiro_centro.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3708/indicacao_70_-_reforma_completa_da_praca_do_ciep_-_bairro_santana.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3709/indicacao_68__-_solicitando_programa_de_turismo_ecologico_que_promova_passeios_pelos_afluentes_da_bacia_do_guandu_e_pela_baia_de_sepetiba.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3710/indicacao_042_-_manutencao_do_telhado_da_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3711/indicacao_043_-__retirada_de_entulhos.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3713/av_ponte_preta_asfalto.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3714/portao_e._tereza_sagario.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3716/img_0002.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3717/img_0003.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3727/indicacao_via_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3736/calcada_betoca.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3737/reparo_bueiro_engenho.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3738/iluminacao_publica_rua_coronel_macedo_soares.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3739/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3740/recuperacao_da_massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3741/iliminacao_esquina_rua_padre_vegezze.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3742/retirada_de_entulho_engenho_proximo_a_godega.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3743/indicacao_69_-_reforma_completa_da_praca_juscelino_batista_oliveira__otochock.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3744/indicacao_67_-_mutirao_de_limpeza_por_toda_a_extensao_do_bairro_vila_margarida.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3745/indicacao_045_-__tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3746/indicacao_046_-_limpeza_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3747/rua_vereador_darcy_teixeira_fontes.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3748/rua_antonio_ferraz.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3749/indicacao_quadra_cras_brisamar_29.10.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3750/indicacao_ar_escola_argentina_coutinho_29.10.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3762/iluminacao_rua_da_creche.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3763/resolucao_de_problemas_de_alagamento.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3764/indicacao_044_-_asfaltamento.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3765/rua_antonio_cesario_parque_paraiso.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3772/indicacao_rocada_no_bairro_26_de_dezembro.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3776/retirada_de_entulho_rua_estados_unidos_07.11.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3777/limpeza_com_rocada._rua_estados_unidos_07.11.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3789/iluminacao_senhor_bonfim.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3792/entulhos_rua_coronel_macedo_soares.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3766/rua_helio_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3793/indicacao__rua_sebastiao_vieira.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3806/indicacao_64_-_contra_mao_na_rua_presid._castelo_branco_-_bairro_teixeira.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3808/retirada_entulhos_manoel_araujo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3809/rretirada_entulhos_engenho.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3810/cacamba_de_lixo.docx.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3812/rua_almirante_barroso.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3813/rua_thieres_teixeira_leite.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3814/indicacao_quadra_maria_guilhermina_29.10.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3815/iluminacao_rua_mario_teles_12.11.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3029/emenda_ao_pl_004_2024.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3365/emenda_ao_projeto_de_lei_22_-_ldo_2025_-_vereador_jocimar_do_cartorio_-.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3405/emenda_pl_22_2024_fabinho_rocha.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3406/emenda_a_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3407/emenda_a_ldo_haroldo_jesus.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3408/emenda_a_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3409/emenda_a_ldo_22.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3410/emenda_a_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3426/emendas_a_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3778/emenda_a_loa_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3779/emenda_a_loa_haroldo_jesus.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3291/veto_001-2024_ao_pl_08.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3033/parecere_ccjr__pl_006_2024.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3034/parcer_ccjr_pl_008_2024.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3035/parcer_cfocpc_pl_006_2024.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3036/parcer_cfocpc_pl_008_2024.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3037/parcer_ccjr_pl_004_2024.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3038/parcer_cfocpc_pl_004_2024.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3039/parecer_cdm_pl_004_2024.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3040/parcere_ccjr_pl_13_2024.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3041/parcere_cfocpc_pl_13_2024.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3042/parecere_cec__pl_006_2024.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3095/parecer_ccjr_pl_009_2024.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3096/parecer_ccjr_pl_011_2024.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3097/parecer_cfocpc_pl_009_2024.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3127/parecer_cvt_pl_009_2024.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3136/parecer_ccj_pl_15_2024.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3137/parecer_ccj_pl_16_2024.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3138/parecer_ccjr_pl_10_2024.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3139/parecer_ccjr_pl_010_2024.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3140/parecer_ccjr_pl_12_2024.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3142/parecer_cfopc_pl_15_2024.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3141/parecer_cfopc_pl_16_2024.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3143/parecer_ccj_pl_17_2024.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3144/parecer_cfocpc_pl_17_2024.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3145/parecer_cs_pl_15_2024.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3146/parecer_cs_pl_16_2024.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3147/parecer_vt_pl_17_2024.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3176/parecer_ccjr_pe_1_2024.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3177/parecer_cfocpc_pe_1_2024.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3198/cfopc_005-2024.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3208/cfopc_pl_010-2024.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3209/cfopc_011-2024.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3210/cfopc_pl_018-2024.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3216/parecer_cfocpc_pl_012_2024.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3253/parecer_cecpl_05_2024.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3311/parecer_ccjr_23_pl_09_05_2024.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3313/parecer_cfocpc_23_pl_09_05_2024.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3338/parecer_ccjr_pl_19_2024.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3339/parecer_ccjr_pl_20_2024.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3340/parecer_ccjr_pl_21_2024.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3342/parecer_ccjr_pdl_7_2024.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3343/parecer_cjcr_pl_22_2024.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3344/parecer_ccjr_pl_24_2024.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3345/parecer_cfocpc_pdl_7_2024.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3346/parecer_cfocpc_pl_019_2024.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3348/parecer_cfocpc_pl_20_2024.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3347/parecer_cfocpc_pl_21_2024.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3349/parecer_caas_pl_10_2024.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3350/parecer_caas_pl_011_2024.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3351/parecer_caas_pl_012_2024.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3435/parecer_cacaj_pl_12_2024.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3438/pl_14_2024_assinado_ccjr.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3454/pl_29_2024_assinado_ccjr.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3455/parecer_ccjr_pl_25_2024.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3456/parecer_ccjr_pl_26_2024.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3472/parecer_pl_27_2024_assinada.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3473/parecer_cfocpc_pl_27_2024.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3474/parecer_cfocpc_pl_29_2024.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3483/parecer_cfocpc_pl_25_2024.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3484/parecer_cfocpc_pl_26_2024.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3505/parecer_cjcr_pl_30_2024.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3506/parecer_cjcr_pl_31_2024.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3508/parecer_ccjr_pr_011_2024.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3509/parecer_cfocpc_pl_41_2024.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3566/parecer_ccjr_pl_33_2024.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3567/parecer_cfocpc_pl_33_2024.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3569/parecer_ccjr_pl_42_2024.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3570/parecer_cfocpc_pl_42_2024.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3571/parecer_ccjr_pl_43_2024.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3572/parecer_cfocpc_pl_43_2024.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3577/parecer_pl_36_2024_financas_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3578/precer_pl_39_2024_financas_assinado.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3602/parecer_pl_37_ccjr_assinado.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3627/parecer_cjcr_pl_46_2024.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3632/pareceres__cfocpc_pl_48_2024.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3633/parecer_cfocpc_pl_46_2024.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3638/parecer_cjcr_pl_47_2024.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3639/parecer_cjcr_pl_34_2024.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3640/parecer_cfocpc_pl_34_2024.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3641/parecer_cmadus_pl_36_2024.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3642/parecer_cfocpc_pl_14_2024.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3669/parecer_csaude_pl_14_2024.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3699/parecer_ccjr_pl_56.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3700/parecer_cfocpc_pl_56.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3715/parecer_cel_25_2024.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3720/parecer_ccjr_49.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3721/parecer_ccjr_50.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3722/parecer_ccjr_51.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3723/parecer_ccjr_53.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3724/parecer_ccjr_55.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3725/parecer_el_pl_26_2024.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3728/parecer_ccjr_pl_07_2024.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3729/parecer_cfocpc_pl_007_2024.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3730/parecer_cfocpc_pl_047_2024.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3758/parecer_cfocpc_pl_055_2024.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3759/parecer_cfocpc_pl_053_2024.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3760/parecer_cfocpc_pl_051_2024.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3761/parecer_cfocpc_pl_49_2024.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3797/parecer_cfocpc_pl_060_2024.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3798/parecer_cfocpc_pl_061_2024.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3799/parecer_cfocpc_pl_063_2024.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3801/parecer_cfocpc_pl_50_2024.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3802/parecer_cfocpc_pl_54_2024.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3803/parecer_cfocpc_pl_57_2024.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3804/parecer_cfocpc_pl_58_2024.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3811/parecer_cecpl_49_2024.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3836/parecer_cfocpc_pl_066_2024.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3837/parecer_cfocpc_pl_067_2024.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3838/parecer_cfocpc_pl_068_2024.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3637/lei_organica_art_128.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2953/pl_01_2024.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2954/pl_02_2024.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2968/pl_2024_rachel_-_mulher_dinamica.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2972/pl_06_-tomba_o_servico_de_taxi_como_bem_de_natureza_imaterial_de_valor_cultural_no_municipio_de_itaguai_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2973/projeto_de_lei_001_-_proibicao_de_celulares_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2986/pl_007_2024_-_vagas_em_creches.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2988/pl_008_2024_-_iptu_em_barile.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2989/pl_09_2024_-_altera_a_lei_no_4.020-2022.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2990/pl_010_2024_-_programa_seguir_em_frente.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2991/pl_011_2024_-_progrma_gerando_o_futuro.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2992/pl_012_2024_-_rede_de_protecao_e_acolhimento.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3015/img_20240220_0001.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3052/projeto_de_lei_institui_a_semana_municipal_de_conscientizacao_as_alergias_alimentares.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3099/pl_015_executivo_2024_endemias.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3102/pl_016_2024_executivo_anexo_i.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3103/pl_017_2024_altera_a_lei_no_3.590_2017.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3128/pl_reajuste_anual_servidores_da_cmi.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3213/pl_de_regulamentacao_de_app_para_transportes_indivivudal.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3214/pl_-_doacao_de_cabelo.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3215/pl-_iptu_verde.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3295/ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3296/altera_a_lei_no_3.988-09-09-2021.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3297/altera_a_lei_no_2.499-16-08-2005.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3318/projeto_de_lei_-_institui_no_municipio_a_pratica_do_teqball.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3319/projeto_de_lei_-_dia_do_futebol_feminino.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3320/projeto_de_lei_-_higiene_movel.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3321/veda_a_entrega_de_aplicativo_dentro_de_condominios.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3322/pl_dia_do_barbeiro.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3323/projeto_de_lei_monitoramento_aero_de_focos_da_dengue.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3324/projeto_de_lei_002_-_isencao_do_iptu_para_tea.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3354/pl_iptu.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3428/pl_despesas.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3429/denominacao_oficial_creche_priranema.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3431/pl_refis.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3450/altera_a_lei_no_3.926_2021.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3478/pl_rua_do_grau.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3479/projeto_de_lei_jurandir.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3480/pl_rua_manoel_clementino.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3486/pl_rafael_wofgramm.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3487/projeto_de_lei__subsidio_secretarios.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3518/pl_042_2024.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3519/pl_043_2024.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3539/pl_executivo.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3540/pl_bate_bola_01.docx" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3541/celso_maciel_de_oliveira-_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3565/camscanner_08-08-2024_15.131.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3600/altera_a_lei_no_4.182-2024.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3604/projeto_de_lei_003_-_educacao_financeira_e_empreendedorismo_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3605/selo_de_origem_artesanal_aos_produtos_alimenticios.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3606/projeto_de_lei__reconhece_pcd_fibromialgia_no_ambito_municipal.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3628/projeto_reconhecimento_de_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3634/projeto_de_lei_2024.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3635/projeto_de_lei_004_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3636/projeto_de_lei_005_-_troca_de_sinais_sonoros_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3671/pl_56_2024.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3685/projeto_de_lei_006_-_selo_escola_amiga_do_autismo.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3686/pl_josefina_kifer.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3692/pl_059_2024_altera_a_lei_3.462_-_2017.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3694/pl_060_2024_plamtur.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3696/pl_061_2024.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3698/loa_2025.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3704/pl_063_2024.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3782/pl_mensagen_19.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3783/pl_mensagem_20.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3784/pl_mensagem_21.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3787/pl_estrutura_organizacional_itaprevi.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3788/pl_mnsgm_23_2024.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3790/lei_joaquim_malaia.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3791/projeto_de_lei_007_-_vacinacao_domiciliar_para_autistas.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3182/projeto_decreto_legislativo_005_2024.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3273/projeto_decreto_legislativo_no_007_2024.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2961/resolucao_001_2024.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2962/resolucao_002_2024.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2963/resolucao_003_2024.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/2984/projeto_de_resolucao_004_2024_-_cpi_servicos_essenciais.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3107/projeto_de_resolucao_-_tratamento_favorecido_diferenciado_e_simplificado_para_as_microempresas_empresas_de_pequeno_porte.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3108/projeto_de_resolucao_-_fase_preparatoria_das_contratacoes.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3109/projeto_de_resolucao-_criterio_de_julgamento_por_menor_preco_ou_maior_desconto.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3110/projeto_de_resolucao-_enquadramento_dos_bens_de_consumo_nas_categorias_de_qualidade_comum_e_de_luxo.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3111/projeto_de_resolucao_-_dispensa_eletronica.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3174/projeto_resolucao_010_2024-_cria_equipe_de_planejamento_da_contratacao.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3482/projeto_de_resolucao_11_2024_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3511/projeto_de_resolucao_2024_-_membros_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3521/resolucao_013_2024_-_relatorio_final_da_cpi_servicos_esseincias.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3601/projeto_de_resolucao_no_14_-_2024.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2024/3520/relatorio_final_cpi_001_2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H871"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="49.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="155.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="208.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="207.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>