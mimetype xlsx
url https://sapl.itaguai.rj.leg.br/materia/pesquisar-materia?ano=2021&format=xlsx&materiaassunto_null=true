--- v0 (2025-10-27)
+++ v1 (2026-03-27)
@@ -54,198 +54,198 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CCJR - Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1266/legislativo_021026.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1266/legislativo_021026.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição, Justiça e Redação: Assunto: Projeto de Lei n° 76/2021 de autoria do Vereador Vinícius Alves de Moura Brito. Ementa: Reconhece a prática de atividades física e do exercício físico como essenciais para a população do município de Itaguaí em tempos de crises ocasionadas por moléstias contagiosas ou catástrofes naturais. Relator: Vereador Julio Cezar José de Andrade Filho. Analisando o projeto de lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua constitucionalidade. É o Parecer. Sala das Comissões, 11 de agosto de 2021. (aa) Vereador Vinícius Alves de Moura Brito – Presidente; Vereador Julio Cezar José de Andrade Filho – Relator e Vereador Fabiano José Nunes - Membro.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CFOCPC - Comissão de Finanças, Orçamento, Controle e Prestação de Contas</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1270/legislativo_021072.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1270/legislativo_021072.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Finanças, Orçamento, Controle e Prestação de Contas: Assunto: Projeto de Lei n° 102/2021 de autoria do Vereador Julio Cezar José de Andrade Filho. Ementa: Autoriza o Poder Executivo a dispor sobre a concessão de uma folga anual para a mulher realizar exame de controle do câncer de mama e do colo do útero. Relator: Vereador Alecsandro Alves de Azevedo. Analisando o projeto de lei que trata da autorização ao Poder Executivo a conceder folga anual para a mulher realizar exame de controle de câncer, verifico que não há aumento de despesa, razão pela qual opino favoravelmente quanto a sua aprovação. É o Parecer. Sala das Comissões, 22 de novembro de 2021. (aa) Vereador Alexandro Valença de Paula – Presidente; Vereador Alecsandro Alves de Azevedo – Relator e Vereador José Domingos do Rozário - Membro.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1273/legislativo_021080.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1273/legislativo_021080.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Finanças, Orçamento, Controle e Prestação de Contas: Assunto: Projeto de Lei n° 99/2021 de autoria do Vereador Julio Cezar José de Andrade Filho. Ementa: Autoriza o Poder Executivo a criar o Espaço Sociocultural da Democracia Itaguaiense no Parque de Exposições de Itaguaí e dá outras providências. Relator: Vereador José Domingos do Rozário. Analisando o projeto de lei em epígrafe, verifico que o mesmo trata de autorização ao Poder Executivo para criar um Espaço Sociocultural no Parque de Exposições, visando incrementar as manifestações culturais e preservar a história itaguaiense. O referido projeto preserva o poder discricionário do Prefeito quanto a sua implantação e consequente custeio de despesas, razão pela qual opino favorável à aprovação do projeto em tela. É o Parecer. Sala das Comissões, 24 de novembro de 2021. (aa) Vereador Alexandro Valença de Paula – Presidente; Vereador José Domingos do Rozário – Relator e Vereador Alecsandro Alves de Azevedo - Membr</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1335/legislativo_021243.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1335/legislativo_021243.pdf</t>
   </si>
   <si>
     <t>Parecer Comissão Constituição, Justiça e Redação: Assunto: Projeto de Lei n° 53/2021 de autoria do Vereador Jocimar do Nascimento. Ementa: Inclui a alínea “r” ao artigo 462 e inclui o artigo 163-A da Lei n° 1.720/93. Relator: Vereador Julio Cezar José de Andrade Filho. Analisando o projeto de lei em epígrafe, este relator verificou que a matéria atende as normas constitucionais, legais e regimentais, motivo pelo qual opina pela sua Constitucionalidade. É o parecer. Sala de Comissões, 30 de julho de 2021. (aa) Vinícius Alves de Moura Brito – Presidente; Julio Cezar José de Andrade Filho – Relator e Fabiano José Nunes – Membro.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>PLEI</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Jocimar do Cartório</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1410/legislativo_021570.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1410/legislativo_021570.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei que inclui a alínea "r" artigo 162 e inclui o artigo 163-A da lei 1710/1993.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Rubem Vieira de Souza</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/466/pl_062_2021___lei_4.020.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/466/pl_062_2021___lei_4.020.pdf</t>
   </si>
   <si>
     <t>Mensagem GP nº 09 - Dispõe sobre as diretrizes dos serviços de transportes rodoviários de passageiros no âmbito do Município de Itaguaí e dá outras providências.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Vinicius Alves</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1267/legislativo_021027.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1267/legislativo_021027.pdf</t>
   </si>
   <si>
     <t>Reconhece a prática de atividades física e do exercício físico como essenciais para a população do município de Itaguaí em tempos de crises ocasionadas por moléstias contagiosas ou catástrofes naturais.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Julinho</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1272/legislativo_021079.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1272/legislativo_021079.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar o Espaço Sociocultural da Democracia Itaguaiense  localizado no Parque de Exposições de Itaguaí e dá outras providências.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1269/legislativo_021069.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1269/legislativo_021069.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a dispor sobre a concessão do direito a uma folga anual para a mulher realizar exames de controle do câncer de mama e do colo de útero.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Gil Torres</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1276/legislativo_021085.pdf</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1276/legislativo_021085.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização de soro antiofídico e demais imunobiológicos no município e dá outras providências.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Mesa Diretora - Mesa</t>
   </si>
   <si>
-    <t>https://sapl.itaguai.rj.leg.br/media/</t>
+    <t>http://sapl.itaguai.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de cargos e salários dos servidores e da reforma administrativa da Câmara Municipal de Itaguaí e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -552,67 +552,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1266/legislativo_021026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1270/legislativo_021072.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1273/legislativo_021080.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1335/legislativo_021243.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1410/legislativo_021570.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/466/pl_062_2021___lei_4.020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1267/legislativo_021027.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1272/legislativo_021079.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1269/legislativo_021069.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1276/legislativo_021085.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1266/legislativo_021026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1270/legislativo_021072.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1273/legislativo_021080.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1335/legislativo_021243.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1410/legislativo_021570.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/466/pl_062_2021___lei_4.020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1267/legislativo_021027.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1272/legislativo_021079.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1269/legislativo_021069.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/sapl/public/materialegislativa/2021/1276/legislativo_021085.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaguai.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="69.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>